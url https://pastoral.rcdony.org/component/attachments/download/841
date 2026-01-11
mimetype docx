--- v0 (2025-10-19)
+++ v1 (2026-01-11)
@@ -2,122 +2,170 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="775C8344" w14:textId="48DBE1AF" w:rsidR="00A9204E" w:rsidRDefault="007B7D72">
+    <w:p w14:paraId="567197ED" w14:textId="77777777" w:rsidR="00844582" w:rsidRDefault="00844582"/>
+    <w:p w14:paraId="0DB9C6AF" w14:textId="3BA6940D" w:rsidR="00844582" w:rsidRPr="00031BEB" w:rsidRDefault="00844582" w:rsidP="00844582">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031BEB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031BEB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>utobiography</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6665BF29" w14:textId="77777777" w:rsidR="00844582" w:rsidRDefault="00844582"/>
+    <w:p w14:paraId="775C8344" w14:textId="2B07D43C" w:rsidR="00A9204E" w:rsidRDefault="007B7D72">
       <w:r>
-        <w:t>In the autobiography, write about your family, your early years of growing up. Include the blessings and challenges of family for you. Continue writing about your school years up to the time of your application to seminary.</w:t>
+        <w:t xml:space="preserve">In the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216780867"/>
+      <w:r>
+        <w:t>autobiography</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t xml:space="preserve">, write about your family, your early years of growing up. Include the blessings and challenges of family for you. Continue writing about your school years up to the time of your application </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE673F">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> seminary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366DDD60" w14:textId="2FD28DCF" w:rsidR="007B7D72" w:rsidRDefault="007B7D72"/>
     <w:p w14:paraId="3B970130" w14:textId="36ED8ECF" w:rsidR="007B7D72" w:rsidRDefault="007B7D72">
       <w:r>
         <w:t>You should include a story of your vocation: how did you come to the conclusion God wants you to enter seminary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007B7D72">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6F128CC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DAA0AA1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -1382,176 +1430,181 @@
       <w:lvlText w:val="%7)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="288"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="144"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1551762744">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1334649774">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="817307679">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="766773233">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="229652991">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1671637020">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1631084447">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="380977468">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="658459629">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="209534761">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="2048220021">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1581257225">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="477573103">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1454835042">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1489713311">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="572548170">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1262421110">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1739017263">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1499925306">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="801923549">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1824808097">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="930627745">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1820540721">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B7D72"/>
+    <w:rsid w:val="00031BEB"/>
+    <w:rsid w:val="004F56B9"/>
     <w:rsid w:val="00645252"/>
     <w:rsid w:val="006D3D74"/>
     <w:rsid w:val="007B7D72"/>
     <w:rsid w:val="0083569A"/>
+    <w:rsid w:val="00844582"/>
     <w:rsid w:val="00A9204E"/>
+    <w:rsid w:val="00AC481F"/>
+    <w:rsid w:val="00BE673F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2152EC48"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E1F4F7ED-BC06-434B-966E-5EF181E2E016}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1625,94 +1678,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2906,51 +2963,51 @@
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D3D74"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0083569A"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1757"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\russell\AppData\Roaming\Microsoft\Templates\Single%20spaced%20(blank).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -3194,1001 +3251,227 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="TemplateFile" ma:contentTypeID="0x0101006EDDDB5EE6D98C44930B742096920B300400F5B6D36B3EF94B4E9A635CDF2A18F5B8" ma:contentTypeVersion="72" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a23e56308344d904b51738559c3d67c9">
-[...1 lines deleted...]
-    <xsd:import namespace="4873beb7-5857-4685-be1f-d57550cc96cc"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f2f1fb84-cab3-4d00-9197-50992cbfd53f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b88deacd-0db8-46e2-9424-2986b6e73e7f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006415D15B14001645A2E74121DBC325F6" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8b8a535c851fbc3fcfb3b70aa5b4cc66">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b88deacd-0db8-46e2-9424-2986b6e73e7f" xmlns:ns3="f2f1fb84-cab3-4d00-9197-50992cbfd53f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d43633676cabde1eaa376d9413ce8b52" ns2:_="" ns3:_="">
+    <xsd:import namespace="b88deacd-0db8-46e2-9424-2986b6e73e7f"/>
+    <xsd:import namespace="f2f1fb84-cab3-4d00-9197-50992cbfd53f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:AcquiredFrom" minOccurs="0"/>
-[...119 lines deleted...]
-                <xsd:element ref="ns2:VoteCount" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4873beb7-5857-4685-be1f-d57550cc96cc" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b88deacd-0db8-46e2-9424-2986b6e73e7f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="AcquiredFrom" ma:index="1" nillable="true" ma:displayName="Acquired From" ma:default="Internal MS" ma:internalName="AcquiredFrom" ma:readOnly="false">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...5 lines deleted...]
-          <xsd:enumeration value="None"/>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UACurrentWords" ma:index="2" nillable="true" ma:displayName="Actual Word Count" ma:default="" ma:internalName="UACurrentWords" ma:readOnly="false">
+    <xsd:element name="MediaLengthInSeconds" ma:index="12" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TPApplication" ma:index="3" nillable="true" ma:displayName="Application to Open Template With" ma:default="" ma:internalName="TPApplication">
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="ApprovalLog" ma:index="4" nillable="true" ma:displayName="Approval Log" ma:default="" ma:hidden="true" ma:internalName="ApprovalLog" ma:readOnly="false">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f113ec7-3b65-4bb7-b83c-92a4b996dcda" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="ApprovalStatus" ma:index="5" nillable="true" ma:displayName="Approval Status" ma:default="InProgress" ma:internalName="ApprovalStatus" ma:readOnly="false">
-[...41 lines deleted...]
-    <xsd:element name="APAuthor" ma:index="11" nillable="true" ma:displayName="Author" ma:default="" ma:list="UserInfo" ma:internalName="APAuthor" ma:readOnly="false">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f2f1fb84-cab3-4d00-9197-50992cbfd53f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:User">
+          <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="AverageRating" ma:index="12" nillable="true" ma:displayName="Average Rating" ma:internalName="AverageRating" ma:readOnly="false">
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...95 lines deleted...]
-          <xsd:enumeration value="None"/>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="APEditor" ma:index="35" nillable="true" ma:displayName="Editor" ma:default="" ma:list="UserInfo" ma:internalName="APEditor" ma:readOnly="false">
-[...60 lines deleted...]
-    <xsd:element name="InProjectListLookup" ma:index="45" nillable="true" ma:displayName="InProjectListLookup" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="InProjectListLookup" ma:readOnly="true" ma:showField="InProjectList" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7dc0fc71-9ee6-4fe4-8728-62ef3e3fa75b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f2f1fb84-cab3-4d00-9197-50992cbfd53f">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...535 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="22" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="127" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -4233,263 +3516,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
-  <Edit>AssetEditForm</Edit>
+  <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...132 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FBDB1CC-CEFB-4E46-8174-1F0AA0D30B24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4873beb7-5857-4685-be1f-d57550cc96cc"/>
+    <ds:schemaRef ds:uri="f2f1fb84-cab3-4d00-9197-50992cbfd53f"/>
+    <ds:schemaRef ds:uri="b88deacd-0db8-46e2-9424-2986b6e73e7f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B3A7E92-E05A-4924-9E8A-9F6659E5855B}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABBFA85D-42EA-4070-84CD-C2586E09C816}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="4873beb7-5857-4685-be1f-d57550cc96cc"/>
+    <ds:schemaRef ds:uri="b88deacd-0db8-46e2-9424-2986b6e73e7f"/>
+    <ds:schemaRef ds:uri="f2f1fb84-cab3-4d00-9197-50992cbfd53f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C01C3C56-10DB-49F7-B061-44D8728D078A}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC8F4F89-32CA-4644-8768-E8C32D86584B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="4873beb7-5857-4685-be1f-d57550cc96cc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Single spaced (blank)</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>50</Words>
-  <Characters>288</Characters>
+  <Words>60</Words>
+  <Characters>295</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>337</CharactersWithSpaces>
+  <CharactersWithSpaces>353</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Catherine Russell</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="InternalTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x0101006EDDDB5EE6D98C44930B742096920B300400F5B6D36B3EF94B4E9A635CDF2A18F5B8</vt:lpwstr>
+    <vt:lpwstr>0x0101006415D15B14001645A2E74121DBC325F6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="FeatureTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LocalizationTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="CampaignTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ScenarioTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>