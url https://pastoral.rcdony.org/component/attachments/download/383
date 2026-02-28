--- v0 (2025-10-21)
+++ v1 (2026-02-28)
@@ -1,397 +1,640 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5648D418" w14:textId="0B1941B9" w:rsidR="00E82917" w:rsidRDefault="00574DB3" w:rsidP="0040458B">
+    <w:p w14:paraId="5648D418" w14:textId="5D45AA8F" w:rsidR="00E82917" w:rsidRPr="00D24F02" w:rsidRDefault="00574DB3" w:rsidP="0040458B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>SCHOOL</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4D88">
-        <w:rPr>
+      <w:r w:rsidR="00DE4D88" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E82917">
-        <w:rPr>
+      <w:r w:rsidR="00E82917" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PR</w:t>
       </w:r>
-      <w:r w:rsidR="00B55A31">
-        <w:rPr>
+      <w:r w:rsidR="00B55A31" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>OFIT &amp; LOSS BUDGET OVERVIEW 20</w:t>
       </w:r>
-      <w:r w:rsidR="00550AEE">
-        <w:rPr>
+      <w:r w:rsidR="00550AEE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00855A5C">
-        <w:rPr>
+      <w:r w:rsidR="00C97AC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55A31" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-20</w:t>
       </w:r>
-      <w:r w:rsidR="005C033E">
-        <w:rPr>
+      <w:r w:rsidR="005C033E" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00855A5C">
-        <w:rPr>
+      <w:r w:rsidR="00C97AC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FD8073" w14:textId="77777777" w:rsidR="001948FE" w:rsidRPr="00524AA0" w:rsidRDefault="00C86716" w:rsidP="0040458B">
+    <w:p w14:paraId="42FD8073" w14:textId="77777777" w:rsidR="001948FE" w:rsidRPr="00D24F02" w:rsidRDefault="00C86716" w:rsidP="0040458B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6282F">
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Q</w:t>
       </w:r>
-      <w:r w:rsidR="00E82917" w:rsidRPr="00A6282F">
-        <w:rPr>
+      <w:r w:rsidR="00E82917" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>uick</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Books Pro</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4D88">
-        <w:rPr>
+      <w:r w:rsidR="00DE4D88" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
-        <w:rPr>
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>nstructions</w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
-        <w:rPr>
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743C44B0" w14:textId="77777777" w:rsidR="00D42AE4" w:rsidRDefault="002C0E54">
-      <w:r>
+    <w:p w14:paraId="743C44B0" w14:textId="77777777" w:rsidR="00D42AE4" w:rsidRPr="00D24F02" w:rsidRDefault="002C0E54">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Before </w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91">
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">you begin to create a </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91">
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Budget R</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>eport using QuickBooks Pro software we will need to</w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91">
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> have the following two steps completed:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38DE57CF" w14:textId="77777777" w:rsidR="002C5973" w:rsidRDefault="002C0E54" w:rsidP="002C5973">
+    <w:p w14:paraId="38DE57CF" w14:textId="1ED38FFC" w:rsidR="002C5973" w:rsidRPr="00D24F02" w:rsidRDefault="002C0E54" w:rsidP="002C5973">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Have a budget inputted into QuickBooks Pro for the fiscal year that the repo</w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91">
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>rt is due. If not, please review the</w:t>
       </w:r>
-      <w:r w:rsidR="00A6282F">
+      <w:r w:rsidR="00A6282F" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> set-up instructions</w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91">
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91" w:rsidRPr="00D42AE4">
-        <w:rPr>
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00A6282F" w:rsidRPr="00D42AE4">
-        <w:rPr>
+      <w:r w:rsidR="00A6282F" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">How to Create a </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3" w:rsidRPr="00D42AE4">
-        <w:rPr>
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4D88" w:rsidRPr="00D42AE4">
-        <w:rPr>
+      <w:r w:rsidR="00DE4D88" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Budget</w:t>
       </w:r>
-      <w:r w:rsidR="008F4B40" w:rsidRPr="00D42AE4">
-        <w:rPr>
+      <w:r w:rsidR="008F4B40" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A6282F" w:rsidRPr="00D42AE4">
-        <w:rPr>
+      <w:r w:rsidR="00A6282F" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidR="008F4B40" w:rsidRPr="00D42AE4">
-        <w:rPr>
+      <w:r w:rsidR="008F4B40" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>QuickBooks Pro”</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>QuickBooks Pro</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24F02" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12358C8E" w14:textId="3A85C4DE" w:rsidR="0040458B" w:rsidRDefault="002C0E54" w:rsidP="002C5973">
+    <w:p w14:paraId="12358C8E" w14:textId="3A85C4DE" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="002C0E54" w:rsidP="002C5973">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">You should make sure your </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>school</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> chart of accounts </w:t>
       </w:r>
-      <w:r w:rsidR="00C22950">
+      <w:r w:rsidR="00C22950" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>has</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> all the required </w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">accounts from the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>diocesan chart of accounts</w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91">
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91">
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">hey must be in the proper </w:t>
       </w:r>
-      <w:r w:rsidR="00C22950">
+      <w:r w:rsidR="00C22950" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">header accounts and account </w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91">
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>groupings</w:t>
       </w:r>
-      <w:r w:rsidR="0040458B">
+      <w:r w:rsidR="0040458B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D41B91">
+      <w:r w:rsidR="00D41B91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5DCFB8" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="002F0C92">
-      <w:r>
+    <w:p w14:paraId="2B5DCFB8" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="002F0C92">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">To create a </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Budget Report in QuickBooks, follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F69F28" w14:textId="77777777" w:rsidR="002F0C92" w:rsidRDefault="008F68DE">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="48F69F28" w14:textId="77777777" w:rsidR="002F0C92" w:rsidRPr="00D24F02" w:rsidRDefault="008F68DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 1:</w:t>
       </w:r>
-      <w:r w:rsidR="002F0C92">
+      <w:r w:rsidR="002F0C92" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> From the main menu select Reports, then select Budgets from the drop-down menu and select Bu</w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>dget Overview, shown in Figure 1</w:t>
       </w:r>
-      <w:r w:rsidR="002F0C92">
+      <w:r w:rsidR="002F0C92" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3844AF27" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="00574DB3">
-      <w:r>
+    <w:p w14:paraId="3844AF27" w14:textId="2E976EAE" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00574DB3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
-      <w:r w:rsidR="0040458B">
+      <w:r w:rsidR="0040458B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="004616FE">
+      <w:r w:rsidR="004616FE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Main menu and Reports drop-down menu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E003B0B" w14:textId="1525AF21" w:rsidR="003F6F46" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3E003B0B" w14:textId="7AAB5014" w:rsidR="003F6F46" w:rsidRPr="00D24F02" w:rsidRDefault="00D948D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251597312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04927D99" wp14:editId="4C4F315E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4216C8E8" wp14:editId="78A5E66D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>15875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>20320</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="495300" cy="197485"/>
+                <wp:effectExtent l="9525" t="12700" r="9525" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1808683324" name="Oval 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="495300" cy="197485"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="ellipse">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="19050">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:oval w14:anchorId="40B8B453" id="Oval 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.25pt;margin-top:1.6pt;width:39pt;height:15.55pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0T7Zc/gEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKy9ao6TR1DCGN&#10;gTT4Aa7jJBaOz5zdpuXXc3ayrsAbIg/Wnc/33d13X9Y3x96wg0KvwVa8mOWcKSuh1rat+Lev92+u&#10;OfNB2FoYsKriJ+X5zeb1q/XgSjWHDkytkBGI9eXgKt6F4Mos87JTvfAzcMpSsAHsRSAX26xGMRB6&#10;b7J5nr/LBsDaIUjlPd3ejUG+SfhNo2T43DReBWYqTr2FdGI6d/HMNmtRtihcp+XUhviHLnqhLRU9&#10;Q92JINge9V9QvZYIHpowk9Bn0DRaqjQDTVPkf0zz1Amn0ixEjndnmvz/g5WPhyf3BWPr3j2A/O6Z&#10;hW0nbKtuEWHolKipXBGJygbny3NCdDylst3wCWpardgHSBwcG+wjIE3Hjonq05lqdQxM0uVitXyb&#10;00IkhYrV1eJ6mSqI8jnZoQ8fFPQsGhVXxmjnIxmiFIcHH2I/onx+Fa8t3Gtj0kKNZUPEzZd5yvBg&#10;dB2jaU5sd1uD7CCiJtI31f7tGcLe1gktcvB+soPQZrSpurETKZGHKDlf7qA+EScIo9LozyCjA/zJ&#10;2UAqq7j/sReoODMfLfG6KhaLKMvkLJZXc3LwMrK7jAgrCarigbPR3IZRynuHuu2oUpHGtXBLu2h0&#10;Iumlq6lZUlLiblJ9lOqln169/JubXwAAAP//AwBQSwMEFAAGAAgAAAAhAHF21ijWAAAABQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMjs1OwzAQhO9IvIO1SNyoTQooCnEqhES5QtoHcOLNj4jXlu224e1Z&#10;TnD8NKOZr96tbhFnjGn2pOF+o0Ag9d7ONGo4Ht7uShApG7Jm8YQavjHBrrm+qk1l/YU+8dzmUfAI&#10;pcpomHIOlZSpn9CZtPEBibPBR2cyYxyljebC426RhVJP0pmZ+GEyAV8n7L/ak9OwH8bWtjQfCrUP&#10;QxldfA8fnda3N+vLM4iMa/4rw68+q0PDTp0/kU1i0VA8clHDtgDBaakYO8aHLcimlv/tmx8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtE+2XP4BAADjAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcXbWKNYAAAAFAQAADwAAAAAAAAAAAAAAAABY&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04927D99" wp14:editId="4C4F315E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2697480</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2377440</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="861060" cy="259080"/>
                 <wp:effectExtent l="11430" t="10795" r="13335" b="15875"/>
                 <wp:wrapNone/>
                 <wp:docPr id="113260738" name="Oval 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="861060" cy="259080"/>
                         </a:xfrm>
@@ -412,63 +655,64 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="015CC605" id="Oval 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:212.4pt;margin-top:187.2pt;width:67.8pt;height:20.4pt;z-index:251597312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCkEPtAAIAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCJGuMOEWRrsOA&#10;bh3Q7QMYWY6FyaJGKXGyrx+lpGmw3Yb5IJCi+Eg+Pi9vD70Ve03BoKvleFRKoZ3CxrhtLb9/e3h3&#10;I0WI4Bqw6HQtjzrI29XbN8vBV3qCHdpGk2AQF6rB17KL0VdFEVSnewgj9NpxsEXqIbJL26IhGBi9&#10;t8WkLOfFgNR4QqVD4Nv7U1CuMn7bahWf2jboKGwtubeYT8rnJp3FagnVlsB3Rp3bgH/oogfjuOgF&#10;6h4iiB2Zv6B6owgDtnGksC+wbY3SeQaeZlz+Mc1zB17nWZic4C80hf8Hq77sn/1XSq0H/4jqRxAO&#10;1x24rb4jwqHT0HC5cSKqGHyoLgnJCZwqNsNnbHi1sIuYOTi01CdAnk4cMtXHC9X6EIXiy5v5uJzz&#10;QhSHJrNFeZNXUUD1kuwpxI8ae5GMWmprjQ+JDKhg/xhi6geql1fp2uGDsTYv1DoxcNOLclbmjIDW&#10;NCma56TtZm1J7CFpIn95Ombg+hnhzjUZLXHw4WxHMPZkc3XrzqQkHpLkQrXB5sicEJ6Uxn8GGx3S&#10;LykGVlktw88dkJbCfnLM62I8nSZZZmc6ez9hh64jm+sIOMVQtYxSnMx1PEl558lsO640zuM6vONd&#10;tCaT9NrVuVlWUuburPok1Ws/v3r9N1e/AQAA//8DAFBLAwQUAAYACAAAACEAS0a4WN0AAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTkJYqxKkQEuUKaR/AiTc/Il5bttuG&#10;t2c5wW1WM5r5ttovdhYXDHFypGC9ykAgdc5MNCg4Hd8ediBi0mT07AgVfGOEfX17U+nSuCt94qVJ&#10;g+ASiqVWMKbkSyljN6LVceU8Enu9C1YnPsMgTdBXLrezzLNsK62eiBdG7fF1xO6rOVsFh35oTEPT&#10;Mc8Ovt8FG979R6vU/d3y8gwi4ZL+wvCLz+hQM1PrzmSimBUUecHoScHjU1GA4MRmm7Fo2VpvcpB1&#10;Jf//UP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwpBD7QACAADjAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAS0a4WN0AAAALAQAADwAAAAAA&#10;AAAAAAAAAABaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:oval w14:anchorId="472E670E" id="Oval 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:212.4pt;margin-top:187.2pt;width:67.8pt;height:20.4pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCkEPtAAIAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCJGuMOEWRrsOA&#10;bh3Q7QMYWY6FyaJGKXGyrx+lpGmw3Yb5IJCi+Eg+Pi9vD70Ve03BoKvleFRKoZ3CxrhtLb9/e3h3&#10;I0WI4Bqw6HQtjzrI29XbN8vBV3qCHdpGk2AQF6rB17KL0VdFEVSnewgj9NpxsEXqIbJL26IhGBi9&#10;t8WkLOfFgNR4QqVD4Nv7U1CuMn7bahWf2jboKGwtubeYT8rnJp3FagnVlsB3Rp3bgH/oogfjuOgF&#10;6h4iiB2Zv6B6owgDtnGksC+wbY3SeQaeZlz+Mc1zB17nWZic4C80hf8Hq77sn/1XSq0H/4jqRxAO&#10;1x24rb4jwqHT0HC5cSKqGHyoLgnJCZwqNsNnbHi1sIuYOTi01CdAnk4cMtXHC9X6EIXiy5v5uJzz&#10;QhSHJrNFeZNXUUD1kuwpxI8ae5GMWmprjQ+JDKhg/xhi6geql1fp2uGDsTYv1DoxcNOLclbmjIDW&#10;NCma56TtZm1J7CFpIn95Ombg+hnhzjUZLXHw4WxHMPZkc3XrzqQkHpLkQrXB5sicEJ6Uxn8GGx3S&#10;LykGVlktw88dkJbCfnLM62I8nSZZZmc6ez9hh64jm+sIOMVQtYxSnMx1PEl558lsO640zuM6vONd&#10;tCaT9NrVuVlWUuburPok1Ws/v3r9N1e/AQAA//8DAFBLAwQUAAYACAAAACEAS0a4WN0AAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTkJYqxKkQEuUKaR/AiTc/Il5bttuG&#10;t2c5wW1WM5r5ttovdhYXDHFypGC9ykAgdc5MNCg4Hd8ediBi0mT07AgVfGOEfX17U+nSuCt94qVJ&#10;g+ASiqVWMKbkSyljN6LVceU8Enu9C1YnPsMgTdBXLrezzLNsK62eiBdG7fF1xO6rOVsFh35oTEPT&#10;Mc8Ovt8FG979R6vU/d3y8gwi4ZL+wvCLz+hQM1PrzmSimBUUecHoScHjU1GA4MRmm7Fo2VpvcpB1&#10;Jf//UP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwpBD7QACAADjAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAS0a4WN0AAAALAQAADwAAAAAA&#10;AAAAAAAAAABaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251596288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E90FFB" wp14:editId="4FE1AD34">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E90FFB" wp14:editId="2949F9D5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>281940</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2415540</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="487680" cy="220980"/>
                 <wp:effectExtent l="15240" t="10795" r="11430" b="15875"/>
                 <wp:wrapNone/>
                 <wp:docPr id="927159795" name="Oval 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="487680" cy="220980"/>
                         </a:xfrm>
@@ -489,294 +733,328 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="3E2F6AE5" id="Oval 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:22.2pt;margin-top:190.2pt;width:38.4pt;height:17.4pt;z-index:251596288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmTzyF/QEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCtE2MOEWRrsOA&#10;bh3Q7QNkWbaFyaJGKXGyrx8lu2m23Yb5IJCi+Eg+Pm9uj71hB4Vegy35fJZzpqyEWtu25N++Prxb&#10;ceaDsLUwYFXJT8rz2+3bN5vBFWoBHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlYAPYi0AutlmNYiD0&#10;3mSLPL/OBsDaIUjlPd3ej0G+TfhNo2R4ahqvAjMlp95COjGdVTyz7UYULQrXaTm1If6hi15oS0XP&#10;UPciCLZH/RdUryWChybMJPQZNI2WKs1A08zzP6Z57oRTaRYix7szTf7/wcrPh2f3BWPr3j2C/O6Z&#10;hV0nbKvuEGHolKip3DwSlQ3OF+eE6HhKZdXwCWpardgHSBwcG+wjIE3Hjonq05lqdQxM0uVydXO9&#10;ooVICi0W+ZrsWEEUL8kOffigoGfRKLkyRjsfyRCFODz6ML5+eRWvLTxoY9JCjWUDNb3Or/KU4cHo&#10;OkbTnNhWO4PsIKIm0jfV/u0Zwt7WCS1y8H6yg9BmtKlXYydSIg9Rcr6ooD4RJwij0ujPIKMD/MnZ&#10;QCoruf+xF6g4Mx8t8bqeL5dRlslZXt0syMHLSHUZEVYSVMkDZ6O5C6OU9w5121GleRrXwh3totGJ&#10;pNeupmZJSYnpSfVRqpd+evX6b25/AQAA//8DAFBLAwQUAAYACAAAACEAEJW9ItwAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzWV2FEnJqAoxKkQEmULaT/AiZ2HGo8t223D3zNd&#10;wW5G9+jOmXq32oVdTIizQwn5NgNmsHd6xlHC8fDxWAKLSaFWi0Mj4cdE2DX3d7WqtLvit7m0aWRU&#10;grFSEqaUfMV57CdjVdw6b5CywQWrEq1h5DqoK5XbhYsse+FWzUgXJuXN+2T6U3u2EvbD2OoW54PI&#10;9n4ogw2f/quT8mGzvr0CS2ZNfzDc9EkdGnLq3Bl1ZIuEoiiIlPBUZjTcAJELYB0l+bMA3tT8/wvN&#10;LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCmTzyF/QEAAOMDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAQlb0i3AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAFcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:oval w14:anchorId="0EF73641" id="Oval 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:22.2pt;margin-top:190.2pt;width:38.4pt;height:17.4pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmTzyF/QEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCtE2MOEWRrsOA&#10;bh3Q7QNkWbaFyaJGKXGyrx8lu2m23Yb5IJCi+Eg+Pm9uj71hB4Vegy35fJZzpqyEWtu25N++Prxb&#10;ceaDsLUwYFXJT8rz2+3bN5vBFWoBHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlYAPYi0AutlmNYiD0&#10;3mSLPL/OBsDaIUjlPd3ej0G+TfhNo2R4ahqvAjMlp95COjGdVTyz7UYULQrXaTm1If6hi15oS0XP&#10;UPciCLZH/RdUryWChybMJPQZNI2WKs1A08zzP6Z57oRTaRYix7szTf7/wcrPh2f3BWPr3j2C/O6Z&#10;hV0nbKvuEGHolKip3DwSlQ3OF+eE6HhKZdXwCWpardgHSBwcG+wjIE3Hjonq05lqdQxM0uVydXO9&#10;ooVICi0W+ZrsWEEUL8kOffigoGfRKLkyRjsfyRCFODz6ML5+eRWvLTxoY9JCjWUDNb3Or/KU4cHo&#10;OkbTnNhWO4PsIKIm0jfV/u0Zwt7WCS1y8H6yg9BmtKlXYydSIg9Rcr6ooD4RJwij0ujPIKMD/MnZ&#10;QCoruf+xF6g4Mx8t8bqeL5dRlslZXt0syMHLSHUZEVYSVMkDZ6O5C6OU9w5121GleRrXwh3totGJ&#10;pNeupmZJSYnpSfVRqpd+evX6b25/AQAA//8DAFBLAwQUAAYACAAAACEAEJW9ItwAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzWV2FEnJqAoxKkQEmULaT/AiZ2HGo8t223D3zNd&#10;wW5G9+jOmXq32oVdTIizQwn5NgNmsHd6xlHC8fDxWAKLSaFWi0Mj4cdE2DX3d7WqtLvit7m0aWRU&#10;grFSEqaUfMV57CdjVdw6b5CywQWrEq1h5DqoK5XbhYsse+FWzUgXJuXN+2T6U3u2EvbD2OoW54PI&#10;9n4ogw2f/quT8mGzvr0CS2ZNfzDc9EkdGnLq3Bl1ZIuEoiiIlPBUZjTcAJELYB0l+bMA3tT8/wvN&#10;LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCmTzyF/QEAAOMDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAQlb0i3AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAFcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...75 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F263303" wp14:editId="19AF65B1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F263303" wp14:editId="764D6EA9">
             <wp:extent cx="3562350" cy="2607945"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="19050" b="20955"/>
             <wp:docPr id="1" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3562350" cy="2607945"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29E5E09A" w14:textId="77777777" w:rsidR="00BB51A4" w:rsidRDefault="00BB51A4">
+    <w:p w14:paraId="29E5E09A" w14:textId="77777777" w:rsidR="00BB51A4" w:rsidRPr="00D24F02" w:rsidRDefault="00BB51A4">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72E631FC" w14:textId="312D7D3F" w:rsidR="0040458B" w:rsidRDefault="008F68DE">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="72E631FC" w14:textId="79B2EE5D" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="008F68DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 2:</w:t>
       </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00343B42" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>From the Budget Report window s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>elect the budget that will be used i</w:t>
+      </w:r>
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>n the budget report. In figure 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the example selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00343B42" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>the budget from 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00550AEE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27171" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0047240D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27171" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Profit &amp; Loss by Account</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95359" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Class if you have a Pre-K, if not, then select 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00550AEE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27171" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95359" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0047240D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27171" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95359" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Profit &amp; Loss by Account</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00343B42" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Select the Next button to continue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041879AD" w14:textId="192C055B" w:rsidR="00D948D3" w:rsidRDefault="00D948D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> Select the Next button to continue.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="041879AD" w14:textId="77777777" w:rsidR="00574DB3" w:rsidRDefault="00574DB3"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="5C68EE00" w14:textId="77777777" w:rsidR="00574DB3" w:rsidRPr="00D24F02" w:rsidRDefault="00574DB3" w:rsidP="00712826">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10D800FF" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00574DB3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 2</w:t>
       </w:r>
-      <w:r w:rsidR="0040458B">
+      <w:r w:rsidR="0040458B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00AC5A9E">
+      <w:r w:rsidR="00AC5A9E" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Budget Report window.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49AB0071" w14:textId="3C45A132" w:rsidR="0040458B" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="49AB0071" w14:textId="3C45A132" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251614720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="777FFCE9" wp14:editId="62FDC399">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658261" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="777FFCE9" wp14:editId="62FDC399">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1118235</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1189355</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2455545" cy="247650"/>
                 <wp:effectExtent l="3810" t="0" r="0" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1387747206" name="Text Box 71"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2455545" cy="247650"/>
                         </a:xfrm>
@@ -787,209 +1065,206 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="15871265" w14:textId="7C107671" w:rsidR="00915048" w:rsidRPr="00915048" w:rsidRDefault="00807038">
+                          <w:p w14:paraId="15871265" w14:textId="69640197" w:rsidR="00915048" w:rsidRPr="00915048" w:rsidRDefault="00807038">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>FY20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00273053">
+                            <w:r w:rsidR="00712826">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
-[...1 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
+                              <w:t>6</w:t>
+                            </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidR="0047240D">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00273053">
+                            <w:r w:rsidR="00712826">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="777FFCE9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 71" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:88.05pt;margin-top:93.65pt;width:193.35pt;height:19.5pt;z-index:251614720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQhQOp4AEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L04Cu92MOEXXosOA&#10;bh3Q7QNkWbKF2aJGKbGzrx8lp2m23opdBImkH997pDdX09CzvUJvwFZ8tVhypqyExti24j++3717&#10;z5kPwjaiB6sqflCeX23fvtmMrlRr6KBvFDICsb4cXcW7EFyZZV52ahB+AU5ZSmrAQQR6Yps1KEZC&#10;H/psvVxeZCNg4xCk8p6it3OSbxO+1kqGB629CqyvOHEL6cR01vHMthtRtihcZ+SRhngFi0EYS01P&#10;ULciCLZD8wJqMBLBgw4LCUMGWhupkgZSs1r+o+axE04lLWSOdyeb/P+DlV/3j+4bsjB9hIkGmER4&#10;dw/yp2cWbjphW3WNCGOnREONV9GybHS+PH4arfaljyD1+AUaGrLYBUhAk8YhukI6GaHTAA4n09UU&#10;mKTgOi+KIi84k5Rb55cXRZpKJsqnrx368EnBwOKl4khDTehif+9DZCPKp5LYzMKd6fs02N7+FaDC&#10;GEnsI+GZepjqiaqjihqaA+lAmPeE9pouHeBvzkbakYr7XzuBirP+syUvPqzyPC5VeuTF5ZoeeJ6p&#10;zzPCSoKqeOBsvt6EeRF3Dk3bUafZfQvX5J82SdozqyNv2oOk+LizcdHO36nq+c/a/gEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAM2fb3HeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;ldhRuylNSxqnQiC2IPqS2LnxNImIx1HsNuHvGVawm6s5uo98M7pWXLEPjScNs6kCgVR621ClYb97&#10;vV+BCNGQNa0n1PCNATbF7U1uMusH+sDrNlaCTShkRkMdY5dJGcoanQlT3yHx7+x7ZyLLvpK2NwOb&#10;u1YmSqXSmYY4oTYdPtdYfm0vTsPh7fx5fFDv1YtbdIMflST3KLW+m4xPaxARx/gHw299rg4Fdzr5&#10;C9kgWtbLdMYoH6vlHAQTizThMScNSZLOQRa5/L+h+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDQhQOp4AEAAKEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDNn29x3gAAAAsBAAAPAAAAAAAAAAAAAAAAADoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 71" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:88.05pt;margin-top:93.65pt;width:193.35pt;height:19.5pt;z-index:251658261;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQhQOp4AEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L04Cu92MOEXXosOA&#10;bh3Q7QNkWbKF2aJGKbGzrx8lp2m23opdBImkH997pDdX09CzvUJvwFZ8tVhypqyExti24j++3717&#10;z5kPwjaiB6sqflCeX23fvtmMrlRr6KBvFDICsb4cXcW7EFyZZV52ahB+AU5ZSmrAQQR6Yps1KEZC&#10;H/psvVxeZCNg4xCk8p6it3OSbxO+1kqGB629CqyvOHEL6cR01vHMthtRtihcZ+SRhngFi0EYS01P&#10;ULciCLZD8wJqMBLBgw4LCUMGWhupkgZSs1r+o+axE04lLWSOdyeb/P+DlV/3j+4bsjB9hIkGmER4&#10;dw/yp2cWbjphW3WNCGOnREONV9GybHS+PH4arfaljyD1+AUaGrLYBUhAk8YhukI6GaHTAA4n09UU&#10;mKTgOi+KIi84k5Rb55cXRZpKJsqnrx368EnBwOKl4khDTehif+9DZCPKp5LYzMKd6fs02N7+FaDC&#10;GEnsI+GZepjqiaqjihqaA+lAmPeE9pouHeBvzkbakYr7XzuBirP+syUvPqzyPC5VeuTF5ZoeeJ6p&#10;zzPCSoKqeOBsvt6EeRF3Dk3bUafZfQvX5J82SdozqyNv2oOk+LizcdHO36nq+c/a/gEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAM2fb3HeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;ldhRuylNSxqnQiC2IPqS2LnxNImIx1HsNuHvGVawm6s5uo98M7pWXLEPjScNs6kCgVR621ClYb97&#10;vV+BCNGQNa0n1PCNATbF7U1uMusH+sDrNlaCTShkRkMdY5dJGcoanQlT3yHx7+x7ZyLLvpK2NwOb&#10;u1YmSqXSmYY4oTYdPtdYfm0vTsPh7fx5fFDv1YtbdIMflST3KLW+m4xPaxARx/gHw299rg4Fdzr5&#10;C9kgWtbLdMYoH6vlHAQTizThMScNSZLOQRa5/L+h+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDQhQOp4AEAAKEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDNn29x3gAAAAsBAAAPAAAAAAAAAAAAAAAAADoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="15871265" w14:textId="7C107671" w:rsidR="00915048" w:rsidRPr="00915048" w:rsidRDefault="00807038">
+                    <w:p w14:paraId="15871265" w14:textId="69640197" w:rsidR="00915048" w:rsidRPr="00915048" w:rsidRDefault="00807038">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>FY20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00273053">
+                      <w:r w:rsidR="00712826">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
-[...1 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
+                        <w:t>6</w:t>
+                      </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidR="0047240D">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00273053">
+                      <w:r w:rsidR="00712826">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251613696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04167C8C" wp14:editId="0B72575F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658260" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04167C8C" wp14:editId="0B72575F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1104900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1258570</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2602230" cy="109220"/>
                 <wp:effectExtent l="0" t="1270" r="0" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1898208172" name="Rectangle 70"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2602230" cy="109220"/>
                         </a:xfrm>
@@ -1010,363 +1285,549 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="39267C6D" id="Rectangle 70" o:spid="_x0000_s1026" style="position:absolute;margin-left:87pt;margin-top:99.1pt;width:204.9pt;height:8.6pt;z-index:251613696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA62v8G5wEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rUTRvBchA4cFEg&#10;bQqk+QCKoiSiFJdd0pbdr++SchyjvQXVgeByucOd2dHq5jAatlfoNdiaF4ucM2UltNr2NX/6sX33&#10;iTMfhG2FAatqflSe36zfvllNrlIlDGBahYxArK8mV/MhBFdlmZeDGoVfgFOWkh3gKAKF2GctionQ&#10;R5OVeX6VTYCtQ5DKezq9m5N8nfC7Tsnw0HVeBWZqTr2FtGJam7hm65WoehRu0PLUhnhFF6PQlh49&#10;Q92JINgO9T9Qo5YIHrqwkDBm0HVaqsSB2BT5X2weB+FU4kLieHeWyf8/WPlt/+i+Y2zdu3uQPz2z&#10;sBmE7dUtIkyDEi09V0Shssn56lwQA0+lrJm+QkujFbsASYNDh2MEJHbskKQ+nqVWh8AkHZZXeVm+&#10;p4lIyhX5dVmmWWSieq526MNnBSOLm5ojjTKhi/29D7EbUT1fSd2D0e1WG5MC7JuNQbYXNPZt+hIB&#10;Inl5zdh42UIsmxHjSaIZmUUT+aqB9kgsEWbvkNdpMwD+5mwi39Tc/9oJVJyZL5aUui6Wy2i0FCw/&#10;fCReDC8zzWVGWElQNQ+czdtNmM25c6j7gV4qEmkLt6RupxPxl65OzZI3kh4nH0fzXcbp1svftv4D&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsCtPR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;EIXvJv6HzZh4s0spIKUsjTHpST3YmvQ6ZbdAZGeRXVr8944nvc3LvLz3vnI7215czOg7RwqWiwiE&#10;odrpjhoFH4fdQw7CBySNvSOj4Nt42Fa3NyUW2l3p3Vz2oREcQr5ABW0IQyGlr1tj0S/cYIh/Zzda&#10;DCzHRuoRrxxuexlHUSYtdsQNLQ7muTX1536yCjBL9NfbefV6eJkyXDdztEuPkVL3d/PTBkQwc/gz&#10;w+98ng4Vbzq5ibQXPevHhFkCH+s8BsGONF8xzElBvEwTkFUp/zNUPwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQA62v8G5wEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBsCtPR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEEEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="240C201E" id="Rectangle 70" o:spid="_x0000_s1026" style="position:absolute;margin-left:87pt;margin-top:99.1pt;width:204.9pt;height:8.6pt;z-index:251658260;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA62v8G5wEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rUTRvBchA4cFEg&#10;bQqk+QCKoiSiFJdd0pbdr++SchyjvQXVgeByucOd2dHq5jAatlfoNdiaF4ucM2UltNr2NX/6sX33&#10;iTMfhG2FAatqflSe36zfvllNrlIlDGBahYxArK8mV/MhBFdlmZeDGoVfgFOWkh3gKAKF2GctionQ&#10;R5OVeX6VTYCtQ5DKezq9m5N8nfC7Tsnw0HVeBWZqTr2FtGJam7hm65WoehRu0PLUhnhFF6PQlh49&#10;Q92JINgO9T9Qo5YIHrqwkDBm0HVaqsSB2BT5X2weB+FU4kLieHeWyf8/WPlt/+i+Y2zdu3uQPz2z&#10;sBmE7dUtIkyDEi09V0Shssn56lwQA0+lrJm+QkujFbsASYNDh2MEJHbskKQ+nqVWh8AkHZZXeVm+&#10;p4lIyhX5dVmmWWSieq526MNnBSOLm5ojjTKhi/29D7EbUT1fSd2D0e1WG5MC7JuNQbYXNPZt+hIB&#10;Inl5zdh42UIsmxHjSaIZmUUT+aqB9kgsEWbvkNdpMwD+5mwi39Tc/9oJVJyZL5aUui6Wy2i0FCw/&#10;fCReDC8zzWVGWElQNQ+czdtNmM25c6j7gV4qEmkLt6RupxPxl65OzZI3kh4nH0fzXcbp1svftv4D&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsCtPR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;EIXvJv6HzZh4s0spIKUsjTHpST3YmvQ6ZbdAZGeRXVr8944nvc3LvLz3vnI7215czOg7RwqWiwiE&#10;odrpjhoFH4fdQw7CBySNvSOj4Nt42Fa3NyUW2l3p3Vz2oREcQr5ABW0IQyGlr1tj0S/cYIh/Zzda&#10;DCzHRuoRrxxuexlHUSYtdsQNLQ7muTX1536yCjBL9NfbefV6eJkyXDdztEuPkVL3d/PTBkQwc/gz&#10;w+98ng4Vbzq5ibQXPevHhFkCH+s8BsGONF8xzElBvEwTkFUp/zNUPwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQA62v8G5wEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBsCtPR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEEEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DB4AABF" wp14:editId="18AEC0E3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DB4AABF" wp14:editId="54D61286">
             <wp:extent cx="5391150" cy="3084830"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="19050" b="20320"/>
             <wp:docPr id="2" name="Picture 17"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5391150" cy="3084830"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="403CC5AB" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="00343B42">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="403CC5AB" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00343B42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 3:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> The Budget Report window will display the la</w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>yout option of Account by Month</w:t>
       </w:r>
-      <w:r w:rsidR="00B95359">
+      <w:r w:rsidR="00B95359" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>, but if you have a Pre-K, then select the drop-down box and select Account by Class</w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>elect the Next button</w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>. After selec</w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>ting the Next button in Figure 3</w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> you will be prompted to select the Finish button (window not shown) to create the report.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76780A0F" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="00574DB3">
-      <w:r>
+    <w:p w14:paraId="76780A0F" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00574DB3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 3</w:t>
       </w:r>
-      <w:r w:rsidR="0040458B">
+      <w:r w:rsidR="0040458B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00AC5A9E">
+      <w:r w:rsidR="00AC5A9E" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Budget Report window.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7626D297" w14:textId="485F1C10" w:rsidR="0040458B" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7626D297" w14:textId="485F1C10" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="470761D0" wp14:editId="7A090DB0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="470761D0" wp14:editId="70E5BFAC">
             <wp:extent cx="3641725" cy="3053080"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="15875" b="13970"/>
             <wp:docPr id="3" name="Picture 16"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3641725" cy="3053080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A69CF7C" w14:textId="77777777" w:rsidR="00574DB3" w:rsidRDefault="00574DB3">
+    <w:p w14:paraId="4A69CF7C" w14:textId="77777777" w:rsidR="00574DB3" w:rsidRPr="00D24F02" w:rsidRDefault="00574DB3">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58499FC9" w14:textId="77777777" w:rsidR="00094AD0" w:rsidRDefault="00094AD0">
+    <w:p w14:paraId="1B83D6C3" w14:textId="77777777" w:rsidR="0059049D" w:rsidRPr="00D24F02" w:rsidRDefault="00343B42">
       <w:pPr>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Step 4:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0059049D">
+      <w:r w:rsidR="0059049D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">QuickBooks now displays the Profit &amp; Loss Budget Overview, which you will customize by selecting the </w:t>
       </w:r>
-      <w:r w:rsidR="00BA51AA">
+      <w:r w:rsidR="00BA51AA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Customize</w:t>
       </w:r>
-      <w:r w:rsidR="0059049D">
+      <w:r w:rsidR="0059049D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Report button, shown in figure 4</w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A9170F">
+      <w:r w:rsidR="00A9170F" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 5 is an example of a Pre-K school by class Profit &amp; Loss Budget Overview.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD2AA2B" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="0059049D" w:rsidP="0059049D">
+    <w:p w14:paraId="2BD2AA2B" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="0059049D" w:rsidP="0059049D">
       <w:pPr>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Observe: </w:t>
       </w:r>
-      <w:r w:rsidR="00642D7F">
+      <w:r w:rsidR="00642D7F" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidR="001C10BB">
+      <w:r w:rsidR="001C10BB" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>figure 4</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">this </w:t>
       </w:r>
-      <w:r w:rsidR="001C10BB">
+      <w:r w:rsidR="001C10BB" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">particular </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">budget report </w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">by month account </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">number </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>401.1</w:t>
       </w:r>
-      <w:r w:rsidR="00BA51AA">
+      <w:r w:rsidR="00BA51AA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
-      <w:r w:rsidR="00BA51AA">
+      <w:r w:rsidR="00BA51AA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Supporting Parent </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Payments</w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">” has no figures for the months of July and August, since the </w:t>
       </w:r>
-      <w:r w:rsidR="00034CFE">
+      <w:r w:rsidR="00034CFE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>budgeted</w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> amount</w:t>
       </w:r>
-      <w:r w:rsidR="00034CFE">
+      <w:r w:rsidR="00034CFE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00034CFE">
+      <w:r w:rsidR="00034CFE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>started in</w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the month of </w:t>
       </w:r>
-      <w:r w:rsidR="00034CFE">
+      <w:r w:rsidR="00034CFE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>September</w:t>
       </w:r>
-      <w:r w:rsidR="00E867CA">
+      <w:r w:rsidR="00E867CA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D6304B">
+      <w:r w:rsidR="00D6304B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> QuickBooks added scroll bars, both vertical and horizontal, so you can scroll through the window of this report. For example, you can use the vertical scroll bar to move to the right in order to view the month of </w:t>
       </w:r>
-      <w:r w:rsidR="00034CFE">
+      <w:r w:rsidR="00034CFE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>September</w:t>
       </w:r>
-      <w:r w:rsidR="00D6304B">
+      <w:r w:rsidR="00D6304B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD6F75B" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="00574DB3">
-      <w:r>
+    <w:p w14:paraId="4BD6F75B" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00574DB3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 4</w:t>
       </w:r>
-      <w:r w:rsidR="0040458B">
+      <w:r w:rsidR="0040458B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D6304B">
+      <w:r w:rsidR="00D6304B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Profit &amp; Loss Budget Overview.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DC3FB2" w14:textId="04698D74" w:rsidR="0040458B" w:rsidRDefault="00273053">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="10DC3FB2" w14:textId="10462C63" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00273053">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6776DFF0" wp14:editId="182C9F29">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658341" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6776DFF0" wp14:editId="182C9F29">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3240739</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1151013</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="485140" cy="222250"/>
                 <wp:effectExtent l="2540" t="635" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1128942768" name="Text Box 273"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="485140" cy="222250"/>
                         </a:xfrm>
@@ -1377,145 +1838,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3624C110" w14:textId="00320E36" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
+                          <w:p w14:paraId="3624C110" w14:textId="3018C14B" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Aug </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00273053">
+                            <w:r w:rsidR="004F3C8B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6776DFF0" id="Text Box 273" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:255.2pt;margin-top:90.65pt;width:38.2pt;height:17.5pt;z-index:251696640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDV/05V4AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRVC0vUdLXsahHS&#10;cpEWPmDiOI1F4jFjt0n5esZOtlvgDZEHy+Oxz5xzZrK9HvtOHDV5g7aU+WIphbYKa2P3pfz29f7V&#10;lRQ+gK2hQ6tLedJeXu9evtgOrtArbLGrNQkGsb4YXCnbEFyRZV61uge/QKctJxukHgKHtM9qgoHR&#10;+y5bLZevswGpdoRKe8+nd1NS7hJ+02gVPjeN10F0pWRuIa2U1iqu2W4LxZ7AtUbNNOAfWPRgLBc9&#10;Q91BAHEg8xdUbxShxyYsFPYZNo1ROmlgNfnyDzWPLTidtLA53p1t8v8PVn06ProvJML4DkduYBLh&#10;3QOq715YvG3B7vUNEQ6thpoL59GybHC+mJ9Gq33hI0g1fMSamwyHgAlobKiPrrBOwejcgNPZdD0G&#10;ofhwfbXJ15xRnFrxt0lNyaB4euzIh/caexE3pSTuaQKH44MPkQwUT1diLYv3putSXzv72wFfjCeJ&#10;fOQ7MQ9jNQpTz8qilgrrE6shnKaFp5s3LdJPKQaelFL6HwcgLUX3wbIjb/N15B9SsN68WXFAl5nq&#10;MgNWMVQpgxTT9jZM43hwZPYtV5p6YPGGXWxMUvjMaqbP05CEz5Mbx+0yTree/6/dLwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAMY5VV3fAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOyonbaJ0hCnQiC2IMpD6s6Np0lEPI5itwl/z7Ciy9E9unNuuZ1dL844hs6ThmShQCDV3nbUaPh4&#10;f77LQYRoyJreE2r4wQDb6vqqNIX1E73heRcbwSUUCqOhjXEopAx1i86EhR+QODv60ZnI59hIO5qJ&#10;y10vl0pl0pmO+ENrBnxssf7enZyGz5fj/mutXpsnlw6Tn5Ukt5Fa397MD/cgIs7xH4Y/fVaHip0O&#10;/kQ2iF5Dmqg1oxzkyQoEE2me8ZiDhmWSrUBWpbzcUP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA1f9OVeABAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAxjlVXd8AAAALAQAADwAAAAAAAAAAAAAAAAA6BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="6776DFF0" id="Text Box 273" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:255.2pt;margin-top:90.65pt;width:38.2pt;height:17.5pt;z-index:251658341;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDV/05V4AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRVC0vUdLXsahHS&#10;cpEWPmDiOI1F4jFjt0n5esZOtlvgDZEHy+Oxz5xzZrK9HvtOHDV5g7aU+WIphbYKa2P3pfz29f7V&#10;lRQ+gK2hQ6tLedJeXu9evtgOrtArbLGrNQkGsb4YXCnbEFyRZV61uge/QKctJxukHgKHtM9qgoHR&#10;+y5bLZevswGpdoRKe8+nd1NS7hJ+02gVPjeN10F0pWRuIa2U1iqu2W4LxZ7AtUbNNOAfWPRgLBc9&#10;Q91BAHEg8xdUbxShxyYsFPYZNo1ROmlgNfnyDzWPLTidtLA53p1t8v8PVn06ProvJML4DkduYBLh&#10;3QOq715YvG3B7vUNEQ6thpoL59GybHC+mJ9Gq33hI0g1fMSamwyHgAlobKiPrrBOwejcgNPZdD0G&#10;ofhwfbXJ15xRnFrxt0lNyaB4euzIh/caexE3pSTuaQKH44MPkQwUT1diLYv3putSXzv72wFfjCeJ&#10;fOQ7MQ9jNQpTz8qilgrrE6shnKaFp5s3LdJPKQaelFL6HwcgLUX3wbIjb/N15B9SsN68WXFAl5nq&#10;MgNWMVQpgxTT9jZM43hwZPYtV5p6YPGGXWxMUvjMaqbP05CEz5Mbx+0yTree/6/dLwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAMY5VV3fAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOyonbaJ0hCnQiC2IMpD6s6Np0lEPI5itwl/z7Ciy9E9unNuuZ1dL844hs6ThmShQCDV3nbUaPh4&#10;f77LQYRoyJreE2r4wQDb6vqqNIX1E73heRcbwSUUCqOhjXEopAx1i86EhR+QODv60ZnI59hIO5qJ&#10;y10vl0pl0pmO+ENrBnxssf7enZyGz5fj/mutXpsnlw6Tn5Ukt5Fa397MD/cgIs7xH4Y/fVaHip0O&#10;/kQ2iF5Dmqg1oxzkyQoEE2me8ZiDhmWSrUBWpbzcUP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA1f9OVeABAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAxjlVXd8AAAALAQAADwAAAAAAAAAAAAAAAAA6BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3624C110" w14:textId="00320E36" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
+                    <w:p w14:paraId="3624C110" w14:textId="3018C14B" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Aug </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00273053">
+                      <w:r w:rsidR="004F3C8B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251618816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="438B148D" wp14:editId="0AA2A1F2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658265" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="438B148D" wp14:editId="0AA2A1F2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3357245</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1210031</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="236220" cy="92837"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="156356151" name="Rectangle 75"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="236220" cy="92837"/>
                         </a:xfrm>
@@ -1536,63 +1998,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4A7B8018" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:264.35pt;margin-top:95.3pt;width:18.6pt;height:7.3pt;z-index:251618816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhZNNM5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhxs16MOEWRIsOA&#10;7gJ0+wBGlm1hsqhRSpzs60cpaRpsb8P8IIgidcRzeLy43w9W7DQFg66Ws8lUCu0UNsZ1tfz+bf3u&#10;VooQwTVg0elaHnSQ98u3bxajr3SJPdpGk2AQF6rR17KP0VdFEVSvBwgT9NpxskUaIHJIXdEQjIw+&#10;2KKcTq+LEanxhEqHwKePx6RcZvy21Sp+adugo7C15N5iXimvm7QWywVUHYHvjTq1Af/QxQDG8aNn&#10;qEeIILZk/oIajCIM2MaJwqHAtjVKZw7MZjb9g81zD15nLixO8GeZwv+DVZ93z/4rpdaDf0L1IwiH&#10;qx5cpx+IcOw1NPzcLAlVjD5U5wspCHxVbMZP2PBoYRsxa7BvaUiAzE7ss9SHs9R6H4Xiw/Lquix5&#10;IIpTd+Xt1U1+AKqXu55C/KBxEGlTS+JBZmzYPYWYeoHqpST3jtY0a2NtDqjbrCyJHfDQ1/k7oYfL&#10;MutSscN07YiYTjLJxCtZKFQbbA7MkfDoHHY6b3qkX1KM7Jpahp9bIC2F/ehYp7vZfJ5sloP5+5tE&#10;kS4zm8sMOMVQtYxSHLereLTm1pPpen5plkk7fGBtW5OJv3Z1apadkfU4uThZ7zLOVa//2vI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAmQYwl98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhNwKZJ41QIqSfgQIvEdRu7SdR4HWKnDX+POdHjap5m3pbr2fXsZMfQedJwvxDALNXe&#10;dNRo+Nxt7pbAQkQy2HuyGn5sgHV1fVViYfyZPuxpGxuWSigUqKGNcSg4D3VrHYaFHyyl7OBHhzGd&#10;Y8PNiOdU7nqeCaG4w47SQouDfWltfdxOTgOqR/P9fnh4271OCvNmFhv5JbS+vZmfV8CineM/DH/6&#10;SR2q5LT3E5nAeg0yWz4lNAW5UMASIZXMge01ZEJmwKuSX/5Q/QIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBhZNNM5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCZBjCX3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7870DACB" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:264.35pt;margin-top:95.3pt;width:18.6pt;height:7.3pt;z-index:251658265;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhZNNM5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhxs16MOEWRIsOA&#10;7gJ0+wBGlm1hsqhRSpzs60cpaRpsb8P8IIgidcRzeLy43w9W7DQFg66Ws8lUCu0UNsZ1tfz+bf3u&#10;VooQwTVg0elaHnSQ98u3bxajr3SJPdpGk2AQF6rR17KP0VdFEVSvBwgT9NpxskUaIHJIXdEQjIw+&#10;2KKcTq+LEanxhEqHwKePx6RcZvy21Sp+adugo7C15N5iXimvm7QWywVUHYHvjTq1Af/QxQDG8aNn&#10;qEeIILZk/oIajCIM2MaJwqHAtjVKZw7MZjb9g81zD15nLixO8GeZwv+DVZ93z/4rpdaDf0L1IwiH&#10;qx5cpx+IcOw1NPzcLAlVjD5U5wspCHxVbMZP2PBoYRsxa7BvaUiAzE7ss9SHs9R6H4Xiw/Lquix5&#10;IIpTd+Xt1U1+AKqXu55C/KBxEGlTS+JBZmzYPYWYeoHqpST3jtY0a2NtDqjbrCyJHfDQ1/k7oYfL&#10;MutSscN07YiYTjLJxCtZKFQbbA7MkfDoHHY6b3qkX1KM7Jpahp9bIC2F/ehYp7vZfJ5sloP5+5tE&#10;kS4zm8sMOMVQtYxSHLereLTm1pPpen5plkk7fGBtW5OJv3Z1apadkfU4uThZ7zLOVa//2vI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAmQYwl98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhNwKZJ41QIqSfgQIvEdRu7SdR4HWKnDX+POdHjap5m3pbr2fXsZMfQedJwvxDALNXe&#10;dNRo+Nxt7pbAQkQy2HuyGn5sgHV1fVViYfyZPuxpGxuWSigUqKGNcSg4D3VrHYaFHyyl7OBHhzGd&#10;Y8PNiOdU7nqeCaG4w47SQouDfWltfdxOTgOqR/P9fnh4271OCvNmFhv5JbS+vZmfV8CineM/DH/6&#10;SR2q5LT3E5nAeg0yWz4lNAW5UMASIZXMge01ZEJmwKuSX/5Q/QIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBhZNNM5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCZBjCX3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251630080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49A0310D" wp14:editId="67AFB91E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658276" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49A0310D" wp14:editId="67AFB91E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2176951</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1150557</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="399415" cy="222250"/>
                 <wp:effectExtent l="3810" t="0" r="0" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="378854577" name="Text Box 98"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="399415" cy="222250"/>
                         </a:xfrm>
@@ -1603,145 +2066,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="564B70E2" w14:textId="0285532B" w:rsidR="003C1EEB" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="003C1EEB">
+                          <w:p w14:paraId="564B70E2" w14:textId="23A5FD88" w:rsidR="003C1EEB" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="003C1EEB">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00273053">
+                            <w:r w:rsidR="004F3C8B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="49A0310D" id="Text Box 98" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:171.4pt;margin-top:90.6pt;width:31.45pt;height:17.5pt;z-index:251630080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhYqMX4gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pgUZNV8uuFiEt&#10;C9LCBziO01gkHjPjNilfz9jpdgvcEDlYHo/95r2Zl83V2HfiYJAsuFLms7kUxmmorduV8tvXu1fv&#10;pKCgXK06cKaUR0PyavvyxWbwhVlAC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jhONoC9ChziLqtRDYze&#10;d9liPn+TDYC1R9CGiE9vp6TcJvymMTp8bhoyQXSlZG4hrZjWKq7ZdqOKHSrfWn2iof6BRa+s46Jn&#10;qFsVlNij/QuqtxqBoAkzDX0GTWO1SRpYTT7/Q81jq7xJWrg55M9tov8Hqx8Oj/4LijC+h5EHmESQ&#10;vwf9nYSDm1a5nblGhKE1qubCeWxZNngqTk9jq6mgCFINn6DmIat9gAQ0NtjHrrBOweg8gOO56WYM&#10;QvPh6/V6ma+k0Jxa8LdKQ8lU8fTYI4UPBnoRN6VEnmkCV4d7CpGMKp6uxFoO7mzXpbl27rcDvhhP&#10;EvnId2IexmoUtubiUVnUUkF9ZDUIk1vY3bxpAX9KMbBTSkk/9gqNFN1Hxx1Z58tltFYKlqu3Cw7w&#10;MlNdZpTTDFXKIMW0vQmTHfce7a7lStMMHFxzFxubFD6zOtFnNyThJ+dGu13G6dbz/7X9BQAA//8D&#10;AFBLAwQUAAYACAAAACEAHzc3cN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VI3Kgdk5YS4lQIxBXU8iNxc+NtEhGvo9htwtuznOA4mtHMN+Vm9r044Ri7QAayhQKBVAfXUWPg&#10;7fXpag0iJkvO9oHQwDdG2FTnZ6UtXJhoi6ddagSXUCysgTaloZAy1i16GxdhQGLvEEZvE8uxkW60&#10;E5f7XmqlVtLbjnihtQM+tFh/7Y7ewPvz4fMjVy/No18OU5iVJH8rjbm8mO/vQCSc018YfvEZHSpm&#10;2ocjuSh6A9e5ZvTExjrTIDiRq+UNiL0Bna00yKqU/z9UPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAhYqMX4gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAfNzdw3wAAAAsBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="49A0310D" id="Text Box 98" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:171.4pt;margin-top:90.6pt;width:31.45pt;height:17.5pt;z-index:251658276;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhYqMX4gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pgUZNV8uuFiEt&#10;C9LCBziO01gkHjPjNilfz9jpdgvcEDlYHo/95r2Zl83V2HfiYJAsuFLms7kUxmmorduV8tvXu1fv&#10;pKCgXK06cKaUR0PyavvyxWbwhVlAC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jhONoC9ChziLqtRDYze&#10;d9liPn+TDYC1R9CGiE9vp6TcJvymMTp8bhoyQXSlZG4hrZjWKq7ZdqOKHSrfWn2iof6BRa+s46Jn&#10;qFsVlNij/QuqtxqBoAkzDX0GTWO1SRpYTT7/Q81jq7xJWrg55M9tov8Hqx8Oj/4LijC+h5EHmESQ&#10;vwf9nYSDm1a5nblGhKE1qubCeWxZNngqTk9jq6mgCFINn6DmIat9gAQ0NtjHrrBOweg8gOO56WYM&#10;QvPh6/V6ma+k0Jxa8LdKQ8lU8fTYI4UPBnoRN6VEnmkCV4d7CpGMKp6uxFoO7mzXpbl27rcDvhhP&#10;EvnId2IexmoUtubiUVnUUkF9ZDUIk1vY3bxpAX9KMbBTSkk/9gqNFN1Hxx1Z58tltFYKlqu3Cw7w&#10;MlNdZpTTDFXKIMW0vQmTHfce7a7lStMMHFxzFxubFD6zOtFnNyThJ+dGu13G6dbz/7X9BQAA//8D&#10;AFBLAwQUAAYACAAAACEAHzc3cN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VI3Kgdk5YS4lQIxBXU8iNxc+NtEhGvo9htwtuznOA4mtHMN+Vm9r044Ri7QAayhQKBVAfXUWPg&#10;7fXpag0iJkvO9oHQwDdG2FTnZ6UtXJhoi6ddagSXUCysgTaloZAy1i16GxdhQGLvEEZvE8uxkW60&#10;E5f7XmqlVtLbjnihtQM+tFh/7Y7ewPvz4fMjVy/No18OU5iVJH8rjbm8mO/vQCSc018YfvEZHSpm&#10;2ocjuSh6A9e5ZvTExjrTIDiRq+UNiL0Bna00yKqU/z9UPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAhYqMX4gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAfNzdw3wAAAAsBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="564B70E2" w14:textId="0285532B" w:rsidR="003C1EEB" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="003C1EEB">
+                    <w:p w14:paraId="564B70E2" w14:textId="23A5FD88" w:rsidR="003C1EEB" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="003C1EEB">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00273053">
+                      <w:r w:rsidR="004F3C8B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251617792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="218692AC" wp14:editId="293F8666">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="218692AC" wp14:editId="293F8666">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2196252</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1219114</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="376555" cy="78436"/>
                 <wp:effectExtent l="0" t="0" r="4445" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="658892115" name="Rectangle 74"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="376555" cy="78436"/>
                         </a:xfrm>
@@ -1762,63 +2226,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1A88FC00" id="Rectangle 74" o:spid="_x0000_s1026" style="position:absolute;margin-left:172.95pt;margin-top:96pt;width:29.65pt;height:6.2pt;z-index:251617792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLrMS55gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XgIssNuIsFqxoqq0&#10;vUjbfoBxnMSq43FnDIF+fceGZVH7VjUPlsfjOTPn+GR5f+id2BskC76Sk9FYCuM11Na3lfz+bfPu&#10;TgqKytfKgTeVPBqS96u3b5ZDKM0UOnC1QcEgnsohVLKLMZRFQbozvaIRBOM52QD2KnKIbVGjGhi9&#10;d8V0PF4UA2AdELQh4tPHU1KuMn7TGB2/NA2ZKFwlebaYV8zrNq3FaqnKFlXorD6Pof5hil5Zz00v&#10;UI8qKrFD+xdUbzUCQRNHGvoCmsZqkzkwm8n4DzbPnQomc2FxKFxkov8Hqz/vn8NXTKNTeAL9g4SH&#10;dad8ax4QYeiMqrndJAlVDIHKS0EKiEvFdvgENT+t2kXIGhwa7BMgsxOHLPXxIrU5RKH58OZ2MZ/P&#10;pdCcur2b3SxyA1W+1Aak+MFAL9KmksgPmbHV/olimkWVL1fy7OBsvbHO5QDb7dqh2Ct+9E3+zuh0&#10;fc35dNlDKjshppNMMvFKFqJyC/WROSKcnMNO500H+EuKgV1TSfq5U2ikcB896/R+Mpslm+VgNr+d&#10;coDXme11RnnNUJWMUpy263iy5i6gbTvuNMmkPTywto3NxF+nOg/Lzsh6nF2crHcd51uv/9rqNwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAKyEx/LfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoTZpEJMSpEFJPwIEWies23iYRsR1ipw1/z3Kix9U8zb6pNosdxImm0Hun4X6lQJBr&#10;vOldq+Fjv717ABEiOoODd6ThhwJs6uurCkvjz+6dTrvYCi5xoUQNXYxjKWVoOrIYVn4kx9nRTxYj&#10;n1MrzYRnLreDTJTKpcXe8YcOR3ruqPnazVYD5qn5fjuuX/cvc45Fu6ht9qm0vr1Znh5BRFriPwx/&#10;+qwONTsd/OxMEIOGdZoVjHJQJDyKiVRlCYiDhkSlKci6kpcb6l8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAy6zEueYBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEArITH8t8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="12D77633" id="Rectangle 74" o:spid="_x0000_s1026" style="position:absolute;margin-left:172.95pt;margin-top:96pt;width:29.65pt;height:6.2pt;z-index:251658264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLrMS55gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XgIssNuIsFqxoqq0&#10;vUjbfoBxnMSq43FnDIF+fceGZVH7VjUPlsfjOTPn+GR5f+id2BskC76Sk9FYCuM11Na3lfz+bfPu&#10;TgqKytfKgTeVPBqS96u3b5ZDKM0UOnC1QcEgnsohVLKLMZRFQbozvaIRBOM52QD2KnKIbVGjGhi9&#10;d8V0PF4UA2AdELQh4tPHU1KuMn7TGB2/NA2ZKFwlebaYV8zrNq3FaqnKFlXorD6Pof5hil5Zz00v&#10;UI8qKrFD+xdUbzUCQRNHGvoCmsZqkzkwm8n4DzbPnQomc2FxKFxkov8Hqz/vn8NXTKNTeAL9g4SH&#10;dad8ax4QYeiMqrndJAlVDIHKS0EKiEvFdvgENT+t2kXIGhwa7BMgsxOHLPXxIrU5RKH58OZ2MZ/P&#10;pdCcur2b3SxyA1W+1Aak+MFAL9KmksgPmbHV/olimkWVL1fy7OBsvbHO5QDb7dqh2Ct+9E3+zuh0&#10;fc35dNlDKjshppNMMvFKFqJyC/WROSKcnMNO500H+EuKgV1TSfq5U2ikcB896/R+Mpslm+VgNr+d&#10;coDXme11RnnNUJWMUpy263iy5i6gbTvuNMmkPTywto3NxF+nOg/Lzsh6nF2crHcd51uv/9rqNwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAKyEx/LfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoTZpEJMSpEFJPwIEWies23iYRsR1ipw1/z3Kix9U8zb6pNosdxImm0Hun4X6lQJBr&#10;vOldq+Fjv717ABEiOoODd6ThhwJs6uurCkvjz+6dTrvYCi5xoUQNXYxjKWVoOrIYVn4kx9nRTxYj&#10;n1MrzYRnLreDTJTKpcXe8YcOR3ruqPnazVYD5qn5fjuuX/cvc45Fu6ht9qm0vr1Znh5BRFriPwx/&#10;+qwONTsd/OxMEIOGdZoVjHJQJDyKiVRlCYiDhkSlKci6kpcb6l8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAy6zEueYBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEArITH8t8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251632128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4809E8C2" wp14:editId="3BF0D8CD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658278" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4809E8C2" wp14:editId="3BF0D8CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1678416</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>345440</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="498475" cy="222250"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1840694421" name="Text Box 103"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="498475" cy="222250"/>
                         </a:xfrm>
@@ -1829,145 +2294,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="446205D6" w14:textId="7647B1F8" w:rsidR="003C1EEB" w:rsidRPr="00473AF1" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
+                          <w:p w14:paraId="446205D6" w14:textId="733D2023" w:rsidR="003C1EEB" w:rsidRPr="00473AF1" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00473AF1">
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
                               <w:t>06/30/20</w:t>
                             </w:r>
                             <w:r w:rsidR="0047240D">
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00273053">
+                            <w:r w:rsidR="0084184D">
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4809E8C2" id="Text Box 103" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:132.15pt;margin-top:27.2pt;width:39.25pt;height:17.5pt;z-index:251632128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFhs2j5AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lLy7ao6TQ2DSGN&#10;gTT4AY7jJBaJz9y5Tcqv5+x0XYE3RB4sn8/+7vvuvmyux74Te4NkwRVyMZtLYZyGyrqmkN++3r+5&#10;lIKCcpXqwJlCHgzJ6+3rV5vB52YJLXSVQcEgjvLBF7INwedZRro1vaIZeOM4WQP2KnCITVahGhi9&#10;77LlfP4uGwArj6ANEZ/eTUm5Tfh1bXT4XNdkgugKydxCWjGtZVyz7UblDSrfWn2kof6BRa+s46In&#10;qDsVlNih/QuqtxqBoA4zDX0GdW21SRpYzWL+h5qnVnmTtHBzyJ/aRP8PVj/un/wXFGF8DyMPMIkg&#10;/wD6OwkHt61yjblBhKE1quLCi9iybPCUH5/GVlNOEaQcPkHFQ1a7AAlorLGPXWGdgtF5AIdT080Y&#10;hObD1dXl6mIthebUkr91Gkqm8ufHHil8MNCLuCkk8kwTuNo/UIhkVP58JdZycG+7Ls21c78d8MV4&#10;kshHvhPzMJajsFUh30ZlUUsJ1YHVIExuYXfzpgX8KcXATikk/dgpNFJ0Hx135GqxWkVrpWC1vlhy&#10;gOeZ8jyjnGaoQgYppu1tmOy482iblitNM3Bww12sbVL4wupIn92QhB+dG+12HqdbL//X9hcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB1FA863gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsqE3qVm0ap0IgtiDKQ+rOjadJRDyOYrcJf8+wosvRHN17brGdfCfOOMQ2kIH7mQKBVAXX&#10;Um3g4/35bgUiJkvOdoHQwA9G2JbXV4XNXRjpDc+7VAsOoZhbA01KfS5lrBr0Ns5Cj8S/Yxi8TXwO&#10;tXSDHTncdzJTaim9bYkbGtvjY4PV9+7kDXy+HPdfWr3WT37Rj2FSkvxaGnN7Mz1sQCSc0j8Mf/qs&#10;DiU7HcKJXBSdgWyp54waWGgNgoG5znjLwcBqrUGWhbxcUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAhYbNo+QBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAdRQPOt4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="4809E8C2" id="Text Box 103" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:132.15pt;margin-top:27.2pt;width:39.25pt;height:17.5pt;z-index:251658278;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFhs2j5AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lLy7ao6TQ2DSGN&#10;gTT4AY7jJBaJz9y5Tcqv5+x0XYE3RB4sn8/+7vvuvmyux74Te4NkwRVyMZtLYZyGyrqmkN++3r+5&#10;lIKCcpXqwJlCHgzJ6+3rV5vB52YJLXSVQcEgjvLBF7INwedZRro1vaIZeOM4WQP2KnCITVahGhi9&#10;77LlfP4uGwArj6ANEZ/eTUm5Tfh1bXT4XNdkgugKydxCWjGtZVyz7UblDSrfWn2kof6BRa+s46In&#10;qDsVlNih/QuqtxqBoA4zDX0GdW21SRpYzWL+h5qnVnmTtHBzyJ/aRP8PVj/un/wXFGF8DyMPMIkg&#10;/wD6OwkHt61yjblBhKE1quLCi9iybPCUH5/GVlNOEaQcPkHFQ1a7AAlorLGPXWGdgtF5AIdT080Y&#10;hObD1dXl6mIthebUkr91Gkqm8ufHHil8MNCLuCkk8kwTuNo/UIhkVP58JdZycG+7Ls21c78d8MV4&#10;kshHvhPzMJajsFUh30ZlUUsJ1YHVIExuYXfzpgX8KcXATikk/dgpNFJ0Hx135GqxWkVrpWC1vlhy&#10;gOeZ8jyjnGaoQgYppu1tmOy482iblitNM3Bww12sbVL4wupIn92QhB+dG+12HqdbL//X9hcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB1FA863gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsqE3qVm0ap0IgtiDKQ+rOjadJRDyOYrcJf8+wosvRHN17brGdfCfOOMQ2kIH7mQKBVAXX&#10;Um3g4/35bgUiJkvOdoHQwA9G2JbXV4XNXRjpDc+7VAsOoZhbA01KfS5lrBr0Ns5Cj8S/Yxi8TXwO&#10;tXSDHTncdzJTaim9bYkbGtvjY4PV9+7kDXy+HPdfWr3WT37Rj2FSkvxaGnN7Mz1sQCSc0j8Mf/qs&#10;DiU7HcKJXBSdgWyp54waWGgNgoG5znjLwcBqrUGWhbxcUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAhYbNo+QBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAdRQPOt4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="446205D6" w14:textId="7647B1F8" w:rsidR="003C1EEB" w:rsidRPr="00473AF1" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
+                    <w:p w14:paraId="446205D6" w14:textId="733D2023" w:rsidR="003C1EEB" w:rsidRPr="00473AF1" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00473AF1">
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                         </w:rPr>
                         <w:t>06/30/20</w:t>
                       </w:r>
                       <w:r w:rsidR="0047240D">
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00273053">
+                      <w:r w:rsidR="0084184D">
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251616768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F333750" wp14:editId="067E8FD3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658263" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F333750" wp14:editId="067E8FD3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1773098</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>380359</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="304165" cy="113776"/>
                 <wp:effectExtent l="0" t="0" r="635" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1105357080" name="Rectangle 73"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="304165" cy="113776"/>
                         </a:xfrm>
@@ -1988,63 +2454,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5532858D" id="Rectangle 73" o:spid="_x0000_s1026" style="position:absolute;margin-left:139.6pt;margin-top:29.95pt;width:23.95pt;height:8.95pt;z-index:251616768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCD9L95gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEm320LUdLXqqghp&#10;YZEWPsBxnMTC8Zix27R8PWOn263ghsjB8ng8b+Y9v6zvjoNhB4Veg614Mcs5U1ZCo21X8e/fdu/e&#10;c+aDsI0wYFXFT8rzu83bN+vRlWoOPZhGISMQ68vRVbwPwZVZ5mWvBuFn4JSlZAs4iEAhdlmDYiT0&#10;wWTzPF9mI2DjEKTynk4fpiTfJPy2VTI8ta1XgZmK02whrZjWOq7ZZi3KDoXrtTyPIf5hikFoS00v&#10;UA8iCLZH/RfUoCWChzbMJAwZtK2WKnEgNkX+B5vnXjiVuJA43l1k8v8PVn45PLuvGEf37hHkD88s&#10;bHthO3WPCGOvREPtiihUNjpfXgpi4KmU1eNnaOhpxT5A0uDY4hABiR07JqlPF6nVMTBJhzf5olje&#10;ciYpVRQ3q9UydRDlS7FDHz4qGFjcVBzpJRO4ODz6EIcR5cuVNDwY3ey0MSnArt4aZAdBr75L3xnd&#10;X18zNl62EMsmxHiSWEZi0UO+rKE5EUmEyTpkddr0gL84G8k2Ffc/9wIVZ+aTJaE+FItF9FkKFrer&#10;OQV4namvM8JKgqp44GzabsPkzb1D3fXUqUikLdyTuK1OxF+nOg9L1kh6nG0cvXcdp1uvP9vmNwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAAiP25jfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyo3ZQmTYhTIaSegAMtEtdtvE0i4nWInTb8PeYEx9U8zbwtt7PtxZlG3znWsFwoEMS1&#10;Mx03Gt4Pu7sNCB+QDfaOScM3edhW11clFsZd+I3O+9CIWMK+QA1tCEMhpa9bsugXbiCO2cmNFkM8&#10;x0aaES+x3PYyUSqVFjuOCy0O9NRS/bmfrAZM783X62n1cnieUsybWe3WH0rr25v58QFEoDn8wfCr&#10;H9Whik5HN7HxoteQZHkSUQ3rPAcRgVWSLUEcNWTZBmRVyv8fVD8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAwg/S/eYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEACI/bmN8AAAAJAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7963A9C6" id="Rectangle 73" o:spid="_x0000_s1026" style="position:absolute;margin-left:139.6pt;margin-top:29.95pt;width:23.95pt;height:8.95pt;z-index:251658263;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCD9L95gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEm320LUdLXqqghp&#10;YZEWPsBxnMTC8Zix27R8PWOn263ghsjB8ng8b+Y9v6zvjoNhB4Veg614Mcs5U1ZCo21X8e/fdu/e&#10;c+aDsI0wYFXFT8rzu83bN+vRlWoOPZhGISMQ68vRVbwPwZVZ5mWvBuFn4JSlZAs4iEAhdlmDYiT0&#10;wWTzPF9mI2DjEKTynk4fpiTfJPy2VTI8ta1XgZmK02whrZjWOq7ZZi3KDoXrtTyPIf5hikFoS00v&#10;UA8iCLZH/RfUoCWChzbMJAwZtK2WKnEgNkX+B5vnXjiVuJA43l1k8v8PVn45PLuvGEf37hHkD88s&#10;bHthO3WPCGOvREPtiihUNjpfXgpi4KmU1eNnaOhpxT5A0uDY4hABiR07JqlPF6nVMTBJhzf5olje&#10;ciYpVRQ3q9UydRDlS7FDHz4qGFjcVBzpJRO4ODz6EIcR5cuVNDwY3ey0MSnArt4aZAdBr75L3xnd&#10;X18zNl62EMsmxHiSWEZi0UO+rKE5EUmEyTpkddr0gL84G8k2Ffc/9wIVZ+aTJaE+FItF9FkKFrer&#10;OQV4namvM8JKgqp44GzabsPkzb1D3fXUqUikLdyTuK1OxF+nOg9L1kh6nG0cvXcdp1uvP9vmNwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAAiP25jfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyo3ZQmTYhTIaSegAMtEtdtvE0i4nWInTb8PeYEx9U8zbwtt7PtxZlG3znWsFwoEMS1&#10;Mx03Gt4Pu7sNCB+QDfaOScM3edhW11clFsZd+I3O+9CIWMK+QA1tCEMhpa9bsugXbiCO2cmNFkM8&#10;x0aaES+x3PYyUSqVFjuOCy0O9NRS/bmfrAZM783X62n1cnieUsybWe3WH0rr25v58QFEoDn8wfCr&#10;H9Whik5HN7HxoteQZHkSUQ3rPAcRgVWSLUEcNWTZBmRVyv8fVD8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAwg/S/eYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEACI/bmN8AAAAJAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251628032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2ADDD3ED" wp14:editId="0E755C54">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658274" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2ADDD3ED" wp14:editId="0E755C54">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1174226</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>346075</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="529590" cy="222250"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                 <wp:wrapNone/>
                 <wp:docPr id="436844916" name="Text Box 94"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="529590" cy="222250"/>
                         </a:xfrm>
@@ -2055,145 +2522,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6DE69E58" w14:textId="59466C0E" w:rsidR="003C1EEB" w:rsidRPr="00473AF1" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
+                          <w:p w14:paraId="6DE69E58" w14:textId="6ED240A1" w:rsidR="003C1EEB" w:rsidRPr="00473AF1" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00473AF1">
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
                               <w:t>07/1/20</w:t>
                             </w:r>
                             <w:r w:rsidR="000D1E80">
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00273053">
+                            <w:r w:rsidR="0084184D">
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2ADDD3ED" id="Text Box 94" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:92.45pt;margin-top:27.25pt;width:41.7pt;height:17.5pt;z-index:251628032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5wufU4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJkm0x4hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lp2m2vhXzgyCK0uE55PH2auw7cdDkDdpCLmZzKbRVWBnbFPLH97s3&#10;76XwAWwFHVpdyKP28mr3+tV2cLleYotdpUkwiPX54ArZhuDyLPOq1T34GTptOVkj9RA4pCarCAZG&#10;77tsOZ+/zQakyhEq7T2f3k5JuUv4da1V+FrXXgfRFZK5hbRSWsu4Zrst5A2Ba4060YAXsOjBWC56&#10;hrqFAGJP5hlUbxShxzrMFPYZ1rVROmlgNYv5P2oeWnA6aeHmeHduk/9/sOrL4cF9IxHGDzjyAJMI&#10;7+5R/fTC4k0LttHXRDi0GiouvIgtywbn89PT2Gqf+whSDp+x4iHDPmACGmvqY1dYp2B0HsDx3HQ9&#10;BqH4cL3crDecUZxa8rdOQ8kgf3zsyIePGnsRN4UknmkCh8O9D5EM5I9XYi2Ld6br0lw7+9cBX4wn&#10;iXzkOzEPYzkKUxVyFZVFLSVWR1ZDOLmF3c2bFum3FAM7pZD+1x5IS9F9styRzWK1itZKwWr9bskB&#10;XWbKywxYxVCFDFJM25sw2XHvyDQtV5pmYPGau1ibpPCJ1Yk+uyEJPzk32u0yTree/q/dHwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGjfoQveAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/QdrKrGjdktSJSFOVYHYgigPiZ0bT5OIeBzFbhP+nmEFy6s5uvdMuZtdLy44hs6ThvVKgUCqve2o&#10;0fD2+niTgQjRkDW9J9TwjQF21eKqNIX1E73g5RAbwSUUCqOhjXEopAx1i86ElR+Q+HbyozOR49hI&#10;O5qJy10vN0ptpTMd8UJrBrxvsf46nJ2G96fT50einpsHlw6Tn5Ukl0utr5fz/g5ExDn+wfCrz+pQ&#10;sdPRn8kG0XPOkpxRDWmSgmBgs81uQRw1ZHkKsirl/w+qHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQD5wufU4wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBo36EL3gAAAAkBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="2ADDD3ED" id="Text Box 94" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:92.45pt;margin-top:27.25pt;width:41.7pt;height:17.5pt;z-index:251658274;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5wufU4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJkm0x4hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lp2m2vhXzgyCK0uE55PH2auw7cdDkDdpCLmZzKbRVWBnbFPLH97s3&#10;76XwAWwFHVpdyKP28mr3+tV2cLleYotdpUkwiPX54ArZhuDyLPOq1T34GTptOVkj9RA4pCarCAZG&#10;77tsOZ+/zQakyhEq7T2f3k5JuUv4da1V+FrXXgfRFZK5hbRSWsu4Zrst5A2Ba4060YAXsOjBWC56&#10;hrqFAGJP5hlUbxShxzrMFPYZ1rVROmlgNYv5P2oeWnA6aeHmeHduk/9/sOrL4cF9IxHGDzjyAJMI&#10;7+5R/fTC4k0LttHXRDi0GiouvIgtywbn89PT2Gqf+whSDp+x4iHDPmACGmvqY1dYp2B0HsDx3HQ9&#10;BqH4cL3crDecUZxa8rdOQ8kgf3zsyIePGnsRN4UknmkCh8O9D5EM5I9XYi2Ld6br0lw7+9cBX4wn&#10;iXzkOzEPYzkKUxVyFZVFLSVWR1ZDOLmF3c2bFum3FAM7pZD+1x5IS9F9styRzWK1itZKwWr9bskB&#10;XWbKywxYxVCFDFJM25sw2XHvyDQtV5pmYPGau1ibpPCJ1Yk+uyEJPzk32u0yTree/q/dHwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGjfoQveAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/QdrKrGjdktSJSFOVYHYgigPiZ0bT5OIeBzFbhP+nmEFy6s5uvdMuZtdLy44hs6ThvVKgUCqve2o&#10;0fD2+niTgQjRkDW9J9TwjQF21eKqNIX1E73g5RAbwSUUCqOhjXEopAx1i86ElR+Q+HbyozOR49hI&#10;O5qJy10vN0ptpTMd8UJrBrxvsf46nJ2G96fT50einpsHlw6Tn5Ukl0utr5fz/g5ExDn+wfCrz+pQ&#10;sdPRn8kG0XPOkpxRDWmSgmBgs81uQRw1ZHkKsirl/w+qHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQD5wufU4wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBo36EL3gAAAAkBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="6DE69E58" w14:textId="59466C0E" w:rsidR="003C1EEB" w:rsidRPr="00473AF1" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
+                    <w:p w14:paraId="6DE69E58" w14:textId="6ED240A1" w:rsidR="003C1EEB" w:rsidRPr="00473AF1" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00473AF1">
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                         </w:rPr>
                         <w:t>07/1/20</w:t>
                       </w:r>
                       <w:r w:rsidR="000D1E80">
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00273053">
+                      <w:r w:rsidR="0084184D">
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251615744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B17F91A" wp14:editId="4DA379DC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658262" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B17F91A" wp14:editId="4DA379DC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1256758</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>372850</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="291465" cy="121343"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="928659320" name="Rectangle 72"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="291465" cy="121343"/>
                         </a:xfrm>
@@ -2214,63 +2682,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4F51B180" id="Rectangle 72" o:spid="_x0000_s1026" style="position:absolute;margin-left:98.95pt;margin-top:29.35pt;width:22.95pt;height:9.55pt;z-index:251615744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmQqkI5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO024z4hRFigwD&#10;ugvQ9QMUWbaFyaJGKnGyrx+lpGmwvRXzgyCK4iHP0fHidj84sTNIFnwty8lUCuM1NNZ3tXz6sX73&#10;QQqKyjfKgTe1PBiSt8u3bxZjqMwMenCNQcEgnqox1LKPMVRFQbo3g6IJBOM52QIOKnKIXdGgGhl9&#10;cMVsOr0pRsAmIGhDxKf3x6RcZvy2NTp+a1syUbha8mwxr5jXTVqL5UJVHarQW30aQ71iikFZz03P&#10;UPcqKrFF+w/UYDUCQRsnGoYC2tZqkzkwm3L6F5vHXgWTubA4FM4y0f+D1V93j+E7ptEpPID+ScLD&#10;qle+M3eIMPZGNdyuTEIVY6DqXJAC4lKxGb9Aw0+rthGyBvsWhwTI7MQ+S304S232UWg+nH0s5zfX&#10;UmhOlbPyan6VO6jquTggxU8GBpE2tUR+yQyudg8U0zCqer6Shwdnm7V1LgfYbVYOxU7xq6/zd0Kn&#10;y2vOp8seUtkRMZ1klolY8hBVG2gOTBLhaB22Om96wN9SjGybWtKvrUIjhfvsWSimNU8+y8H8+v2M&#10;A7zMbC4zymuGqmWU4rhdxaM3twFt13OnMpP2cMfitjYTf5nqNCxbI+txsnHy3mWcb738bMs/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAD2dKGd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF&#10;90j8gzVI7KhNH3kRp0JIXQELWiS209hNIuJxiJ02/D3DCpZXc3Tn3HI7u16c7Rg6TxruFwqEpdqb&#10;jhoN74fdXQYiRCSDvSer4dsG2FbXVyUWxl/ozZ73sRFcQqFADW2MQyFlqFvrMCz8YIlvJz86jBzH&#10;RpoRL1zuerlUKpEOO+IPLQ72qbX1535yGjBZm6/X0+rl8DwlmDez2m0+lNa3N/PjA4ho5/gHw68+&#10;q0PFTkc/kQmi55ynOaMaNlkKgoHlesVbjhrSNANZlfL/guoHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEApkKpCOUBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAD2dKGd0AAAAJAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="3A4763B7" id="Rectangle 72" o:spid="_x0000_s1026" style="position:absolute;margin-left:98.95pt;margin-top:29.35pt;width:22.95pt;height:9.55pt;z-index:251658262;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmQqkI5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO024z4hRFigwD&#10;ugvQ9QMUWbaFyaJGKnGyrx+lpGmwvRXzgyCK4iHP0fHidj84sTNIFnwty8lUCuM1NNZ3tXz6sX73&#10;QQqKyjfKgTe1PBiSt8u3bxZjqMwMenCNQcEgnqox1LKPMVRFQbo3g6IJBOM52QIOKnKIXdGgGhl9&#10;cMVsOr0pRsAmIGhDxKf3x6RcZvy2NTp+a1syUbha8mwxr5jXTVqL5UJVHarQW30aQ71iikFZz03P&#10;UPcqKrFF+w/UYDUCQRsnGoYC2tZqkzkwm3L6F5vHXgWTubA4FM4y0f+D1V93j+E7ptEpPID+ScLD&#10;qle+M3eIMPZGNdyuTEIVY6DqXJAC4lKxGb9Aw0+rthGyBvsWhwTI7MQ+S304S232UWg+nH0s5zfX&#10;UmhOlbPyan6VO6jquTggxU8GBpE2tUR+yQyudg8U0zCqer6Shwdnm7V1LgfYbVYOxU7xq6/zd0Kn&#10;y2vOp8seUtkRMZ1klolY8hBVG2gOTBLhaB22Om96wN9SjGybWtKvrUIjhfvsWSimNU8+y8H8+v2M&#10;A7zMbC4zymuGqmWU4rhdxaM3twFt13OnMpP2cMfitjYTf5nqNCxbI+txsnHy3mWcb738bMs/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAD2dKGd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF&#10;90j8gzVI7KhNH3kRp0JIXQELWiS209hNIuJxiJ02/D3DCpZXc3Tn3HI7u16c7Rg6TxruFwqEpdqb&#10;jhoN74fdXQYiRCSDvSer4dsG2FbXVyUWxl/ozZ73sRFcQqFADW2MQyFlqFvrMCz8YIlvJz86jBzH&#10;RpoRL1zuerlUKpEOO+IPLQ72qbX1535yGjBZm6/X0+rl8DwlmDez2m0+lNa3N/PjA4ho5/gHw68+&#10;q0PFTkc/kQmi55ynOaMaNlkKgoHlesVbjhrSNANZlfL/guoHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEApkKpCOUBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAD2dKGd0AAAAJAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251698688" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01404F4B" wp14:editId="62F00302">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658343" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01404F4B" wp14:editId="62F00302">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5429885</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1146810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="399415" cy="222250"/>
                 <wp:effectExtent l="635" t="0" r="0" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1536516567" name="Text Box 275"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="399415" cy="222250"/>
                         </a:xfrm>
@@ -2281,145 +2750,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="236AC1DF" w14:textId="7D44C644" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
+                          <w:p w14:paraId="236AC1DF" w14:textId="77121617" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Oct </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00324E77">
+                            <w:r w:rsidR="004F3C8B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="01404F4B" id="Text Box 275" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:427.55pt;margin-top:90.3pt;width:31.45pt;height:17.5pt;z-index:251698688;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCgfr84wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pgUZNV8uuFiEt&#10;C9LCBziO01gkHjPjNilfz9jpdgvcEDlYHo/95r2Zl83V2HfiYJAsuFLms7kUxmmorduV8tvXu1fv&#10;pKCgXK06cKaUR0PyavvyxWbwhVlAC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jhONoC9ChziLqtRDYze&#10;d9liPn+TDYC1R9CGiE9vp6TcJvymMTp8bhoyQXSlZG4hrZjWKq7ZdqOKHSrfWn2iof6BRa+s46Jn&#10;qFsVlNij/QuqtxqBoAkzDX0GTWO1SRpYTT7/Q81jq7xJWrg55M9tov8Hqx8Oj/4LijC+h5EHmESQ&#10;vwf9nYSDm1a5nblGhKE1qubCeWxZNngqTk9jq6mgCFINn6DmIat9gAQ0NtjHrrBOweg8gOO56WYM&#10;QvPh6/V6ma+k0Jxa8LdKQ8lU8fTYI4UPBnoRN6VEnmkCV4d7CpGMKp6uxFoO7mzXpbl27rcDvhhP&#10;EvnId2IexmoUti7lKiqLWiqoj6wGYXILu5s3LeBPKQZ2Sinpx16hkaL76Lgj63y5jNZKwXL1dsEB&#10;Xmaqy4xymqFKGaSYtjdhsuPeo921XGmagYNr7mJjk8JnVif67IYk/OTcaLfLON16/r+2vwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAD40ABHeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkpN1Y0mmtutJ0moa4gtgAiVvWeG1F41RNtpa3x5zgZuv/9PtzuZ1dL644hs6ThmSpQCDV3nbU&#10;aHg7Pt3nIEI0ZE3vCTV8Y4BtdXtTmsL6iV7xeoiN4BIKhdHQxjgUUoa6RWfC0g9InJ396EzkdWyk&#10;Hc3E5a6XK6Uy6UxHfKE1A+5brL8OF6fh/fn8+bFWL82jS4fJz0qS20itF3fz7gFExDn+wfCrz+pQ&#10;sdPJX8gG0WvI0zRhlINcZSCY2PAE4qRhlaQZyKqU/3+ofgAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCCgfr84wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA+NAAR3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="01404F4B" id="Text Box 275" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:427.55pt;margin-top:90.3pt;width:31.45pt;height:17.5pt;z-index:251658343;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCgfr84wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pgUZNV8uuFiEt&#10;C9LCBziO01gkHjPjNilfz9jpdgvcEDlYHo/95r2Zl83V2HfiYJAsuFLms7kUxmmorduV8tvXu1fv&#10;pKCgXK06cKaUR0PyavvyxWbwhVlAC11tUDCIo2LwpWxD8EWWkW5Nr2gG3jhONoC9ChziLqtRDYze&#10;d9liPn+TDYC1R9CGiE9vp6TcJvymMTp8bhoyQXSlZG4hrZjWKq7ZdqOKHSrfWn2iof6BRa+s46Jn&#10;qFsVlNij/QuqtxqBoAkzDX0GTWO1SRpYTT7/Q81jq7xJWrg55M9tov8Hqx8Oj/4LijC+h5EHmESQ&#10;vwf9nYSDm1a5nblGhKE1qubCeWxZNngqTk9jq6mgCFINn6DmIat9gAQ0NtjHrrBOweg8gOO56WYM&#10;QvPh6/V6ma+k0Jxa8LdKQ8lU8fTYI4UPBnoRN6VEnmkCV4d7CpGMKp6uxFoO7mzXpbl27rcDvhhP&#10;EvnId2IexmoUti7lKiqLWiqoj6wGYXILu5s3LeBPKQZ2Sinpx16hkaL76Lgj63y5jNZKwXL1dsEB&#10;Xmaqy4xymqFKGaSYtjdhsuPeo921XGmagYNr7mJjk8JnVif67IYk/OTcaLfLON16/r+2vwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAD40ABHeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkpN1Y0mmtutJ0moa4gtgAiVvWeG1F41RNtpa3x5zgZuv/9PtzuZ1dL644hs6ThmSpQCDV3nbU&#10;aHg7Pt3nIEI0ZE3vCTV8Y4BtdXtTmsL6iV7xeoiN4BIKhdHQxjgUUoa6RWfC0g9InJ396EzkdWyk&#10;Hc3E5a6XK6Uy6UxHfKE1A+5brL8OF6fh/fn8+bFWL82jS4fJz0qS20itF3fz7gFExDn+wfCrz+pQ&#10;sdPJX8gG0WvI0zRhlINcZSCY2PAE4qRhlaQZyKqU/3+ofgAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCCgfr84wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA+NAAR3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="236AC1DF" w14:textId="7D44C644" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
+                    <w:p w14:paraId="236AC1DF" w14:textId="77121617" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Oct </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00324E77">
+                      <w:r w:rsidR="004F3C8B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251620864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5679EDFD" wp14:editId="6DB1C167">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658267" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5679EDFD" wp14:editId="6DB1C167">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5524500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1192530</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="406400" cy="104775"/>
                 <wp:effectExtent l="0" t="3810" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1468805305" name="Rectangle 77"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="406400" cy="104775"/>
                         </a:xfrm>
@@ -2440,63 +2910,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="160E1479" id="Rectangle 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:435pt;margin-top:93.9pt;width:32pt;height:8.25pt;z-index:251620864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCM3AZO5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEmV3ULUdLXqqghp&#10;gZUWPsBxnMTC8Zix27R8PWOn263ghsjB8njGz/PevKzvjqNhB4Veg615scg5U1ZCq21f8+/fdu/e&#10;c+aDsK0wYFXNT8rzu83bN+vJVWoJA5hWISMQ66vJ1XwIwVVZ5uWgRuEX4JSlZAc4ikAh9lmLYiL0&#10;0WTLPL/NJsDWIUjlPZ0+zEm+Sfhdp2T42nVeBWZqTr2FtGJam7hmm7WoehRu0PLchviHLkahLT16&#10;gXoQQbA96r+gRi0RPHRhIWHMoOu0VIkDsSnyP9g8D8KpxIXE8e4ik/9/sPLL4dk9YWzdu0eQPzyz&#10;sB2E7dU9IkyDEi09V0Shssn56nIhBp6usmb6DC2NVuwDJA2OHY4RkNixY5L6dJFaHQOTdFjmt2VO&#10;A5GUKvJytbpJL4jq5bJDHz4qGFnc1BxpkglcHB59iM2I6qUkNQ9GtzttTAqwb7YG2UHQ1HfpO6P7&#10;6zJjY7GFeG1GjCeJZSQWPeSrBtoTkUSYrUNWp80A+IuziWxTc/9zL1BxZj5ZEupDUZbRZykob1ZL&#10;CvA601xnhJUEVfPA2bzdhtmbe4e6H+ilIpG2cE/idjoRf+3q3CxZI+lxtnH03nWcql5/ts1vAAAA&#10;//8DAFBLAwQUAAYACAAAACEAteZDF98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhNE9I0xKkQUk/AgRaJ6zZ2k4h4HWKnDX/PcqLHnRnNzis3s+vFyY6h86ThfqFAWKq9&#10;6ajR8LHf3uUgQkQy2HuyGn5sgE11fVViYfyZ3u1pFxvBJRQK1NDGOBRShrq1DsPCD5bYO/rRYeRz&#10;bKQZ8czlrpdLpTLpsCP+0OJgn1tbf+0mpwGz1Hy/HZPX/cuU4bqZ1fbhU2l9ezM/PYKIdo7/Yfib&#10;z9Oh4k0HP5EJoteQrxSzRDbyFTNwYp2krBw0LFWagKxKeclQ/QIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCM3AZO5QEAALQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQC15kMX3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="6A73D7A0" id="Rectangle 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:435pt;margin-top:93.9pt;width:32pt;height:8.25pt;z-index:251658267;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCM3AZO5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEmV3ULUdLXqqghp&#10;gZUWPsBxnMTC8Zix27R8PWOn263ghsjB8njGz/PevKzvjqNhB4Veg615scg5U1ZCq21f8+/fdu/e&#10;c+aDsK0wYFXNT8rzu83bN+vJVWoJA5hWISMQ66vJ1XwIwVVZ5uWgRuEX4JSlZAc4ikAh9lmLYiL0&#10;0WTLPL/NJsDWIUjlPZ0+zEm+Sfhdp2T42nVeBWZqTr2FtGJam7hmm7WoehRu0PLchviHLkahLT16&#10;gXoQQbA96r+gRi0RPHRhIWHMoOu0VIkDsSnyP9g8D8KpxIXE8e4ik/9/sPLL4dk9YWzdu0eQPzyz&#10;sB2E7dU9IkyDEi09V0Shssn56nIhBp6usmb6DC2NVuwDJA2OHY4RkNixY5L6dJFaHQOTdFjmt2VO&#10;A5GUKvJytbpJL4jq5bJDHz4qGFnc1BxpkglcHB59iM2I6qUkNQ9GtzttTAqwb7YG2UHQ1HfpO6P7&#10;6zJjY7GFeG1GjCeJZSQWPeSrBtoTkUSYrUNWp80A+IuziWxTc/9zL1BxZj5ZEupDUZbRZykob1ZL&#10;CvA601xnhJUEVfPA2bzdhtmbe4e6H+ilIpG2cE/idjoRf+3q3CxZI+lxtnH03nWcql5/ts1vAAAA&#10;//8DAFBLAwQUAAYACAAAACEAteZDF98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhNE9I0xKkQUk/AgRaJ6zZ2k4h4HWKnDX/PcqLHnRnNzis3s+vFyY6h86ThfqFAWKq9&#10;6ajR8LHf3uUgQkQy2HuyGn5sgE11fVViYfyZ3u1pFxvBJRQK1NDGOBRShrq1DsPCD5bYO/rRYeRz&#10;bKQZ8czlrpdLpTLpsCP+0OJgn1tbf+0mpwGz1Hy/HZPX/cuU4bqZ1fbhU2l9ezM/PYKIdo7/Yfib&#10;z9Oh4k0HP5EJoteQrxSzRDbyFTNwYp2krBw0LFWagKxKeclQ/QIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCM3AZO5QEAALQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQC15kMX3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697664" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B2EA4D9" wp14:editId="7232E6BD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658342" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B2EA4D9" wp14:editId="7232E6BD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4464050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1145540</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="399415" cy="222250"/>
                 <wp:effectExtent l="0" t="4445" r="3810" b="1905"/>
                 <wp:wrapNone/>
                 <wp:docPr id="160671157" name="Text Box 274"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="399415" cy="222250"/>
                         </a:xfrm>
@@ -2507,145 +2978,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7649068A" w14:textId="2052ECDE" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
+                          <w:p w14:paraId="7649068A" w14:textId="0E9A2801" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Sep </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00324E77">
+                            <w:r w:rsidR="004F3C8B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1B2EA4D9" id="Text Box 274" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:351.5pt;margin-top:90.2pt;width:31.45pt;height:17.5pt;z-index:251697664;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjVJQS5AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlXWjUdLXsahHS&#10;cpEWPmDiOI1F4jFjt0n5esZOt1vgDZEHy+Oxz5wzc7K5HvtOHDR5g7aU+WwuhbYKa2N3pfz29f7V&#10;Wyl8AFtDh1aX8qi9vN6+fLEZXKEX2GJXaxIMYn0xuFK2Ibgiy7xqdQ9+hk5bTjZIPQQOaZfVBAOj&#10;9122mM+vsgGpdoRKe8+nd1NSbhN+02gVPjeN10F0pWRuIa2U1iqu2XYDxY7AtUadaMA/sOjBWC56&#10;hrqDAGJP5i+o3ihCj02YKewzbBqjdNLAavL5H2oeW3A6aeHmeHduk/9/sOrT4dF9IRHGdzjyAJMI&#10;7x5QfffC4m0LdqdviHBoNdRcOI8tywbni9PT2Gpf+AhSDR+x5iHDPmACGhvqY1dYp2B0HsDx3HQ9&#10;BqH48PV6vcxXUihOLfhbpaFkUDw9duTDe429iJtSEs80gcPhwYdIBoqnK7GWxXvTdWmunf3tgC/G&#10;k0Q+8p2Yh7EahalLeRWVRS0V1kdWQzi5hd3NmxbppxQDO6WU/sceSEvRfbDckXW+XEZrpWC5erPg&#10;gC4z1WUGrGKoUgYppu1tmOy4d2R2LVeaZmDxhrvYmKTwmdWJPrshCT85N9rtMk63nv+v7S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCBuZJu4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SH0Ha5G4Ubsl6U+IUyEQV1BbQOLmxtskaryOYrcJb89yosfRjGa+yTeja8UF+9B40jCbKhBIpbcN&#10;VRo+9q/3KxAhGrKm9YQafjDAppjc5CazfqAtXnaxElxCITMa6hi7TMpQ1uhMmPoOib2j752JLPtK&#10;2t4MXO5aOVdqIZ1piBdq0+FzjeVpd3YaPt+O31+Jeq9eXNoNflSS3FpqfXc7Pj2CiDjG/zD84TM6&#10;FMx08GeyQbQaluqBv0Q2VioBwYnlIl2DOGiYz9IEZJHL6w/FLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAjVJQS5AEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCBuZJu4AAAAAsBAAAPAAAAAAAAAAAAAAAAAD4EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1B2EA4D9" id="Text Box 274" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:351.5pt;margin-top:90.2pt;width:31.45pt;height:17.5pt;z-index:251658342;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjVJQS5AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlXWjUdLXsahHS&#10;cpEWPmDiOI1F4jFjt0n5esZOt1vgDZEHy+Oxz5wzc7K5HvtOHDR5g7aU+WwuhbYKa2N3pfz29f7V&#10;Wyl8AFtDh1aX8qi9vN6+fLEZXKEX2GJXaxIMYn0xuFK2Ibgiy7xqdQ9+hk5bTjZIPQQOaZfVBAOj&#10;9122mM+vsgGpdoRKe8+nd1NSbhN+02gVPjeN10F0pWRuIa2U1iqu2XYDxY7AtUadaMA/sOjBWC56&#10;hrqDAGJP5i+o3ihCj02YKewzbBqjdNLAavL5H2oeW3A6aeHmeHduk/9/sOrT4dF9IRHGdzjyAJMI&#10;7x5QfffC4m0LdqdviHBoNdRcOI8tywbni9PT2Gpf+AhSDR+x5iHDPmACGhvqY1dYp2B0HsDx3HQ9&#10;BqH48PV6vcxXUihOLfhbpaFkUDw9duTDe429iJtSEs80gcPhwYdIBoqnK7GWxXvTdWmunf3tgC/G&#10;k0Q+8p2Yh7EahalLeRWVRS0V1kdWQzi5hd3NmxbppxQDO6WU/sceSEvRfbDckXW+XEZrpWC5erPg&#10;gC4z1WUGrGKoUgYppu1tmOy4d2R2LVeaZmDxhrvYmKTwmdWJPrshCT85N9rtMk63nv+v7S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCBuZJu4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SH0Ha5G4Ubsl6U+IUyEQV1BbQOLmxtskaryOYrcJb89yosfRjGa+yTeja8UF+9B40jCbKhBIpbcN&#10;VRo+9q/3KxAhGrKm9YQafjDAppjc5CazfqAtXnaxElxCITMa6hi7TMpQ1uhMmPoOib2j752JLPtK&#10;2t4MXO5aOVdqIZ1piBdq0+FzjeVpd3YaPt+O31+Jeq9eXNoNflSS3FpqfXc7Pj2CiDjG/zD84TM6&#10;FMx08GeyQbQaluqBv0Q2VioBwYnlIl2DOGiYz9IEZJHL6w/FLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAjVJQS5AEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCBuZJu4AAAAAsBAAAPAAAAAAAAAAAAAAAAAD4EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7649068A" w14:textId="2052ECDE" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
+                    <w:p w14:paraId="7649068A" w14:textId="0E9A2801" w:rsidR="00856D07" w:rsidRPr="00E61354" w:rsidRDefault="00856D07" w:rsidP="00856D07">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Sep </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00324E77">
+                      <w:r w:rsidR="004F3C8B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251619840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EABE55E" wp14:editId="399027D5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658266" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EABE55E" wp14:editId="399027D5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4508500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1192530</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="215265" cy="106680"/>
                 <wp:effectExtent l="3175" t="3810" r="635" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1805973938" name="Rectangle 76"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="215265" cy="106680"/>
                         </a:xfrm>
@@ -2666,63 +3138,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4E081E63" id="Rectangle 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:355pt;margin-top:93.9pt;width:16.95pt;height:8.4pt;z-index:251619840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAukxi05gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9GO0zAQfEfiHyy/0zRVW46o6enUUxHS&#10;AScdfMDWcRILx2vWbtPj61m7vV4Fb4g8WF6vPZ4ZT1a3x8GKg6Zg0NWynEyl0E5hY1xXy+/ftu9u&#10;pAgRXAMWna7lsw7ydv32zWr0lZ5hj7bRJBjEhWr0texj9FVRBNXrAcIEvXbcbJEGiFxSVzQEI6MP&#10;tphNp8tiRGo8odIh8Or9qSnXGb9ttYpf2zboKGwtmVvMI+Vxl8ZivYKqI/C9UWca8A8sBjCOL71A&#10;3UMEsSfzF9RgFGHANk4UDgW2rVE6a2A15fQPNU89eJ21sDnBX2wK/w9WfTk8+UdK1IN/QPUjCIeb&#10;Hlyn74hw7DU0fF2ZjCpGH6rLgVQEPip242ds+GlhHzF7cGxpSICsThyz1c8Xq/UxCsWLs3IxWy6k&#10;UNwqp8vlTX6KAqqXw55C/KhxEGlSS+KXzOBweAgxkYHqZUsmj9Y0W2NtLqjbbSyJA/Crb/OX+bPG&#10;623Wpc0O07ETYlrJKpOwlKFQ7bB5ZpGEp+hw1HnSI/2SYuTY1DL83ANpKewnx0Z9KOfzlLNczBfv&#10;Z1zQdWd33QGnGKqWUYrTdBNP2dx7Ml3PN5VZtMM7Nrc1WfgrqzNZjkb24xzjlL3rOu96/dnWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhADws0QXgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyo3TYkbRqnQkg9AQdaJK7b2E2ixusQO234e5YTHFczmn2v2E6uExc7hNaThvlMgbBU&#10;edNSreHjsHtYgQgRyWDnyWr4tgG25e1NgbnxV3q3l32sBY9QyFFDE2OfSxmqxjoMM99b4uzkB4eR&#10;z6GWZsArj7tOLpRKpcOW+EODvX1ubHXej04Dpon5ejstXw8vY4rrelK7x0+l9f3d9LQBEe0U/8rw&#10;i8/oUDLT0Y9kgug0ZHPFLpGDVcYO3MiS5RrEUcNCJSnIspD/HcofAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAC6TGLTmAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhADws0QXgAAAACwEAAA8AAAAAAAAAAAAAAAAAQAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="77ACBF6A" id="Rectangle 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:355pt;margin-top:93.9pt;width:16.95pt;height:8.4pt;z-index:251658266;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAukxi05gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9GO0zAQfEfiHyy/0zRVW46o6enUUxHS&#10;AScdfMDWcRILx2vWbtPj61m7vV4Fb4g8WF6vPZ4ZT1a3x8GKg6Zg0NWynEyl0E5hY1xXy+/ftu9u&#10;pAgRXAMWna7lsw7ydv32zWr0lZ5hj7bRJBjEhWr0texj9FVRBNXrAcIEvXbcbJEGiFxSVzQEI6MP&#10;tphNp8tiRGo8odIh8Or9qSnXGb9ttYpf2zboKGwtmVvMI+Vxl8ZivYKqI/C9UWca8A8sBjCOL71A&#10;3UMEsSfzF9RgFGHANk4UDgW2rVE6a2A15fQPNU89eJ21sDnBX2wK/w9WfTk8+UdK1IN/QPUjCIeb&#10;Hlyn74hw7DU0fF2ZjCpGH6rLgVQEPip242ds+GlhHzF7cGxpSICsThyz1c8Xq/UxCsWLs3IxWy6k&#10;UNwqp8vlTX6KAqqXw55C/KhxEGlSS+KXzOBweAgxkYHqZUsmj9Y0W2NtLqjbbSyJA/Crb/OX+bPG&#10;623Wpc0O07ETYlrJKpOwlKFQ7bB5ZpGEp+hw1HnSI/2SYuTY1DL83ANpKewnx0Z9KOfzlLNczBfv&#10;Z1zQdWd33QGnGKqWUYrTdBNP2dx7Ml3PN5VZtMM7Nrc1WfgrqzNZjkb24xzjlL3rOu96/dnWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhADws0QXgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyo3TYkbRqnQkg9AQdaJK7b2E2ixusQO234e5YTHFczmn2v2E6uExc7hNaThvlMgbBU&#10;edNSreHjsHtYgQgRyWDnyWr4tgG25e1NgbnxV3q3l32sBY9QyFFDE2OfSxmqxjoMM99b4uzkB4eR&#10;z6GWZsArj7tOLpRKpcOW+EODvX1ubHXej04Dpon5ejstXw8vY4rrelK7x0+l9f3d9LQBEe0U/8rw&#10;i8/oUDLT0Y9kgug0ZHPFLpGDVcYO3MiS5RrEUcNCJSnIspD/HcofAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAC6TGLTmAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhADws0QXgAAAACwEAAA8AAAAAAAAAAAAAAAAAQAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251631104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42B586E2" wp14:editId="449C0B3C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658277" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42B586E2" wp14:editId="449C0B3C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2147570</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>871855</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1647190" cy="222250"/>
                 <wp:effectExtent l="4445" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="775043601" name="Text Box 102"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1647190" cy="222250"/>
                         </a:xfrm>
@@ -2733,201 +3206,202 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6F971F31" w14:textId="2AC4A9DC" w:rsidR="003C1EEB" w:rsidRPr="009C158B" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
+                          <w:p w14:paraId="6F971F31" w14:textId="1A7E52DD" w:rsidR="003C1EEB" w:rsidRPr="009C158B" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
                             <w:pPr>
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="009C158B">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>July 20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC" w:rsidRPr="009C158B">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00324E77">
+                            <w:r w:rsidR="00712826">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009C158B">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> through June 20</w:t>
                             </w:r>
                             <w:r w:rsidR="0047240D" w:rsidRPr="009C158B">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00324E77">
+                            <w:r w:rsidR="00712826">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="42B586E2" id="Text Box 102" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:169.1pt;margin-top:68.65pt;width:129.7pt;height:17.5pt;z-index:251631104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDr8T0d4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgO0mY14hRdiw4D&#10;ugvQ7QNoWY6F2aJGKbGzrx8lp2m2vhXzgyCK0uE5h/T6euw7sdfkDdpS5rO5FNoqrI3dlvLH9/t3&#10;76XwAWwNHVpdyoP28nrz9s16cIVeYItdrUkwiPXF4ErZhuCKLPOq1T34GTptOdkg9RA4pG1WEwyM&#10;3nfZYj6/zAak2hEq7T2f3k1JuUn4TaNV+No0XgfRlZK5hbRSWqu4Zps1FFsC1xp1pAGvYNGDsVz0&#10;BHUHAcSOzAuo3ihCj02YKewzbBqjdNLAavL5P2oeW3A6aWFzvDvZ5P8frPqyf3TfSITxA47cwCTC&#10;uwdUP72weNuC3eobIhxaDTUXzqNl2eB8cXwarfaFjyDV8BlrbjLsAiagsaE+usI6BaNzAw4n0/UY&#10;hIolL5er/IpTinML/i5SVzIonl478uGjxl7ETSmJm5rQYf/gQ2QDxdOVWMzivem61NjO/nXAF+NJ&#10;Yh8JT9TDWI3C1KVcRWlRTIX1geUQTuPC482bFum3FAOPSin9rx2QlqL7ZNmSq3y5jLOVguXFasEB&#10;nWeq8wxYxVClDFJM29swzePOkdm2XGlqgsUbtrExSeEzqyN9Hock/Di6cd7O43Tr+Qfb/AEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPzSphLfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I&#10;/IfISNxYQsPWrTSdEIgriPEhccsar61onKrJ1vLvMSc42u+j14/L7ex7ccIxdoEMXC8UCKQ6uI4a&#10;A2+vj1drEDFZcrYPhAa+McK2Oj8rbeHCRC942qVGcAnFwhpoUxoKKWPdordxEQYkzg5h9DbxODbS&#10;jXbict/LTKmV9LYjvtDaAe9brL92R2/g/enw+XGjnpsHvxymMCtJfiONubyY725BJJzTHwy/+qwO&#10;FTvtw5FcFL0BrdcZoxzoXINgYrnJVyD2vMkzDbIq5f8fqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6/E9HeMBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA/NKmEt8AAAALAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="42B586E2" id="Text Box 102" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:169.1pt;margin-top:68.65pt;width:129.7pt;height:17.5pt;z-index:251658277;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDr8T0d4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgO0mY14hRdiw4D&#10;ugvQ7QNoWY6F2aJGKbGzrx8lp2m2vhXzgyCK0uE5h/T6euw7sdfkDdpS5rO5FNoqrI3dlvLH9/t3&#10;76XwAWwNHVpdyoP28nrz9s16cIVeYItdrUkwiPXF4ErZhuCKLPOq1T34GTptOdkg9RA4pG1WEwyM&#10;3nfZYj6/zAak2hEq7T2f3k1JuUn4TaNV+No0XgfRlZK5hbRSWqu4Zps1FFsC1xp1pAGvYNGDsVz0&#10;BHUHAcSOzAuo3ihCj02YKewzbBqjdNLAavL5P2oeW3A6aWFzvDvZ5P8frPqyf3TfSITxA47cwCTC&#10;uwdUP72weNuC3eobIhxaDTUXzqNl2eB8cXwarfaFjyDV8BlrbjLsAiagsaE+usI6BaNzAw4n0/UY&#10;hIolL5er/IpTinML/i5SVzIonl478uGjxl7ETSmJm5rQYf/gQ2QDxdOVWMzivem61NjO/nXAF+NJ&#10;Yh8JT9TDWI3C1KVcRWlRTIX1geUQTuPC482bFum3FAOPSin9rx2QlqL7ZNmSq3y5jLOVguXFasEB&#10;nWeq8wxYxVClDFJM29swzePOkdm2XGlqgsUbtrExSeEzqyN9Hock/Di6cd7O43Tr+Qfb/AEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPzSphLfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I&#10;/IfISNxYQsPWrTSdEIgriPEhccsar61onKrJ1vLvMSc42u+j14/L7ex7ccIxdoEMXC8UCKQ6uI4a&#10;A2+vj1drEDFZcrYPhAa+McK2Oj8rbeHCRC942qVGcAnFwhpoUxoKKWPdordxEQYkzg5h9DbxODbS&#10;jXbict/LTKmV9LYjvtDaAe9brL92R2/g/enw+XGjnpsHvxymMCtJfiONubyY725BJJzTHwy/+qwO&#10;FTvtw5FcFL0BrdcZoxzoXINgYrnJVyD2vMkzDbIq5f8fqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6/E9HeMBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA/NKmEt8AAAALAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="6F971F31" w14:textId="2AC4A9DC" w:rsidR="003C1EEB" w:rsidRPr="009C158B" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
+                    <w:p w14:paraId="6F971F31" w14:textId="1A7E52DD" w:rsidR="003C1EEB" w:rsidRPr="009C158B" w:rsidRDefault="00473AF1" w:rsidP="003C1EEB">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009C158B">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>July 20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC" w:rsidRPr="009C158B">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00324E77">
+                      <w:r w:rsidR="00712826">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009C158B">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> through June 20</w:t>
                       </w:r>
                       <w:r w:rsidR="0047240D" w:rsidRPr="009C158B">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00324E77">
+                      <w:r w:rsidR="00712826">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251629056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="490460FF" wp14:editId="4F346E18">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658275" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="490460FF" wp14:editId="4F346E18">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2497455</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>897255</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="974090" cy="182880"/>
                 <wp:effectExtent l="1905" t="3810" r="0" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="658007458" name="Rectangle 95"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="974090" cy="182880"/>
                         </a:xfrm>
@@ -2948,63 +3422,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7CB4FA53" id="Rectangle 95" o:spid="_x0000_s1026" style="position:absolute;margin-left:196.65pt;margin-top:70.65pt;width:76.7pt;height:14.4pt;z-index:251629056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuDLK05gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1V2DZqulp1VYS0&#10;wEoLHzB1nMTC8Zix23T5esZut1vBDZGD5fF4nt+beVndHgcrDpqCQVfLcjKVQjuFjXFdLb9/275b&#10;SBEiuAYsOl3LZx3k7frtm9XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu042SINEDmkrmgIRkYf&#10;bDGbTj8UI1LjCZUOgU/vT0m5zvhtq1X82rZBR2FrydxiXimvu7QW6xVUHYHvjTrTgH9gMYBx/OgF&#10;6h4iiD2Zv6AGowgDtnGicCiwbY3SWQOrKad/qHnqweushZsT/KVN4f/Bqi+HJ/9IiXrwD6h+BOFw&#10;04Pr9B0Rjr2Ghp8rU6OK0YfqUpCCwKViN37GhkcL+4i5B8eWhgTI6sQxt/r50mp9jELx4fJmPl3y&#10;QBSnysVsscijKKB6KfYU4keNg0ibWhJPMoPD4SHERAaqlyuZPFrTbI21OaBut7EkDsBT3+Yv82eN&#10;19esS5cdprITYjrJKpOw5KFQ7bB5ZpGEJ+uw1XnTI/2SYmTb1DL83ANpKewnx41alvN58lkO5u9v&#10;ZhzQdWZ3nQGnGKqWUYrTdhNP3tx7Ml3PL5VZtMM7bm5rsvBXVmeybI3cj7ONk/eu43zr9Wdb/wYA&#10;AP//AwBQSwMEFAAGAAgAAAAhAE1hbcjfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYUtp1rDSdENJOwIENiavXZG1F45Qm3cq/x5zYzfZ7ev5euZldL052DJ0nDclCgbBU&#10;e9NRo+Fjv717ABEiksHek9XwYwNsquurEgvjz/RuT7vYCA6hUKCGNsahkDLUrXUYFn6wxNrRjw4j&#10;r2MjzYhnDne9vFcqlw474g8tDva5tfXXbnIaMM/M99sxfd2/TDmum1ltl59K69ub+ekRRLRz/DfD&#10;Hz6jQ8VMBz+RCaLXkK7TlK0sZAkP7Fhm+QrEgS8rlYCsSnnZofoFAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAbgyytOYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEATWFtyN8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="119953FE" id="Rectangle 95" o:spid="_x0000_s1026" style="position:absolute;margin-left:196.65pt;margin-top:70.65pt;width:76.7pt;height:14.4pt;z-index:251658275;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuDLK05gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1V2DZqulp1VYS0&#10;wEoLHzB1nMTC8Zix23T5esZut1vBDZGD5fF4nt+beVndHgcrDpqCQVfLcjKVQjuFjXFdLb9/275b&#10;SBEiuAYsOl3LZx3k7frtm9XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu042SINEDmkrmgIRkYf&#10;bDGbTj8UI1LjCZUOgU/vT0m5zvhtq1X82rZBR2FrydxiXimvu7QW6xVUHYHvjTrTgH9gMYBx/OgF&#10;6h4iiD2Zv6AGowgDtnGicCiwbY3SWQOrKad/qHnqweushZsT/KVN4f/Bqi+HJ/9IiXrwD6h+BOFw&#10;04Pr9B0Rjr2Ghp8rU6OK0YfqUpCCwKViN37GhkcL+4i5B8eWhgTI6sQxt/r50mp9jELx4fJmPl3y&#10;QBSnysVsscijKKB6KfYU4keNg0ibWhJPMoPD4SHERAaqlyuZPFrTbI21OaBut7EkDsBT3+Yv82eN&#10;19esS5cdprITYjrJKpOw5KFQ7bB5ZpGEJ+uw1XnTI/2SYmTb1DL83ANpKewnx41alvN58lkO5u9v&#10;ZhzQdWZ3nQGnGKqWUYrTdhNP3tx7Ml3PL5VZtMM7bm5rsvBXVmeybI3cj7ONk/eu43zr9Wdb/wYA&#10;AP//AwBQSwMEFAAGAAgAAAAhAE1hbcjfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYUtp1rDSdENJOwIENiavXZG1F45Qm3cq/x5zYzfZ7ev5euZldL052DJ0nDclCgbBU&#10;e9NRo+Fjv717ABEiksHek9XwYwNsquurEgvjz/RuT7vYCA6hUKCGNsahkDLUrXUYFn6wxNrRjw4j&#10;r2MjzYhnDne9vFcqlw474g8tDva5tfXXbnIaMM/M99sxfd2/TDmum1ltl59K69ub+ekRRLRz/DfD&#10;Hz6jQ8VMBz+RCaLXkK7TlK0sZAkP7Fhm+QrEgS8rlYCsSnnZofoFAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAbgyytOYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEATWFtyN8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251650560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01BC114C" wp14:editId="7AE1C9E5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01BC114C" wp14:editId="7AE1C9E5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-19050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>648335</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="914400" cy="279400"/>
                 <wp:effectExtent l="0" t="2540" r="0" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="818501104" name="Text Box 133"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="914400" cy="279400"/>
                         </a:xfrm>
@@ -3015,145 +3490,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="420ACECA" w14:textId="7F2AB790" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
+                          <w:p w14:paraId="420ACECA" w14:textId="09EFA5D5" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>4/30/</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00273053">
+                            <w:r w:rsidR="00712826">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="01BC114C" id="Text Box 133" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-1.5pt;margin-top:51.05pt;width:1in;height:22pt;z-index:251650560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx55pb3wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mrwrao6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+x0XYE3xIt1vnO++77vLpvraejF3iBZcKVcLnIpjNNQW9eW8tvX+zeX&#10;UlBQrlY9OFPKgyF5vX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwXG8BBBb5im9WoRkYf&#10;+myV5++yEbD2CNoQcfZuLsptwm8ao8Nj05AJoi8lcwvpxHRW8cy2G1W0qHxn9ZGG+gcWg7KOm56g&#10;7lRQYof2L6jBagSCJiw0DBk0jdUmaWA1y/wPNU+d8iZpYXPIn2yi/werP++f/BcUYXoPEw8wiSD/&#10;APo7CQe3nXKtuUGEsTOq5sbLaFk2eiqOn0arqaAIUo2foOYhq12ABDQ1OERXWKdgdB7A4WS6mYLQ&#10;nLxartc5VzSXVhdXMY4dVPH8sUcKHwwMIgalRJ5pAlf7Bwrz0+cnsZeDe9v3aa69+y3BmDGTyEe+&#10;M/MwVZOwdSkvY9+opYL6wGoQ5m3h7eagA/wpxcibUkr6sVNopOg/OnYkCeDVSpf124sVi8HzSnVe&#10;UU4zVCmDFHN4G+Z13Hm0bced5hk4uGEXG5sUvrA60udtSB4dNzeu2/k9vXr5v7a/AAAA//8DAFBL&#10;AwQUAAYACAAAACEATVhwSt0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8h8hI&#10;3DanY0xQmk4IxBXE+CNxyxqvrWicqsnW8u1xT3Czn5+ef6/YTr5TJxpiG9hAttSgiKvgWq4NvL89&#10;LW5AxWTZ2S4wGfihCNvy/KywuQsjv9Jpl2olIRxza6BJqc8RY9WQt3EZemK5HcLgbZJ1qNENdpRw&#10;3+FK6w1627J8aGxPDw1V37ujN/DxfPj6XOuX+tFf92OYNLK/RWMuL6b7O1CJpvRnhhlf0KEUpn04&#10;souqM7C4kipJdL3KQM2GdSbKfh42GWBZ4P8K5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAMeeaW98BAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEATVhwSt0AAAAKAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="01BC114C" id="Text Box 133" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-1.5pt;margin-top:51.05pt;width:1in;height:22pt;z-index:251658296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx55pb3wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mrwrao6TQ2DSEN&#10;hjT4AY7jJBaJz9y5Tcqv5+x0XYE3xIt1vnO++77vLpvraejF3iBZcKVcLnIpjNNQW9eW8tvX+zeX&#10;UlBQrlY9OFPKgyF5vX39ajP6wqygg742KBjEUTH6UnYh+CLLSHdmULQAbxwXG8BBBb5im9WoRkYf&#10;+myV5++yEbD2CNoQcfZuLsptwm8ao8Nj05AJoi8lcwvpxHRW8cy2G1W0qHxn9ZGG+gcWg7KOm56g&#10;7lRQYof2L6jBagSCJiw0DBk0jdUmaWA1y/wPNU+d8iZpYXPIn2yi/werP++f/BcUYXoPEw8wiSD/&#10;APo7CQe3nXKtuUGEsTOq5sbLaFk2eiqOn0arqaAIUo2foOYhq12ABDQ1OERXWKdgdB7A4WS6mYLQ&#10;nLxartc5VzSXVhdXMY4dVPH8sUcKHwwMIgalRJ5pAlf7Bwrz0+cnsZeDe9v3aa69+y3BmDGTyEe+&#10;M/MwVZOwdSkvY9+opYL6wGoQ5m3h7eagA/wpxcibUkr6sVNopOg/OnYkCeDVSpf124sVi8HzSnVe&#10;UU4zVCmDFHN4G+Z13Hm0bced5hk4uGEXG5sUvrA60udtSB4dNzeu2/k9vXr5v7a/AAAA//8DAFBL&#10;AwQUAAYACAAAACEATVhwSt0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8h8hI&#10;3DanY0xQmk4IxBXE+CNxyxqvrWicqsnW8u1xT3Czn5+ef6/YTr5TJxpiG9hAttSgiKvgWq4NvL89&#10;LW5AxWTZ2S4wGfihCNvy/KywuQsjv9Jpl2olIRxza6BJqc8RY9WQt3EZemK5HcLgbZJ1qNENdpRw&#10;3+FK6w1627J8aGxPDw1V37ujN/DxfPj6XOuX+tFf92OYNLK/RWMuL6b7O1CJpvRnhhlf0KEUpn04&#10;souqM7C4kipJdL3KQM2GdSbKfh42GWBZ4P8K5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAMeeaW98BAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEATVhwSt0AAAAKAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="420ACECA" w14:textId="7F2AB790" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
+                    <w:p w14:paraId="420ACECA" w14:textId="09EFA5D5" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>4/30/</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00273053">
+                      <w:r w:rsidR="00712826">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251649536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26F04297" wp14:editId="28F770E5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658295" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26F04297" wp14:editId="28F770E5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>69850</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>693420</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="336550" cy="163195"/>
                 <wp:effectExtent l="3175" t="0" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1039952019" name="Rectangle 132"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="336550" cy="163195"/>
                         </a:xfrm>
@@ -3174,702 +3650,376 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="25059E2A" id="Rectangle 132" o:spid="_x0000_s1026" style="position:absolute;margin-left:5.5pt;margin-top:54.6pt;width:26.5pt;height:12.85pt;z-index:251649536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArXfks5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817L8aiNYDgIHLgqk&#10;TYE0H0BRlESU4rJL2rL79V1SjmO0t6A6EFzucrgzO1rfHnvDDgq9BlvyfDLlTFkJtbZtyZ9/7D58&#10;4swHYWthwKqSn5Tnt5v379aDK9QMOjC1QkYg1heDK3kXgiuyzMtO9cJPwClLyQawF4FCbLMaxUDo&#10;vclm0+kqGwBrhyCV93R6Pyb5JuE3jZLhsWm8CsyUnHoLacW0VnHNNmtRtChcp+W5DfGGLnqhLT16&#10;gboXQbA96n+gei0RPDRhIqHPoGm0VIkDscmnf7F56oRTiQuJ491FJv//YOW3w5P7jrF17x5A/vTM&#10;wrYTtlV3iDB0StT0XB6Fygbni8uFGHi6yqrhK9Q0WrEPkDQ4NthHQGLHjknq00VqdQxM0uF8vlou&#10;aSCSUvlqnt8s0wuieLns0IfPCnoWNyVHmmQCF4cHH2IzongpSc2D0fVOG5MCbKutQXYQNPVd+s7o&#10;/rrM2FhsIV4bEeNJYhmJRQ/5ooL6RCQRRuuQ1WnTAf7mbCDblNz/2gtUnJkvloS6yReL6LMULJYf&#10;ZxTgdaa6zggrCarkgbNxuw2jN/cOddvRS3kibeGOxG10Iv7a1blZskbS42zj6L3rOFW9/mybPwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIMj6C/cAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQ&#10;vCP1H6xF4kbttiEiIU6FkHoCDrSVet3GbhIRr9PYacPfs5zoaTUPzc4U68l14mKH0HrSsJgrEJYq&#10;b1qqNex3m8dnECEiGew8WQ0/NsC6nN0VmBt/pS972cZacAiFHDU0Mfa5lKFqrMMw970l1k5+cBgZ&#10;DrU0A1453HVyqVQqHbbEHxrs7Vtjq+/t6DRgmpjz52n1sXsfU8zqSW2eDkrrh/vp9QVEtFP8N8Nf&#10;fa4OJXc6+pFMEB3jBU+JfFW2BMGGNGHiyMQqyUCWhbxdUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAK135LOYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAgyPoL9wAAAAJAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="5B544AB6" id="Rectangle 132" o:spid="_x0000_s1026" style="position:absolute;margin-left:5.5pt;margin-top:54.6pt;width:26.5pt;height:12.85pt;z-index:251658295;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArXfks5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817L8aiNYDgIHLgqk&#10;TYE0H0BRlESU4rJL2rL79V1SjmO0t6A6EFzucrgzO1rfHnvDDgq9BlvyfDLlTFkJtbZtyZ9/7D58&#10;4swHYWthwKqSn5Tnt5v379aDK9QMOjC1QkYg1heDK3kXgiuyzMtO9cJPwClLyQawF4FCbLMaxUDo&#10;vclm0+kqGwBrhyCV93R6Pyb5JuE3jZLhsWm8CsyUnHoLacW0VnHNNmtRtChcp+W5DfGGLnqhLT16&#10;gboXQbA96n+gei0RPDRhIqHPoGm0VIkDscmnf7F56oRTiQuJ491FJv//YOW3w5P7jrF17x5A/vTM&#10;wrYTtlV3iDB0StT0XB6Fygbni8uFGHi6yqrhK9Q0WrEPkDQ4NthHQGLHjknq00VqdQxM0uF8vlou&#10;aSCSUvlqnt8s0wuieLns0IfPCnoWNyVHmmQCF4cHH2IzongpSc2D0fVOG5MCbKutQXYQNPVd+s7o&#10;/rrM2FhsIV4bEeNJYhmJRQ/5ooL6RCQRRuuQ1WnTAf7mbCDblNz/2gtUnJkvloS6yReL6LMULJYf&#10;ZxTgdaa6zggrCarkgbNxuw2jN/cOddvRS3kibeGOxG10Iv7a1blZskbS42zj6L3rOFW9/mybPwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIMj6C/cAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQ&#10;vCP1H6xF4kbttiEiIU6FkHoCDrSVet3GbhIRr9PYacPfs5zoaTUPzc4U68l14mKH0HrSsJgrEJYq&#10;b1qqNex3m8dnECEiGew8WQ0/NsC6nN0VmBt/pS972cZacAiFHDU0Mfa5lKFqrMMw970l1k5+cBgZ&#10;DrU0A1453HVyqVQqHbbEHxrs7Vtjq+/t6DRgmpjz52n1sXsfU8zqSW2eDkrrh/vp9QVEtFP8N8Nf&#10;fa4OJXc6+pFMEB3jBU+JfFW2BMGGNGHiyMQqyUCWhbxdUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAK135LOYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAgyPoL9wAAAAJAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="0056698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A375440" wp14:editId="5397F3D7">
-[...2 lines deleted...]
-            <wp:docPr id="4" name="Picture 15"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F218357" wp14:editId="78FADC45">
+            <wp:extent cx="5943600" cy="2951480"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:docPr id="485663963" name="Picture 130"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="485663963" name="Picture 485663963"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5947410" cy="2934335"/>
+                      <a:ext cx="5943600" cy="2951480"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8436C6" w14:textId="77777777" w:rsidR="00094AD0" w:rsidRDefault="00A9170F">
-      <w:r>
+    <w:p w14:paraId="6C8436C6" w14:textId="1DD5036A" w:rsidR="00094AD0" w:rsidRPr="00D24F02" w:rsidRDefault="00A9170F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 5: Profit &amp; Loss Budget Overview by class.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27364317" w14:textId="0CA08BF4" w:rsidR="00A9170F" w:rsidRDefault="00036C0A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="27364317" w14:textId="2E04DAD9" w:rsidR="00A9170F" w:rsidRPr="00D24F02" w:rsidRDefault="00287812">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251703808" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35ADF446" wp14:editId="0DEE0AEF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658347" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D80E7B6" wp14:editId="57486D31">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3895725</wp:posOffset>
+                  <wp:posOffset>2440305</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>919162</wp:posOffset>
-[...381 lines deleted...]
-                  <wp:posOffset>913130</wp:posOffset>
+                  <wp:posOffset>920750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="769620" cy="188595"/>
                 <wp:effectExtent l="0" t="635" r="3175" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="53987747" name="Text Box 279"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="769620" cy="188595"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="59E3D464" w14:textId="2D94AA91" w:rsidR="00D753F5" w:rsidRPr="00E61354" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                          <w:p w14:paraId="59E3D464" w14:textId="4CFFF7C2" w:rsidR="00D753F5" w:rsidRPr="00E61354" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00036C0A">
+                            <w:r w:rsidR="004F3C8B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – June </w:t>
                             </w:r>
                             <w:r w:rsidR="0047240D">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00036C0A">
+                            <w:r w:rsidR="004F3C8B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6D80E7B6" id="Text Box 279" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;margin-left:189.65pt;margin-top:71.9pt;width:60.6pt;height:14.85pt;z-index:251702784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPqrs+4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0Fu2zAQvBfoHwjea1mG7diC5SBNkKJA&#10;2hRI+wCKIi2iEpdd0pbc13dJOY7b3oJcCJJLzc7MjjbXQ9eyg0JvwJY8n0w5U1ZCbeyu5D++339Y&#10;ceaDsLVowaqSH5Xn19v37za9K9QMGmhrhYxArC96V/ImBFdkmZeN6oSfgFOWihqwE4GOuMtqFD2h&#10;d202m06XWQ9YOwSpvKfbu7HItwlfayXDo9ZeBdaWnLiFtGJaq7hm240odihcY+SJhngFi04YS03P&#10;UHciCLZH8x9UZySCBx0mEroMtDZSJQ2kJp/+o+apEU4lLWSOd2eb/NvByq+HJ/cNWRg+wkADTCK8&#10;ewD50zMLt42wO3WDCH2jRE2N82hZ1jtfnD6NVvvCR5Cq/wI1DVnsAySgQWMXXSGdjNBpAMez6WoI&#10;TNLl1XK9nFFFUilfrRbrReogiuePHfrwSUHH4qbkSDNN4OLw4EMkI4rnJ7GXhXvTtmmurf3rgh7G&#10;m0Q+8h2Zh6EamKmpeZIWxVRQH0kOwhgXijdtGsDfnPUUlZL7X3uBirP2syVL1vl8HrOVDvPFVVSD&#10;l5XqsiKsJKiSB87G7W0Y87h3aHYNdRqHYOGGbNQmSXxhdeJPcUjKT9GNebs8p1cvP9j2DwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPdpfRHeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNzoGtJQGuJUCMQVRPmRuLnxNomI11HsNuHtWU5w3JlPszPlZva9OtIYu8AGLhcaFHEdXMeN&#10;gbfXx4sbUDFZdrYPTAa+KcKmOj0pbeHCxC903KZGSQjHwhpoUxoKxFi35G1chIFYvH0YvU1yjg26&#10;0U4S7nu80voave1YPrR2oPuW6q/twRt4f9p/fiz1c/Pg82EKs0b2azTm/Gy+uwWVaE5/MPzWl+pQ&#10;SaddOLCLqjeQrdaZoGIsM9kgRK51DmonyirLAasS/2+ofgAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBPqrs+4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQD3aX0R3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="6D80E7B6" id="Text Box 279" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:192.15pt;margin-top:72.5pt;width:60.6pt;height:14.85pt;z-index:251658347;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6eqM/4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0Fu2zAQvBfoHwjea1mG7diC5SBNkKJA&#10;2hRI+wCKIi2iEpdd0pbc13dJOY7b3oJcCJJLzc7MjjbXQ9eyg0JvwJY8n0w5U1ZCbeyu5D++339Y&#10;ceaDsLVowaqSH5Xn19v37za9K9QMGmhrhYxArC96V/ImBFdkmZeN6oSfgFOWihqwE4GOuMtqFD2h&#10;d202m06XWQ9YOwSpvKfbu7HItwlfayXDo9ZeBdaWnLiFtGJaq7hm240odihcY+SJhngFi04YS03P&#10;UHciCLZH8x9UZySCBx0mEroMtDZSJQ2kJp/+o+apEU4lLWSOd2eb/NvByq+HJ/cNWRg+wkADTCK8&#10;ewD50zMLt42wO3WDCH2jRE2N82hZ1jtfnD6NVvvCR5Cq/wI1DVnsAySgQWMXXSGdjNBpAMez6WoI&#10;TNLl1XK9nFFFUilfrRbrReogiuePHfrwSUHH4qbkSDNN4OLw4EMkI4rnJ7GXhXvTtmmurf3rgh7G&#10;m0Q+8h2Zh6EamKlLvo59o5YK6iOpQRjTQummTQP4m7OeklJy/2svUHHWfrbkyDqfz2O00mG+uIpi&#10;8LJSXVaElQRV8sDZuL0NYxz3Ds2uoU7jDCzckIvaJIUvrE70KQ1J+Cm5MW6X5/Tq5f/a/gEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAH9Ov5veAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNyoDY37k8apEIgriBaQuLnxNomI11HsNuHtWU5w3JlPszPFdvKdOOMQ20AGbmcKBFIVXEu1&#10;gbf9080KREyWnO0CoYFvjLAtLy8Km7sw0iued6kWHEIxtwaalPpcylg16G2chR6JvWMYvE18DrV0&#10;gx053HfyTqmF9LYl/tDYHh8arL52J2/g/fn4+ZGpl/rR634Mk5Lk19KY66vpfgMi4ZT+YPitz9Wh&#10;5E6HcCIXRWdgvsrmjLKRaR7FhFZagziwssyWIMtC/t9Q/gAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQC6eqM/4wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQB/Tr+b3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="59E3D464" w14:textId="2D94AA91" w:rsidR="00D753F5" w:rsidRPr="00E61354" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                    <w:p w14:paraId="59E3D464" w14:textId="4CFFF7C2" w:rsidR="00D753F5" w:rsidRPr="00E61354" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00036C0A">
+                      <w:r w:rsidR="004F3C8B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – June </w:t>
                       </w:r>
                       <w:r w:rsidR="0047240D">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00036C0A">
+                      <w:r w:rsidR="004F3C8B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="001162AF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75B3B8AF" wp14:editId="6447B5B5">
+            <wp:extent cx="5943600" cy="3228340"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1858004100" name="Picture 129"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1858004100" name="Picture 1858004100"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="3228340"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00935F25" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251621888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0546197F" wp14:editId="50FD53C3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658268" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0546197F" wp14:editId="58F17682">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2467610</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>978535</wp:posOffset>
+                  <wp:posOffset>985520</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="516890" cy="69850"/>
                 <wp:effectExtent l="635" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="194068255" name="Rectangle 79"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="516890" cy="69850"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
@@ -3884,63 +4034,748 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="292DAE52" id="Rectangle 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:194.3pt;margin-top:77.05pt;width:40.7pt;height:5.5pt;z-index:251621888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGdOr25gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XkIQUIgIqxUrqkrb&#10;i7TtBziOk1h1PO7YEOjXd+ywLOq+rZoHy+PxHJ8zc7K5O/WGHRV6Dbbk+WTKmbISam3bkv/8sf+w&#10;4swHYWthwKqSn5Xnd9v37zaDK9QMOjC1QkYg1heDK3kXgiuyzMtO9cJPwClLyQawF4FCbLMaxUDo&#10;vclm0+kyGwBrhyCV93T6MCb5NuE3jZLhW9N4FZgpOXELacW0VnHNthtRtChcp+WFhngDi15oS49e&#10;oR5EEOyA+hVUryWChyZMJPQZNI2WKmkgNfn0HzVPnXAqaaHmeHdtk/9/sPLr8cl9x0jdu0eQvzyz&#10;sOuEbdU9IgydEjU9l8dGZYPzxbUgBp5KWTV8gZpGKw4BUg9ODfYRkNSxU2r1+dpqdQpM0uEiX67W&#10;NBBJqeV6tUiTyETxXOvQh08KehY3JUcaZMIWx0cfIhdRPF9J3MHoeq+NSQG21c4gOwoa+j59iT5J&#10;vL1mbLxsIZaNiPEkiYy6ooV8UUF9Jo0Io3PI6bTpAP9wNpBrSu5/HwQqzsxnS31a5/N5tFkK5ouP&#10;MwrwNlPdZoSVBFXywNm43YXRmgeHuu3opTyJtnBPvW10Ev7C6kKWnJH6cXFxtN5tnG69/GvbvwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAPeqvcHfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoHZqEEOJUCKkn4ECLxHUbb5OI2A6x04a/ZznBcWeeZmeqzWIHcaIp9N5pSFYKBLnG&#10;m961Gt7325sCRIjoDA7ekYZvCrCpLy8qLI0/uzc67WIrOMSFEjV0MY6llKHpyGJY+ZEce0c/WYx8&#10;Tq00E5453A7yVqlcWuwdf+hwpKeOms/dbDVgnpqv1+P6Zf8853jfLmqbfSitr6+WxwcQkZb4B8Nv&#10;fa4ONXc6+NmZIAYN66LIGWUjSxMQTKR3itcdWMmzBGRdyf8b6h8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxnTq9uYBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA96q9wd8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7B3BDDED" id="Rectangle 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:194.3pt;margin-top:77.6pt;width:40.7pt;height:5.5pt;z-index:251658268;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGdOr25gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XkIQUIgIqxUrqkrb&#10;i7TtBziOk1h1PO7YEOjXd+ywLOq+rZoHy+PxHJ8zc7K5O/WGHRV6Dbbk+WTKmbISam3bkv/8sf+w&#10;4swHYWthwKqSn5Xnd9v37zaDK9QMOjC1QkYg1heDK3kXgiuyzMtO9cJPwClLyQawF4FCbLMaxUDo&#10;vclm0+kyGwBrhyCV93T6MCb5NuE3jZLhW9N4FZgpOXELacW0VnHNthtRtChcp+WFhngDi15oS49e&#10;oR5EEOyA+hVUryWChyZMJPQZNI2WKmkgNfn0HzVPnXAqaaHmeHdtk/9/sPLr8cl9x0jdu0eQvzyz&#10;sOuEbdU9IgydEjU9l8dGZYPzxbUgBp5KWTV8gZpGKw4BUg9ODfYRkNSxU2r1+dpqdQpM0uEiX67W&#10;NBBJqeV6tUiTyETxXOvQh08KehY3JUcaZMIWx0cfIhdRPF9J3MHoeq+NSQG21c4gOwoa+j59iT5J&#10;vL1mbLxsIZaNiPEkiYy6ooV8UUF9Jo0Io3PI6bTpAP9wNpBrSu5/HwQqzsxnS31a5/N5tFkK5ouP&#10;MwrwNlPdZoSVBFXywNm43YXRmgeHuu3opTyJtnBPvW10Ev7C6kKWnJH6cXFxtN5tnG69/GvbvwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhABajqxrfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoTdqaEOJUCKkn4ECLxHUbb5OI2A6x04a/ZznBcWeeZmfKzex6caIxdsEbuF0oEOTr&#10;YDvfGHjfb29yEDGht9gHTwa+KcKmurwosbDh7N/otEuN4BAfCzTQpjQUUsa6JYdxEQby7B3D6DDx&#10;OTbSjnjmcNfLTCktHXaeP7Q40FNL9educgZQr+zX63H5sn+eNN43s9quP5Qx11fz4wOIRHP6g+G3&#10;PleHijsdwuRtFL2BZZ5rRtlYrzMQTKzuFK87sKJ1BrIq5f8N1Q8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxnTq9uYBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAFqOrGt8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="009B7A06" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251622912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D4CD1A9" wp14:editId="2D765D2F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658346" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B250B9D" wp14:editId="24EE08A1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2178685</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>248285</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="498475" cy="222250"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1022698596" name="Text Box 278"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="498475" cy="222250"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0C0B5642" w14:textId="09E7D98B" w:rsidR="00D753F5" w:rsidRPr="00473AF1" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00473AF1">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>06/30/20</w:t>
+                            </w:r>
+                            <w:r w:rsidR="000D1E80">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00EC7ACA">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>7</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1B250B9D" id="Text Box 278" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:171.55pt;margin-top:19.55pt;width:39.25pt;height:17.5pt;z-index:251658346;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWptYU4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJkrU14hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lp2m2vhXzgyCK0uE55PHmeuw7sdfkDdpCLmZzKbRVWBnbFPLH9/t3&#10;l1L4ALaCDq0u5EF7eb19+2YzuFwvscWu0iQYxPp8cIVsQ3B5lnnV6h78DJ22nKyReggcUpNVBAOj&#10;9122nM/fZwNS5QiV9p5P76ak3Cb8utYqfK1rr4PoCsncQloprWVcs+0G8obAtUYdacArWPRgLBc9&#10;Qd1BALEj8wKqN4rQYx1mCvsM69oonTSwmsX8HzWPLTidtHBzvDu1yf8/WPVl/+i+kQjjBxx5gEmE&#10;dw+ofnph8bYF2+gbIhxaDRUXXsSWZYPz+fFpbLXPfQQph89Y8ZBhFzABjTX1sSusUzA6D+Bwaroe&#10;g1B8uLq6XF2spVCcWvK3TkPJIH967MiHjxp7ETeFJJ5pAof9gw+RDORPV2Iti/em69JcO/vXAV+M&#10;J4l85DsxD2M5ClOxslQ4iimxOrAcwskubG/etEi/pRjYKoX0v3ZAWoruk+WWXC1Wq+itFKzWF0sO&#10;6DxTnmfAKoYqZJBi2t6GyY87R6ZpudI0BIs33MbaJInPrI782Q5J+dG60W/ncbr1/INt/wAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAHQcyLzeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vEPkSdxY0q0M1jWdEIgraBubxC1rvLaicaomW8vbY07sZFv+9Ptzvh5dKy7Yh8aThmSqQCCV3jZU&#10;afjcvd0/gQjRkDWtJ9TwgwHWxe1NbjLrB9rgZRsrwSEUMqOhjrHLpAxljc6Eqe+QeHfyvTORx76S&#10;tjcDh7tWzpRaSGca4gu16fClxvJ7e3Ya9u+nr0OqPqpX99ANflSS3FJqfTcZn1cgIo7xH4Y/fVaH&#10;gp2O/kw2iFbDPJ0njHKz5MpAOksWII4aHtMEZJHL6w+KXwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBWptYU4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQB0HMi83gAAAAkBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="0C0B5642" w14:textId="09E7D98B" w:rsidR="00D753F5" w:rsidRPr="00473AF1" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00473AF1">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>06/30/20</w:t>
+                      </w:r>
+                      <w:r w:rsidR="000D1E80">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00EC7ACA">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>7</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="009B7A06" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658345" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="773B5981" wp14:editId="5B0603E9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1532255</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>259715</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="529590" cy="222250"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2101354064" name="Text Box 277"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="529590" cy="222250"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4B52471B" w14:textId="402BD72E" w:rsidR="00D753F5" w:rsidRPr="00473AF1" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00473AF1">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>07/1/20</w:t>
+                            </w:r>
+                            <w:r w:rsidR="000D1E80">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00EC7ACA">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="773B5981" id="Text Box 277" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;margin-left:120.65pt;margin-top:20.45pt;width:41.7pt;height:17.5pt;z-index:251658345;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUVNPu4gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJkm0x4hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lp2m2vhXzgyCK0uE55PH2auw7cdDkDdpCLmZzKbRVWBnbFPLH97s3&#10;76XwAWwFHVpdyKP28mr3+tV2cLleYotdpUkwiPX54ArZhuDyLPOq1T34GTptOVkj9RA4pCarCAZG&#10;77tsOZ+/zQakyhEq7T2f3k5JuUv4da1V+FrXXgfRFZK5hbRSWsu4Zrst5A2Ba4060YAXsOjBWC56&#10;hrqFAGJP5hlUbxShxzrMFPYZ1rVROmlgNYv5P2oeWnA6aeHmeHduk/9/sOrL4cF9IxHGDzjyAJMI&#10;7+5R/fTC4k0LttHXRDi0GiouvIgtywbn89PT2Gqf+whSDp+x4iHDPmACGmvqY1dYp2B0HsDx3HQ9&#10;BqH4cL3crDecUZxa8rdOQ8kgf3zsyIePGnsRN4UknmkCh8O9D5EM5I9XYi2Ld6br0lw7+9cBX4wn&#10;iXzkOzEPYzkKU7GyJC2KKbE6shzCyS5sb960SL+lGNgqhfS/9kBaiu6T5ZZsFqtV9FYKVut3Sw7o&#10;MlNeZsAqhipkkGLa3oTJj3tHpmm50jQEi9fcxtokiU+sTvzZDkn5ybrRb5dxuvX0g+3+AAAA//8D&#10;AFBLAwQUAAYACAAAACEAvFoYl98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j9&#10;B2sqsaN205SSNJMKgdiCKA+pOzeeJhHxOIrdJvw9ZgXL0T2690yxm2wnLjT41jHCcqFAEFfOtFwj&#10;vL893dyB8EGz0Z1jQvgmD7tydlXo3LiRX+myD7WIJexzjdCE0OdS+qohq/3C9cQxO7nB6hDPoZZm&#10;0GMst51MlLqVVrccFxrd00ND1df+bBE+nk+Hz1S91I923Y9uUpJtJhGv59P9FkSgKfzB8Ksf1aGM&#10;Tkd3ZuNFh5Cky1VEEVKVgYjAKkk3II4Im3UGsizk/w/KHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAUVNPu4gEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC8WhiX3wAAAAkBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="4B52471B" w14:textId="402BD72E" w:rsidR="00D753F5" w:rsidRPr="00473AF1" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00473AF1">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>07/1/20</w:t>
+                      </w:r>
+                      <w:r w:rsidR="000D1E80">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00EC7ACA">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00036C0A" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658348" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35ADF446" wp14:editId="0DEE0AEF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3895725</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>919162</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="769620" cy="188595"/>
+                <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+                <wp:wrapNone/>
+                <wp:docPr id="230504944" name="Text Box 280"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="769620" cy="188595"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="69C6355C" w14:textId="3DA39C92" w:rsidR="00D753F5" w:rsidRPr="00E61354" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Jul </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F14FCC">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004F3C8B">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> – June </w:t>
+                            </w:r>
+                            <w:r w:rsidR="0047240D">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004F3C8B">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t>7</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="35ADF446" id="Text Box 280" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:306.75pt;margin-top:72.35pt;width:60.6pt;height:14.85pt;z-index:251658348;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDuf9XQ4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0Fu2zAQvBfoHwjea1mG7diC5SBNkKJA&#10;2hRI+wCKIi2iEpdd0pbc13dJOY7b3oJcCJJLzc7MjjbXQ9eyg0JvwJY8n0w5U1ZCbeyu5D++339Y&#10;ceaDsLVowaqSH5Xn19v37za9K9QMGmhrhYxArC96V/ImBFdkmZeN6oSfgFOWihqwE4GOuMtqFD2h&#10;d202m06XWQ9YOwSpvKfbu7HItwlfayXDo9ZeBdaWnLiFtGJaq7hm240odihcY+SJhngFi04YS03P&#10;UHciCLZH8x9UZySCBx0mEroMtDZSJQ2kJp/+o+apEU4lLWSOd2eb/NvByq+HJ/cNWRg+wkADTCK8&#10;ewD50zMLt42wO3WDCH2jRE2N82hZ1jtfnD6NVvvCR5Cq/wI1DVnsAySgQWMXXSGdjNBpAMez6WoI&#10;TNLl1XK9nFFFUilfrRbrReogiuePHfrwSUHH4qbkSDNN4OLw4EMkI4rnJ7GXhXvTtmmurf3rgh7G&#10;m0Q+8h2Zh6EamKmp+Sw2jmIqqI8kB2GMC8WbNg3gb856ikrJ/a+9QMVZ+9mSJet8Po/ZSof54iqq&#10;wctKdVkRVhJUyQNn4/Y2jHncOzS7hjqNQ7BwQzZqkyS+sDrxpzgk5afoxrxdntOrlx9s+wcAAP//&#10;AwBQSwMEFAAGAAgAAAAhAP/3b3LeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I&#10;/IfISNxYMpatUJpOCMQVxGCTuGWN11Y0TtVka/n3eCe42X5Pz98r1pPvxAmH2AYyMJ8pEEhVcC3V&#10;Bj4/Xm7uQMRkydkuEBr4wQjr8vKisLkLI73jaZNqwSEUc2ugSanPpYxVg97GWeiRWDuEwdvE61BL&#10;N9iRw30nb5VaSW9b4g+N7fGpwep7c/QGtq+Hr51Wb/WzX/ZjmJQkfy+Nub6aHh9AJJzSnxnO+IwO&#10;JTPtw5FcFJ2B1XyxZCsLWmcg2JEtzsOeL5nWIMtC/u9Q/gIAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDuf9XQ4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQD/929y3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="69C6355C" w14:textId="3DA39C92" w:rsidR="00D753F5" w:rsidRPr="00E61354" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Jul </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F14FCC">
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004F3C8B">
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> – June </w:t>
+                      </w:r>
+                      <w:r w:rsidR="0047240D">
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004F3C8B">
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t>7</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658349" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67A81156" wp14:editId="3F8C204D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5278755</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>922655</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="769620" cy="188595"/>
+                <wp:effectExtent l="1905" t="635" r="0" b="1270"/>
+                <wp:wrapNone/>
+                <wp:docPr id="111661987" name="Text Box 281"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="769620" cy="188595"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="64AF571D" w14:textId="169D0395" w:rsidR="00D753F5" w:rsidRPr="00E61354" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Jul </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F14FCC">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004F3C8B">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> – June </w:t>
+                            </w:r>
+                            <w:r w:rsidR="0047240D">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004F3C8B">
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                              <w:t>7</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="67A81156" id="Text Box 281" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:415.65pt;margin-top:72.65pt;width:60.6pt;height:14.85pt;z-index:251658349;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOMSA85AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Jc27EFy0GaIEWB&#10;9AGk+QCKIi2iEpdd0pbcr++Schy3uRW9ECSXmp2ZHW2uh65lB4XegC15PplypqyE2thdyZ++379b&#10;ceaDsLVowaqSH5Xn19u3bza9K9QMGmhrhYxArC96V/ImBFdkmZeN6oSfgFOWihqwE4GOuMtqFD2h&#10;d202m06XWQ9YOwSpvKfbu7HItwlfayXDV629CqwtOXELacW0VnHNthtR7FC4xsgTDfEPLDphLDU9&#10;Q92JINgezSuozkgEDzpMJHQZaG2kShpITT79S81jI5xKWsgc7842+f8HK78cHt03ZGH4AAMNMInw&#10;7gHkD88s3DbC7tQNIvSNEjU1zqNlWe98cfo0Wu0LH0Gq/jPUNGSxD5CABo1ddIV0MkKnARzPpqsh&#10;MEmXV8v1ckYVSaV8tVqsF6mDKJ4/dujDRwUdi5uSI800gYvDgw+RjCien8ReFu5N26a5tvaPC3oY&#10;bxL5yHdkHoZqYKam5u9j4yimgvpIchDGuFC8adMA/uKsp6iU3P/cC1SctZ8sWbLO5/OYrXSYL66i&#10;GrysVJcVYSVBlTxwNm5vw5jHvUOza6jTOAQLN2SjNkniC6sTf4pDUn6Kbszb5Tm9evnBtr8BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBULRwR3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SH0Haytxo3Z/XNoQp0IgriBaQOLmxtskIl5HsduEt2c5wW13ZzT7Tb4bfSsu2McmkIH5TIFAKoNr&#10;qDLwdni62YCIyZKzbSA08I0RdsXkKreZCwO94mWfKsEhFDNroE6py6SMZY3exlnokFg7hd7bxGtf&#10;SdfbgcN9KxdKraW3DfGH2nb4UGP5tT97A+/Pp8+PlXqpHr3uhjAqSX4rjbmejvd3IBKO6c8Mv/iM&#10;DgUzHcOZXBStgc1yvmQrCyvNAzu2eqFBHPlyqxXIIpf/OxQ/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAE4xIDzkAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFQtHBHfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="64AF571D" w14:textId="169D0395" w:rsidR="00D753F5" w:rsidRPr="00E61354" w:rsidRDefault="00D753F5" w:rsidP="00D753F5">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Jul </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F14FCC">
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004F3C8B">
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> – June </w:t>
+                      </w:r>
+                      <w:r w:rsidR="0047240D">
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004F3C8B">
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                        <w:t>7</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658269" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D4CD1A9" wp14:editId="2D765D2F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3884930</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>978535</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="543560" cy="76835"/>
                 <wp:effectExtent l="0" t="0" r="635" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="47996386" name="Rectangle 82"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="543560" cy="76835"/>
                         </a:xfrm>
@@ -3961,63 +4796,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="59EABCBA" id="Rectangle 82" o:spid="_x0000_s1026" style="position:absolute;margin-left:305.9pt;margin-top:77.05pt;width:42.8pt;height:6.05pt;z-index:251622912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVmt8l5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XgIssNuIsFqxoqq0&#10;vUjbfsDgOIlVx+OODYF+fceGZVH7VjUPlsczPp5z5mR5f+it2GsKBl0lJ6OxFNoprI1rK/n92+bd&#10;nRQhgqvBotOVPOog71dv3ywHX+opdmhrTYJBXCgHX8kuRl8WRVCd7iGM0GvHyQaph8ghtUVNMDB6&#10;b4vpeLwoBqTaEyodAp8+npJylfGbRqv4pWmCjsJWknuLeaW8btNarJZQtgS+M+rcBvxDFz0Yx49e&#10;oB4hgtiR+QuqN4owYBNHCvsCm8YonTkwm8n4DzbPHXidubA4wV9kCv8PVn3eP/uvlFoP/gnVjyAc&#10;rjtwrX4gwqHTUPNzkyRUMfhQXi6kIPBVsR0+Yc2jhV3ErMGhoT4BMjtxyFIfL1LrQxSKD+ezm/mC&#10;B6I4dbu4u5nnB6B8uespxA8ae5E2lSQeZMaG/VOIqRcoX0py72hNvTHW5oDa7dqS2AMPfZO/M3q4&#10;LrMuFTtM106I6SSTTLyShUK5xfrIHAlPzmGn86ZD+iXFwK6pZPi5A9JS2I+OdXo/mc2SzXIwm99O&#10;OaDrzPY6A04xVCWjFKftOp6sufNk2o5fmmTSDh9Y28Zk4q9dnZtlZ2Q9zi5O1ruOc9Xrv7b6DQAA&#10;//8DAFBLAwQUAAYACAAAACEA0d/VRt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3Kidkhoa4lQIqSfgQIvEdRu7SUS8DrHThr9nOcFxdkYzb8vN7HtxcmPsAhnIFgqEozrY&#10;jhoD7/vtzT2ImJAs9oGcgW8XYVNdXpRY2HCmN3fapUZwCcUCDbQpDYWUsW6dx7gIgyP2jmH0mFiO&#10;jbQjnrnc93KplJYeO+KFFgf31Lr6czd5A6hz+/V6vH3ZP08a182stqsPZcz11fz4ACK5Of2F4Ref&#10;0aFipkOYyEbRG9BZxuiJjVWegeCEXt/lIA580XoJsirl/x+qHwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCVmt8l5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDR39VG3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="473EF3AA" id="Rectangle 82" o:spid="_x0000_s1026" style="position:absolute;margin-left:305.9pt;margin-top:77.05pt;width:42.8pt;height:6.05pt;z-index:251658269;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVmt8l5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XgIssNuIsFqxoqq0&#10;vUjbfsDgOIlVx+OODYF+fceGZVH7VjUPlsczPp5z5mR5f+it2GsKBl0lJ6OxFNoprI1rK/n92+bd&#10;nRQhgqvBotOVPOog71dv3ywHX+opdmhrTYJBXCgHX8kuRl8WRVCd7iGM0GvHyQaph8ghtUVNMDB6&#10;b4vpeLwoBqTaEyodAp8+npJylfGbRqv4pWmCjsJWknuLeaW8btNarJZQtgS+M+rcBvxDFz0Yx49e&#10;oB4hgtiR+QuqN4owYBNHCvsCm8YonTkwm8n4DzbPHXidubA4wV9kCv8PVn3eP/uvlFoP/gnVjyAc&#10;rjtwrX4gwqHTUPNzkyRUMfhQXi6kIPBVsR0+Yc2jhV3ErMGhoT4BMjtxyFIfL1LrQxSKD+ezm/mC&#10;B6I4dbu4u5nnB6B8uespxA8ae5E2lSQeZMaG/VOIqRcoX0py72hNvTHW5oDa7dqS2AMPfZO/M3q4&#10;LrMuFTtM106I6SSTTLyShUK5xfrIHAlPzmGn86ZD+iXFwK6pZPi5A9JS2I+OdXo/mc2SzXIwm99O&#10;OaDrzPY6A04xVCWjFKftOp6sufNk2o5fmmTSDh9Y28Zk4q9dnZtlZ2Q9zi5O1ruOc9Xrv7b6DQAA&#10;//8DAFBLAwQUAAYACAAAACEA0d/VRt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3Kidkhoa4lQIqSfgQIvEdRu7SUS8DrHThr9nOcFxdkYzb8vN7HtxcmPsAhnIFgqEozrY&#10;jhoD7/vtzT2ImJAs9oGcgW8XYVNdXpRY2HCmN3fapUZwCcUCDbQpDYWUsW6dx7gIgyP2jmH0mFiO&#10;jbQjnrnc93KplJYeO+KFFgf31Lr6czd5A6hz+/V6vH3ZP08a182stqsPZcz11fz4ACK5Of2F4Ref&#10;0aFipkOYyEbRG9BZxuiJjVWegeCEXt/lIA580XoJsirl/x+qHwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCVmt8l5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDR39VG3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251623936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="371426E6" wp14:editId="295741AC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658270" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="371426E6" wp14:editId="761B1112">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5313680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>971550</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="515620" cy="76835"/>
                 <wp:effectExtent l="0" t="1905" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1636997646" name="Rectangle 84"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="515620" cy="76835"/>
                         </a:xfrm>
@@ -4038,361 +4874,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="05B724CF" id="Rectangle 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:418.4pt;margin-top:76.5pt;width:40.6pt;height:6.05pt;z-index:251623936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSNWmY5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pu0vUdLXqqghp&#10;YZEWPsB17MTC8Zix27R8PWOn263ghsjB8njGz/PevKzujr1lB4XBgKt5OZlyppyExri25t+/bd/d&#10;chaicI2w4FTNTyrwu/XbN6vBV2oGHdhGISMQF6rB17yL0VdFEWSnehEm4JWjpAbsRaQQ26JBMRB6&#10;b4vZdLosBsDGI0gVAp0+jEm+zvhaKxmftA4qMltz6i3mFfO6S2uxXomqReE7I89tiH/oohfG0aMX&#10;qAcRBduj+QuqNxIhgI4TCX0BWhupMgdiU07/YPPcCa8yFxIn+ItM4f/Byi+HZ/8VU+vBP4L8EZiD&#10;TSdcq+4RYeiUaOi5MglVDD5UlwspCHSV7YbP0NBoxT5C1uCosU+AxI4ds9Sni9TqGJmkw0W5WM5o&#10;IJJSN8vb94v8gKhe7noM8aOCnqVNzZEGmbHF4THE1IuoXkpy72BNszXW5gDb3cYiOwga+jZ/Z/Rw&#10;XWZdKnaQro2I6SSTTLyShUK1g+ZEHBFG55DTadMB/uJsINfUPPzcC1Sc2U+OdPpQzufJZjmYL24S&#10;RbzO7K4zwkmCqnnkbNxu4mjNvUfTdvRSmUk7uCdttcnEX7s6N0vOyHqcXZysdx3nqtd/bf0bAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBgaLlr3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEjcWFpKo640nRDSTsCBDYmr13htRZOUJt3Kv8ec2M32e3r+XrVZ7CBONIXeOw3pKgFBrvGm&#10;d62Gj/32rgARIjqDg3ek4YcCbOrrqwpL48/unU672AoOcaFEDV2MYyllaDqyGFZ+JMfa0U8WI69T&#10;K82EZw63g7xPEiUt9o4/dDjSc0fN1262GlA9mO+3Y/a6f5kVrtsl2eafida3N8vTI4hIS/w3wx8+&#10;o0PNTAc/OxPEoKHIFKNHFvKMS7FjnRY8HPii8hRkXcnLDvUvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANI1aZjkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGBouWvfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="38EE02DC" id="Rectangle 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:418.4pt;margin-top:76.5pt;width:40.6pt;height:6.05pt;z-index:251658270;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSNWmY5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pu0vUdLXqqghp&#10;YZEWPsB17MTC8Zix27R8PWOn263ghsjB8njGz/PevKzujr1lB4XBgKt5OZlyppyExri25t+/bd/d&#10;chaicI2w4FTNTyrwu/XbN6vBV2oGHdhGISMQF6rB17yL0VdFEWSnehEm4JWjpAbsRaQQ26JBMRB6&#10;b4vZdLosBsDGI0gVAp0+jEm+zvhaKxmftA4qMltz6i3mFfO6S2uxXomqReE7I89tiH/oohfG0aMX&#10;qAcRBduj+QuqNxIhgI4TCX0BWhupMgdiU07/YPPcCa8yFxIn+ItM4f/Byi+HZ/8VU+vBP4L8EZiD&#10;TSdcq+4RYeiUaOi5MglVDD5UlwspCHSV7YbP0NBoxT5C1uCosU+AxI4ds9Sni9TqGJmkw0W5WM5o&#10;IJJSN8vb94v8gKhe7noM8aOCnqVNzZEGmbHF4THE1IuoXkpy72BNszXW5gDb3cYiOwga+jZ/Z/Rw&#10;XWZdKnaQro2I6SSTTLyShUK1g+ZEHBFG55DTadMB/uJsINfUPPzcC1Sc2U+OdPpQzufJZjmYL24S&#10;RbzO7K4zwkmCqnnkbNxu4mjNvUfTdvRSmUk7uCdttcnEX7s6N0vOyHqcXZysdx3nqtd/bf0bAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBgaLlr3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEjcWFpKo640nRDSTsCBDYmr13htRZOUJt3Kv8ec2M32e3r+XrVZ7CBONIXeOw3pKgFBrvGm&#10;d62Gj/32rgARIjqDg3ek4YcCbOrrqwpL48/unU672AoOcaFEDV2MYyllaDqyGFZ+JMfa0U8WI69T&#10;K82EZw63g7xPEiUt9o4/dDjSc0fN1262GlA9mO+3Y/a6f5kVrtsl2eafida3N8vTI4hIS/w3wx8+&#10;o0PNTAc/OxPEoKHIFKNHFvKMS7FjnRY8HPii8hRkXcnLDvUvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANI1aZjkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGBouWvfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701760" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B250B9D" wp14:editId="01ED2C33">
-[...297 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251624960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AE5910A" wp14:editId="5D170F91">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658271" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AE5910A" wp14:editId="5D170F91">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2245360</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>296545</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="351790" cy="81915"/>
                 <wp:effectExtent l="0" t="3175" r="3175" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1083927713" name="Rectangle 85"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="351790" cy="81915"/>
                         </a:xfrm>
@@ -4413,63 +4952,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3617A3E4" id="Rectangle 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:176.8pt;margin-top:23.35pt;width:27.7pt;height:6.45pt;z-index:251624960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWbs4q5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1p2W3UdLXqqghp&#10;YZEWPsB17MTC8Zix27R8PWOn263ghsjB8njGz/PevKzujr1lB4XBgKt5OZlyppyExri25t+/bd/d&#10;chaicI2w4FTNTyrwu/XbN6vBV2oGHdhGISMQF6rB17yL0VdFEWSnehEm4JWjpAbsRaQQ26JBMRB6&#10;b4vZdPqhGAAbjyBVCHT6MCb5OuNrrWR80jqoyGzNqbeYV8zrLq3FeiWqFoXvjDy3If6hi14YR49e&#10;oB5EFGyP5i+o3kiEADpOJPQFaG2kyhyITTn9g81zJ7zKXEic4C8yhf8HK78cnv1XTK0H/wjyR2AO&#10;Np1wrbpHhKFToqHnyiRUMfhQXS6kINBVths+Q0OjFfsIWYOjxj4BEjt2zFKfLlKrY2SSDt8vypsl&#10;DURS6rZclov8gKhe7noM8aOCnqVNzZEGmbHF4THE1IuoXkpy72BNszXW5gDb3cYiOwga+jZ/Z/Rw&#10;XWZdKnaQro2I6SSTTLyShUK1g+ZEHBFG55DTadMB/uJsINfUPPzcC1Sc2U+OdFqW83myWQ7mi5sZ&#10;BXid2V1nhJMEVfPI2bjdxNGae4+m7eilMpN2cE/aapOJv3Z1bpackfU4uzhZ7zrOVa//2vo3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAN5Clht4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF&#10;90j8gzVI7KhNkxgSMqkQUlfAog+J7TR2k4jYTmOnDX+PWdHlaI7uPbdczaZnZz36zlmEx4UApm3t&#10;VGcbhP1u/fAMzAeyinpnNcKP9rCqbm9KKpS72I0+b0PDYoj1BSG0IQwF575utSG/cIO28Xd0o6EQ&#10;z7HhaqRLDDc9XwohuaHOxoaWBv3W6vp7OxkEkqk6fR6Tj937JClvZrHOvgTi/d38+gIs6Dn8w/Cn&#10;H9Whik4HN1nlWY+QZImMKEIqn4BFIBV5HHdAyHIJvCr59YLqFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANZuzirlAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADeQpYbeAAAACQEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="2534D23E" id="Rectangle 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:176.8pt;margin-top:23.35pt;width:27.7pt;height:6.45pt;z-index:251658271;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWbs4q5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1p2W3UdLXqqghp&#10;YZEWPsB17MTC8Zix27R8PWOn263ghsjB8njGz/PevKzujr1lB4XBgKt5OZlyppyExri25t+/bd/d&#10;chaicI2w4FTNTyrwu/XbN6vBV2oGHdhGISMQF6rB17yL0VdFEWSnehEm4JWjpAbsRaQQ26JBMRB6&#10;b4vZdPqhGAAbjyBVCHT6MCb5OuNrrWR80jqoyGzNqbeYV8zrLq3FeiWqFoXvjDy3If6hi14YR49e&#10;oB5EFGyP5i+o3kiEADpOJPQFaG2kyhyITTn9g81zJ7zKXEic4C8yhf8HK78cnv1XTK0H/wjyR2AO&#10;Np1wrbpHhKFToqHnyiRUMfhQXS6kINBVths+Q0OjFfsIWYOjxj4BEjt2zFKfLlKrY2SSDt8vypsl&#10;DURS6rZclov8gKhe7noM8aOCnqVNzZEGmbHF4THE1IuoXkpy72BNszXW5gDb3cYiOwga+jZ/Z/Rw&#10;XWZdKnaQro2I6SSTTLyShUK1g+ZEHBFG55DTadMB/uJsINfUPPzcC1Sc2U+OdFqW83myWQ7mi5sZ&#10;BXid2V1nhJMEVfPI2bjdxNGae4+m7eilMpN2cE/aapOJv3Z1bpackfU4uzhZ7zrOVa//2vo3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAN5Clht4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF&#10;90j8gzVI7KhNkxgSMqkQUlfAog+J7TR2k4jYTmOnDX+PWdHlaI7uPbdczaZnZz36zlmEx4UApm3t&#10;VGcbhP1u/fAMzAeyinpnNcKP9rCqbm9KKpS72I0+b0PDYoj1BSG0IQwF575utSG/cIO28Xd0o6EQ&#10;z7HhaqRLDDc9XwohuaHOxoaWBv3W6vp7OxkEkqk6fR6Tj937JClvZrHOvgTi/d38+gIs6Dn8w/Cn&#10;H9Whik4HN1nlWY+QZImMKEIqn4BFIBV5HHdAyHIJvCr59YLqFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANZuzirlAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADeQpYbeAAAACQEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251625984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13FA0B1F" wp14:editId="27CDB7EE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13FA0B1F" wp14:editId="27CDB7EE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1576705</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>285750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="372745" cy="92710"/>
                 <wp:effectExtent l="0" t="1905" r="3175" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="608462904" name="Rectangle 86"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="372745" cy="92710"/>
                         </a:xfrm>
@@ -4490,63 +5030,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="253214B6" id="Rectangle 86" o:spid="_x0000_s1026" style="position:absolute;margin-left:124.15pt;margin-top:22.5pt;width:29.35pt;height:7.3pt;z-index:251625984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnE0/+5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P2yAQfK/U/4B4bxynuaZnxTmdckpV&#10;6fohXfsDNhjbqJilC4mT/vouJJeL2reqfkAsC8PMMF7eHQYr9pqCQVfLcjKVQjuFjXFdLb9/27x5&#10;L0WI4Bqw6HQtjzrIu9XrV8vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9Npxs0UaIHJJXdEQjIw+&#10;2GI2nb4rRqTGEyodAq8+nJpylfHbVqv4pW2DjsLWkrnFPFIet2ksVkuoOgLfG3WmAf/AYgDj+NIL&#10;1ANEEDsyf0ENRhEGbONE4VBg2xqlswZWU07/UPPUg9dZC5sT/MWm8P9g1ef9k/9KiXrwj6h+BOFw&#10;3YPr9D0Rjr2Ghq8rk1HF6EN1OZCKwEfFdvyEDT8t7CJmDw4tDQmQ1YlDtvp4sVofolC8+HYxW8xv&#10;pFDcup0tyvwSBVTPZz2F+EHjINKklsQPmbFh/xhi4gLV85bMHa1pNsbaXFC3XVsSe+BH3+Qv02eJ&#10;19usS5sdpmMnxLSSRSZdKUKh2mJzZI2Ep+Rw0nnSI/2SYuTU1DL83AFpKexHxz7dlvN5ilku5jeL&#10;GRd03dled8AphqpllOI0XcdTNHeeTNfzTWUW7fCevW1NFv7C6kyWk5H9OKc4Re+6zrte/rXVbwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAI6lUIreAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAM&#10;hu9I/IfISNxYwvrBVppOCGkn4MCGxNVrsraicUqTbuXfY07sZsuPXj9vuZldL052DJ0nDfcLBcJS&#10;7U1HjYaP/fZuBSJEJIO9J6vhxwbYVNdXJRbGn+ndnnaxERxCoUANbYxDIWWoW+swLPxgiW9HPzqM&#10;vI6NNCOeOdz1cqlULh12xB9aHOxza+uv3eQ0YJ6a77dj8rp/mXJcN7PaZp9K69ub+ekRRLRz/Ifh&#10;T5/VoWKng5/IBNFrWKarhFENacadGEjUAw8HDdk6B1mV8rJB9QsAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDnE0/+5gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCOpVCK3gAAAAkBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="0AE355F8" id="Rectangle 86" o:spid="_x0000_s1026" style="position:absolute;margin-left:124.15pt;margin-top:22.5pt;width:29.35pt;height:7.3pt;z-index:251658272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnE0/+5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P2yAQfK/U/4B4bxynuaZnxTmdckpV&#10;6fohXfsDNhjbqJilC4mT/vouJJeL2reqfkAsC8PMMF7eHQYr9pqCQVfLcjKVQjuFjXFdLb9/27x5&#10;L0WI4Bqw6HQtjzrIu9XrV8vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9Npxs0UaIHJJXdEQjIw+&#10;2GI2nb4rRqTGEyodAq8+nJpylfHbVqv4pW2DjsLWkrnFPFIet2ksVkuoOgLfG3WmAf/AYgDj+NIL&#10;1ANEEDsyf0ENRhEGbONE4VBg2xqlswZWU07/UPPUg9dZC5sT/MWm8P9g1ef9k/9KiXrwj6h+BOFw&#10;3YPr9D0Rjr2Ghq8rk1HF6EN1OZCKwEfFdvyEDT8t7CJmDw4tDQmQ1YlDtvp4sVofolC8+HYxW8xv&#10;pFDcup0tyvwSBVTPZz2F+EHjINKklsQPmbFh/xhi4gLV85bMHa1pNsbaXFC3XVsSe+BH3+Qv02eJ&#10;19usS5sdpmMnxLSSRSZdKUKh2mJzZI2Ep+Rw0nnSI/2SYuTU1DL83AFpKexHxz7dlvN5ilku5jeL&#10;GRd03dled8AphqpllOI0XcdTNHeeTNfzTWUW7fCevW1NFv7C6kyWk5H9OKc4Re+6zrte/rXVbwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAI6lUIreAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAM&#10;hu9I/IfISNxYwvrBVppOCGkn4MCGxNVrsraicUqTbuXfY07sZsuPXj9vuZldL052DJ0nDfcLBcJS&#10;7U1HjYaP/fZuBSJEJIO9J6vhxwbYVNdXJRbGn+ndnnaxERxCoUANbYxDIWWoW+swLPxgiW9HPzqM&#10;vI6NNCOeOdz1cqlULh12xB9aHOxza+uv3eQ0YJ6a77dj8rp/mXJcN7PaZp9K69ub+ekRRLRz/Ifh&#10;T5/VoWKng5/IBNFrWKarhFENacadGEjUAw8HDdk6B1mV8rJB9QsAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDnE0/+5gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCOpVCK3gAAAAkBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251699712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A89599B" wp14:editId="1958B7CC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658344" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A89599B" wp14:editId="1958B7CC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2467610</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>676910</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1647190" cy="222250"/>
                 <wp:effectExtent l="635" t="2540" r="0" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="728454059" name="Text Box 276"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1647190" cy="222250"/>
                         </a:xfrm>
@@ -4557,201 +5098,202 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4B013C5C" w14:textId="3C00E0C3" w:rsidR="00BF2D04" w:rsidRPr="00BF2D04" w:rsidRDefault="00BF2D04" w:rsidP="00BF2D04">
+                          <w:p w14:paraId="4B013C5C" w14:textId="40E8E8A9" w:rsidR="00BF2D04" w:rsidRPr="00BF2D04" w:rsidRDefault="00BF2D04" w:rsidP="00BF2D04">
                             <w:pPr>
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>July 20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00036C0A">
+                            <w:r w:rsidR="004F3C8B">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> through June 20</w:t>
                             </w:r>
                             <w:r w:rsidR="0090798F">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00036C0A">
+                            <w:r w:rsidR="004F3C8B">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7A89599B" id="Text Box 276" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:194.3pt;margin-top:53.3pt;width:129.7pt;height:17.5pt;z-index:251699712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmel5V4wEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgO0nY14hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lp2m2vQ3zgyCK0uE5h/TmZhp6sdfkDdpS5oulFNoqrI1tS/nt68Ob&#10;t1L4ALaGHq0u5UF7ebN9/WozukKvsMO+1iQYxPpidKXsQnBFlnnV6QH8Ap22nGyQBggcUpvVBCOj&#10;D322Wi4vsxGpdoRKe8+n93NSbhN+02gVPjeN10H0pWRuIa2U1iqu2XYDRUvgOqOONOAfWAxgLBc9&#10;Qd1DALEj8xfUYBShxyYsFA4ZNo1ROmlgNfnyDzVPHTidtLA53p1s8v8PVn3aP7kvJML0DiduYBLh&#10;3SOq715YvOvAtvqWCMdOQ82F82hZNjpfHJ9Gq33hI0g1fsSamwy7gAloamiIrrBOwejcgMPJdD0F&#10;oWLJy/VVfs0pxbkVfxepKxkUz68d+fBe4yDippTETU3osH/0IbKB4vlKLGbxwfR9amxvfzvgi/Ek&#10;sY+EZ+phqiZhamayjtqimgrrA+shnOeF55s3HdJPKUaelVL6HzsgLUX/wbIn1/l6HYcrBeuLqxUH&#10;dJ6pzjNgFUOVMkgxb+/CPJA7R6btuNLcBYu37GNjksQXVkf+PA9J+XF248Cdx+nWyx+2/QUAAP//&#10;AwBQSwMEFAAGAAgAAAAhABWH66PeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;fQdrkbhRuxCsEOJUFYgrFeVH4ubG2yQiXkex24S373KC2+7OaPabcj37XpxwjF0gA6ulAoFUB9dR&#10;Y+D97fk6BxGTJWf7QGjgByOsq8VFaQsXJnrF0y41gkMoFtZAm9JQSBnrFr2NyzAgsXYIo7eJ17GR&#10;brQTh/te3iilpbcd8YfWDvjYYv29O3oDHy+Hr89MbZsnfzdMYVaS/L005upy3jyASDinPzP84jM6&#10;VMy0D0dyUfQGbvNcs5UFpXlgh85ybrfnS7bSIKtS/u9QnQEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBmel5V4wEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAVh+uj3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="7A89599B" id="Text Box 276" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:194.3pt;margin-top:53.3pt;width:129.7pt;height:17.5pt;z-index:251658344;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmel5V4wEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgO0nY14hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lp2m2vQ3zgyCK0uE5h/TmZhp6sdfkDdpS5oulFNoqrI1tS/nt68Ob&#10;t1L4ALaGHq0u5UF7ebN9/WozukKvsMO+1iQYxPpidKXsQnBFlnnV6QH8Ap22nGyQBggcUpvVBCOj&#10;D322Wi4vsxGpdoRKe8+n93NSbhN+02gVPjeN10H0pWRuIa2U1iqu2XYDRUvgOqOONOAfWAxgLBc9&#10;Qd1DALEj8xfUYBShxyYsFA4ZNo1ROmlgNfnyDzVPHTidtLA53p1s8v8PVn3aP7kvJML0DiduYBLh&#10;3SOq715YvOvAtvqWCMdOQ82F82hZNjpfHJ9Gq33hI0g1fsSamwy7gAloamiIrrBOwejcgMPJdD0F&#10;oWLJy/VVfs0pxbkVfxepKxkUz68d+fBe4yDippTETU3osH/0IbKB4vlKLGbxwfR9amxvfzvgi/Ek&#10;sY+EZ+phqiZhamayjtqimgrrA+shnOeF55s3HdJPKUaelVL6HzsgLUX/wbIn1/l6HYcrBeuLqxUH&#10;dJ6pzjNgFUOVMkgxb+/CPJA7R6btuNLcBYu37GNjksQXVkf+PA9J+XF248Cdx+nWyx+2/QUAAP//&#10;AwBQSwMEFAAGAAgAAAAhABWH66PeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;fQdrkbhRuxCsEOJUFYgrFeVH4ubG2yQiXkex24S373KC2+7OaPabcj37XpxwjF0gA6ulAoFUB9dR&#10;Y+D97fk6BxGTJWf7QGjgByOsq8VFaQsXJnrF0y41gkMoFtZAm9JQSBnrFr2NyzAgsXYIo7eJ17GR&#10;brQTh/te3iilpbcd8YfWDvjYYv29O3oDHy+Hr89MbZsnfzdMYVaS/L005upy3jyASDinPzP84jM6&#10;VMy0D0dyUfQGbvNcs5UFpXlgh85ybrfnS7bSIKtS/u9QnQEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBmel5V4wEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAVh+uj3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4B013C5C" w14:textId="3C00E0C3" w:rsidR="00BF2D04" w:rsidRPr="00BF2D04" w:rsidRDefault="00BF2D04" w:rsidP="00BF2D04">
+                    <w:p w14:paraId="4B013C5C" w14:textId="40E8E8A9" w:rsidR="00BF2D04" w:rsidRPr="00BF2D04" w:rsidRDefault="00BF2D04" w:rsidP="00BF2D04">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>July 20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00036C0A">
+                      <w:r w:rsidR="004F3C8B">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> through June 20</w:t>
                       </w:r>
                       <w:r w:rsidR="0090798F">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00036C0A">
+                      <w:r w:rsidR="004F3C8B">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251627008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="023F9C1A" wp14:editId="7D1E981A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658273" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="023F9C1A" wp14:editId="7D1E981A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2563495</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>736600</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1444625" cy="111125"/>
                 <wp:effectExtent l="1270" t="0" r="1905" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="936760127" name="Rectangle 87"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1444625" cy="111125"/>
                         </a:xfrm>
@@ -4772,63 +5314,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0BE38D31" id="Rectangle 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:201.85pt;margin-top:58pt;width:113.75pt;height:8.75pt;z-index:251627008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjavdi4gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRVd4Go6WrVVRHS&#10;cpEWPsB1nMTC8ZgZt2n5esZOt1vBGyIPlsczczzn+GR1dxycOBgkC76W5WwuhfEaGuu7Wn7/tn3z&#10;TgqKyjfKgTe1PBmSd+vXr1ZjqMwCenCNQcEgnqox1LKPMVRFQbo3g6IZBOM52QIOKnKIXdGgGhl9&#10;cMViPr8tRsAmIGhDxKcPU1KuM37bGh2/tC2ZKFwtebaYV8zrLq3FeqWqDlXorT6Pof5hikFZz5de&#10;oB5UVGKP9i+owWoEgjbONAwFtK3VJnNgNuX8DzZPvQomc2FxKFxkov8Hqz8fnsJXTKNTeAT9g4SH&#10;Ta98Z+4RYeyNavi6MglVjIGqS0MKiFvFbvwEDT+t2kfIGhxbHBIgsxPHLPXpIrU5RqH5sFwul7eL&#10;Gyk050r+eJ+uUNVzd0CKHwwMIm1qifyUGV0dHilOpc8leXpwttla53KA3W7jUBwUP/s2f2d0ui5z&#10;PhV7SG0TYjrJNBOzZCKqdtCcmCXC5B32Om96wF9SjOybWtLPvUIjhfvoWan3zCwZLQfLm7cLDvA6&#10;s7vOKK8ZqpZRimm7iZM59wFt1/NNZSbt4Z7VbW0m/jLVeVj2Rpbu7ONkvus4V738bevfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAynHMGd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KidpjUQ4lQIqSfgQIvEdRtvk4jYDrHThr9nOcFxZ55mZ8rN7HpxojF2wRvIFgoE+TrYzjcG&#10;3vfbmzsQMaG32AdPBr4pwqa6vCixsOHs3+i0S43gEB8LNNCmNBRSxrolh3ERBvLsHcPoMPE5NtKO&#10;eOZw18ulUlo67Dx/aHGgp5bqz93kDKBe2a/XY/6yf5403jez2q4/lDHXV/PjA4hEc/qD4bc+V4eK&#10;Ox3C5G0UvYGVym8ZZSPTPIoJnWdLEAdW8nwNsirl/w3VDwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDjavdi4gEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDKccwZ3wAAAAsBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7589B0A4" id="Rectangle 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:201.85pt;margin-top:58pt;width:113.75pt;height:8.75pt;z-index:251658273;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjavdi4gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRVd4Go6WrVVRHS&#10;cpEWPsB1nMTC8ZgZt2n5esZOt1vBGyIPlsczczzn+GR1dxycOBgkC76W5WwuhfEaGuu7Wn7/tn3z&#10;TgqKyjfKgTe1PBmSd+vXr1ZjqMwCenCNQcEgnqox1LKPMVRFQbo3g6IZBOM52QIOKnKIXdGgGhl9&#10;cMViPr8tRsAmIGhDxKcPU1KuM37bGh2/tC2ZKFwtebaYV8zrLq3FeqWqDlXorT6Pof5hikFZz5de&#10;oB5UVGKP9i+owWoEgjbONAwFtK3VJnNgNuX8DzZPvQomc2FxKFxkov8Hqz8fnsJXTKNTeAT9g4SH&#10;Ta98Z+4RYeyNavi6MglVjIGqS0MKiFvFbvwEDT+t2kfIGhxbHBIgsxPHLPXpIrU5RqH5sFwul7eL&#10;Gyk050r+eJ+uUNVzd0CKHwwMIm1qifyUGV0dHilOpc8leXpwttla53KA3W7jUBwUP/s2f2d0ui5z&#10;PhV7SG0TYjrJNBOzZCKqdtCcmCXC5B32Om96wF9SjOybWtLPvUIjhfvoWan3zCwZLQfLm7cLDvA6&#10;s7vOKK8ZqpZRimm7iZM59wFt1/NNZSbt4Z7VbW0m/jLVeVj2Rpbu7ONkvus4V738bevfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAynHMGd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KidpjUQ4lQIqSfgQIvEdRtvk4jYDrHThr9nOcFxZ55mZ8rN7HpxojF2wRvIFgoE+TrYzjcG&#10;3vfbmzsQMaG32AdPBr4pwqa6vCixsOHs3+i0S43gEB8LNNCmNBRSxrolh3ERBvLsHcPoMPE5NtKO&#10;eOZw18ulUlo67Dx/aHGgp5bqz93kDKBe2a/XY/6yf5403jez2q4/lDHXV/PjA4hEc/qD4bc+V4eK&#10;Ox3C5G0UvYGVym8ZZSPTPIoJnWdLEAdW8nwNsirl/w3VDwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDjavdi4gEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDKccwZ3wAAAAsBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251648512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D54509C" wp14:editId="06CD1E7D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658294" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D54509C" wp14:editId="06CD1E7D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>514350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="971550" cy="222250"/>
                 <wp:effectExtent l="0" t="1905" r="3175" b="4445"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1295566403" name="Text Box 131"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="971550" cy="222250"/>
                         </a:xfrm>
@@ -4839,137 +5382,138 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="78AA757A" w14:textId="0658BC17" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
+                          <w:p w14:paraId="78AA757A" w14:textId="1F34D968" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00094E17">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>4/30/</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00036C0A">
+                            <w:r w:rsidR="004F3C8B">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5D54509C" id="Text Box 131" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;margin-left:2pt;margin-top:40.5pt;width:76.5pt;height:17.5pt;z-index:251648512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDloOjx4QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOknU14hRdiw4D&#10;unVAtw+QZTkWZosaqcTOvn6UnKbZ9lbUDwIv0iHPIb2+GvtO7A2SBVfKfDaXwjgNtXXbUv74fvfu&#10;gxQUlKtVB86U8mBIXm3evlkPvjALaKGrDQoGcVQMvpRtCL7IMtKt6RXNwBvHyQawV4Fd3GY1qoHR&#10;+y5bzOfvswGw9gjaEHH0dkrKTcJvGqPDQ9OQCaIrJfcW0onprOKZbdaq2KLyrdXHNtQLuuiVdVz0&#10;BHWrghI7tP9B9VYjEDRhpqHPoGmsNokDs8nn/7B5bJU3iQuLQ/4kE70erP66f/TfUITxI4w8wESC&#10;/D3onyQc3LTKbc01IgytUTUXzqNk2eCpOD6NUlNBEaQavkDNQ1a7AAlobLCPqjBPweg8gMNJdDMG&#10;oTl4eZGvVpzRnFrwx3asoIqnxx4pfDLQi2iUEnmmCVzt7ylMV5+uxFoO7mzXpbl27q8AY8ZIaj72&#10;O3UexmoUtmZmq1g4kqmgPjAdhGldeL3ZaAF/SzHwqpSSfu0UGim6z44lucyXy7hbyVmuLhbs4Hmm&#10;Os8opxmqlEGKybwJ0z7uPNpty5WmITi4Zhkbmyg+d3Xsn9chiXRc3bhv53669fyDbf4AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDunMSK3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyH&#10;yEjcmFO0ja00nRCIK4jxR9ota7y2onGqJlvLt8c7wcnPetbz7xWbyXfqRENsAxvIZhoUcRVcy7WB&#10;j/fnmxWomCw72wUmAz8UYVNeXhQ2d2HkNzptU60khGNuDTQp9TlirBryNs5CTyzeIQzeJlmHGt1g&#10;Rwn3Hd5qvURvW5YPje3psaHqe3v0Bj5fDruvuX6tn/yiH8Okkf0ajbm+mh7uQSWa0t8xnPEFHUph&#10;2ocju6g6A3NpkgysMplne3EnYi8iW2rAssD/BcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOWg6PHhAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAO6cxIrcAAAACAEAAA8AAAAAAAAAAAAAAAAAOwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5D54509C" id="Text Box 131" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;margin-left:2pt;margin-top:40.5pt;width:76.5pt;height:17.5pt;z-index:251658294;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDloOjx4QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOknU14hRdiw4D&#10;unVAtw+QZTkWZosaqcTOvn6UnKbZ9lbUDwIv0iHPIb2+GvtO7A2SBVfKfDaXwjgNtXXbUv74fvfu&#10;gxQUlKtVB86U8mBIXm3evlkPvjALaKGrDQoGcVQMvpRtCL7IMtKt6RXNwBvHyQawV4Fd3GY1qoHR&#10;+y5bzOfvswGw9gjaEHH0dkrKTcJvGqPDQ9OQCaIrJfcW0onprOKZbdaq2KLyrdXHNtQLuuiVdVz0&#10;BHWrghI7tP9B9VYjEDRhpqHPoGmsNokDs8nn/7B5bJU3iQuLQ/4kE70erP66f/TfUITxI4w8wESC&#10;/D3onyQc3LTKbc01IgytUTUXzqNk2eCpOD6NUlNBEaQavkDNQ1a7AAlobLCPqjBPweg8gMNJdDMG&#10;oTl4eZGvVpzRnFrwx3asoIqnxx4pfDLQi2iUEnmmCVzt7ylMV5+uxFoO7mzXpbl27q8AY8ZIaj72&#10;O3UexmoUtmZmq1g4kqmgPjAdhGldeL3ZaAF/SzHwqpSSfu0UGim6z44lucyXy7hbyVmuLhbs4Hmm&#10;Os8opxmqlEGKybwJ0z7uPNpty5WmITi4Zhkbmyg+d3Xsn9chiXRc3bhv53669fyDbf4AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDunMSK3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyH&#10;yEjcmFO0ja00nRCIK4jxR9ota7y2onGqJlvLt8c7wcnPetbz7xWbyXfqRENsAxvIZhoUcRVcy7WB&#10;j/fnmxWomCw72wUmAz8UYVNeXhQ2d2HkNzptU60khGNuDTQp9TlirBryNs5CTyzeIQzeJlmHGt1g&#10;Rwn3Hd5qvURvW5YPje3psaHqe3v0Bj5fDruvuX6tn/yiH8Okkf0ajbm+mh7uQSWa0t8xnPEFHUph&#10;2ocju6g6A3NpkgysMplne3EnYi8iW2rAssD/BcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOWg6PHhAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAO6cxIrcAAAACAEAAA8AAAAAAAAAAAAAAAAAOwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="78AA757A" w14:textId="0658BC17" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
+                    <w:p w14:paraId="78AA757A" w14:textId="1F34D968" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00094E17">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>4/30/</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00036C0A">
+                      <w:r w:rsidR="004F3C8B">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251647488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06A54F3D" wp14:editId="38890C15">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658293" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06A54F3D" wp14:editId="38890C15">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>69850</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>552450</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="336550" cy="139700"/>
                 <wp:effectExtent l="3175" t="1905" r="3175" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="466925192" name="Rectangle 130"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="336550" cy="139700"/>
                         </a:xfrm>
@@ -4990,201 +5534,322 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5B2E5AD5" id="Rectangle 130" o:spid="_x0000_s1026" style="position:absolute;margin-left:5.5pt;margin-top:43.5pt;width:26.5pt;height:11pt;z-index:251647488;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWbdsv5wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815L8SBrBchA4cFEg&#10;fQBpP4CiKIkoxWWXtGX367ukHMdob0V1ILhc7nBmd7S+Pw6GHRR6DbbixSznTFkJjbZdxb9/2717&#10;z5kPwjbCgFUVPynP7zdv36xHV6o59GAahYxArC9HV/E+BFdmmZe9GoSfgVOWki3gIAKF2GUNipHQ&#10;B5PN8/wmGwEbhyCV93T6OCX5JuG3rZLhS9t6FZipOHELacW01nHNNmtRdihcr+WZhvgHFoPQlh69&#10;QD2KINge9V9Qg5YIHtowkzBk0LZaqqSB1BT5H2qee+FU0kLN8e7SJv//YOXnw7P7ipG6d08gf3hm&#10;YdsL26kHRBh7JRp6roiNykbny0tBDDyVsnr8BA2NVuwDpB4cWxwiIKljx9Tq06XV6hiYpMPF4ma1&#10;ooFIShWLu9s8jSIT5UuxQx8+KBhY3FQcaZIJXByefIhkRPlyJZEHo5udNiYF2NVbg+wgaOq79CX+&#10;pPH6mrHxsoVYNiHGk6QyCose8mUNzYlEIkzWIavTpgf8xdlItqm4/7kXqDgzHy016q5YLqPPUrBc&#10;3c4pwOtMfZ0RVhJUxQNn03YbJm/uHequp5eKJNrCAzW31Un4K6szWbJG6sfZxtF713G69fqzbX4D&#10;AAD//wMAUEsDBBQABgAIAAAAIQAhb8wA2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMw&#10;ELwj8QdrkbhRu1BCG+JUCKkn4ECLxHUbb5OIeB1ipw2/ZznR02h2RrMzxXrynTrSENvAFuYzA4q4&#10;Cq7l2sLHbnOzBBUTssMuMFn4oQjr8vKiwNyFE7/TcZtqJSEcc7TQpNTnWseqIY9xFnpi0Q5h8JiE&#10;DrV2A54k3Hf61phMe2xZPjTY03ND1dd29BYwW7jvt8Pd6+5lzHBVT2Zz/2msvb6anh5BJZrSvxn+&#10;6kt1KKXTPozsouqEz2VKsrB8EBQ9Wwju5W5WBnRZ6PMB5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAlm3bL+cBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAIW/MANsAAAAIAQAADwAAAAAAAAAAAAAAAABBBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="6972CD77" id="Rectangle 130" o:spid="_x0000_s1026" style="position:absolute;margin-left:5.5pt;margin-top:43.5pt;width:26.5pt;height:11pt;z-index:251658293;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWbdsv5wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815L8SBrBchA4cFEg&#10;fQBpP4CiKIkoxWWXtGX367ukHMdob0V1ILhc7nBmd7S+Pw6GHRR6DbbixSznTFkJjbZdxb9/2717&#10;z5kPwjbCgFUVPynP7zdv36xHV6o59GAahYxArC9HV/E+BFdmmZe9GoSfgVOWki3gIAKF2GUNipHQ&#10;B5PN8/wmGwEbhyCV93T6OCX5JuG3rZLhS9t6FZipOHELacW01nHNNmtRdihcr+WZhvgHFoPQlh69&#10;QD2KINge9V9Qg5YIHtowkzBk0LZaqqSB1BT5H2qee+FU0kLN8e7SJv//YOXnw7P7ipG6d08gf3hm&#10;YdsL26kHRBh7JRp6roiNykbny0tBDDyVsnr8BA2NVuwDpB4cWxwiIKljx9Tq06XV6hiYpMPF4ma1&#10;ooFIShWLu9s8jSIT5UuxQx8+KBhY3FQcaZIJXByefIhkRPlyJZEHo5udNiYF2NVbg+wgaOq79CX+&#10;pPH6mrHxsoVYNiHGk6QyCose8mUNzYlEIkzWIavTpgf8xdlItqm4/7kXqDgzHy016q5YLqPPUrBc&#10;3c4pwOtMfZ0RVhJUxQNn03YbJm/uHequp5eKJNrCAzW31Un4K6szWbJG6sfZxtF713G69fqzbX4D&#10;AAD//wMAUEsDBBQABgAIAAAAIQAhb8wA2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMw&#10;ELwj8QdrkbhRu1BCG+JUCKkn4ECLxHUbb5OIeB1ipw2/ZznR02h2RrMzxXrynTrSENvAFuYzA4q4&#10;Cq7l2sLHbnOzBBUTssMuMFn4oQjr8vKiwNyFE7/TcZtqJSEcc7TQpNTnWseqIY9xFnpi0Q5h8JiE&#10;DrV2A54k3Hf61phMe2xZPjTY03ND1dd29BYwW7jvt8Pd6+5lzHBVT2Zz/2msvb6anh5BJZrSvxn+&#10;6kt1KKXTPozsouqEz2VKsrB8EBQ9Wwju5W5WBnRZ6PMB5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAlm3bL+cBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAIW/MANsAAAAIAQAADwAAAAAAAAAAAAAAAABBBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-[...51 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="67B89841" w14:textId="77777777" w:rsidR="00094AD0" w:rsidRDefault="00094AD0">
+    <w:p w14:paraId="67B89841" w14:textId="77777777" w:rsidR="00094AD0" w:rsidRPr="00D24F02" w:rsidRDefault="00094AD0">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FB5D9B8" w14:textId="448DE851" w:rsidR="0040458B" w:rsidRDefault="00D6304B">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2FB5D9B8" w14:textId="7C165E27" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00D6304B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 5:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> QuickBooks displays the Modify Report window</w:t>
       </w:r>
-      <w:r w:rsidR="00EB68D8">
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> with the Display tab</w:t>
       </w:r>
-      <w:r w:rsidR="00C9540D">
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>, shown in figure 6</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CB770C">
+      <w:r w:rsidR="00CB770C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00CB770C">
+      <w:r w:rsidR="00CB770C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">irst </w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>confirm that</w:t>
       </w:r>
-      <w:r w:rsidR="00CB770C">
+      <w:r w:rsidR="00CB770C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the Report Basis </w:t>
       </w:r>
-      <w:r w:rsidR="0059049D">
+      <w:r w:rsidR="0059049D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="0059049D">
+      <w:r w:rsidR="0059049D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00CB770C">
+      <w:r w:rsidR="00CB770C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>ash</w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
-[...8 lines deleted...]
-      <w:r w:rsidR="00CB770C">
+      <w:r w:rsidR="00957D88" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.”</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB770C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Next you will need to select “Total only” in the “Display columns by” field</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9170F" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if you don’t have a Pre-K (School Budgets by class will have “Class” in the “Display columns by” and will not need to be changed</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0FD8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9170F" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Next</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB770C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> select the tab “Filters” as indicated by the arrow in figure </w:t>
       </w:r>
-      <w:r w:rsidR="006975D9">
+      <w:r w:rsidR="006975D9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00CB770C">
+      <w:r w:rsidR="00CB770C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6E3518" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="00A9170F">
-      <w:r>
+    <w:p w14:paraId="6E6E3518" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00A9170F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 6</w:t>
       </w:r>
-      <w:r w:rsidR="0040458B">
+      <w:r w:rsidR="0040458B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D6304B">
+      <w:r w:rsidR="00D6304B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Modify Report window, Display tab.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F7BDFA" w14:textId="603DCAEA" w:rsidR="0040458B" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="14F7BDFA" w14:textId="0BB3B998" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="0056698D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251610624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63224C23" wp14:editId="201EFF88">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36BBB4BA" wp14:editId="094AE212">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1085850</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2262505</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="814705" cy="205740"/>
+                <wp:effectExtent l="0" t="0" r="23495" b="22860"/>
+                <wp:wrapNone/>
+                <wp:docPr id="362055623" name="Oval 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="814705" cy="205740"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="ellipse">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="19050">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:oval w14:anchorId="70CF74BF" id="Oval 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.5pt;margin-top:178.15pt;width:64.15pt;height:16.2pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbPG5vAAIAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCZGmNOEWRrsOA&#10;bh3Q7QMYWbaFyaJGKXG6rx+lpGmw3Yb5IJCi+Mj3SK9uDoMVe03BoKvldFJKoZ3Cxriult+/3b+7&#10;kiJEcA1YdLqWzzrIm/XbN6vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9NpxsEUaILJLXdEQjIw+&#10;2GJWlu+LEanxhEqHwLd3x6BcZ/y21So+tm3QUdhacm8xn5TPbTqL9QqqjsD3Rp3agH/oYgDjuOgZ&#10;6g4iiB2Zv6AGowgDtnGicCiwbY3SmQOzmZZ/sHnqwevMhcUJ/ixT+H+w6sv+yX+l1HrwD6h+BOFw&#10;04Pr9C0Rjr2GhstNk1DF6EN1TkhO4FSxHT9jw6OFXcSswaGlIQEyO3HIUj+fpdaHKBRfXk3ny3Ih&#10;heLQrFws53kUBVQvyZ5C/KhxEMmopbbW+JDEgAr2DyGmfqB6eZWuHd4ba/NArRMjN31dLsqcEdCa&#10;JkUzT+q2G0tiD2kn8pfZsQKXzwh3rsloSYMPJzuCsUebq1t3EiXpkFYuVFtsnlkTwuOm8Z/BRo/0&#10;S4qRt6yW4ecOSEthPznW9Xo6Z+YiZme+WM7YocvI9jICTjFULaMUR3MTj6u882S6nitNM12HtzyL&#10;1mSRXrs6NcublLU7bX1a1Us/v3r9N9e/AQAA//8DAFBLAwQUAAYACAAAACEAvQ58Qd0AAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTVLRpiFMhJMoVUh7AiTc/Il5bttuG&#10;t2c5wW1ndzT7TXVY7CwuGOLkSMF6lYFA6pyZaFDweXp9KEDEpMno2REq+MYIh/r2ptKlcVf6wEuT&#10;BsEhFEutYEzJl1LGbkSr48p5JL71LlidWIZBmqCvHG5nmWfZVlo9EX8YtceXEbuv5mwVHPuhMQ1N&#10;pzw7+r4INrz591ap+7vl+QlEwiX9meEXn9GhZqbWnclEMbPerblLUrB53G5AsCPf73loeVMUO5B1&#10;Jf93qH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGzxubwACAADjAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAvQ58Qd0AAAALAQAADwAAAAAA&#10;AAAAAAAAAABaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63224C23" wp14:editId="201EFF88">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1532255</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1052830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="962025" cy="289560"/>
                 <wp:effectExtent l="0" t="0" r="1270" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="729508824" name="Text Box 48"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="962025" cy="289560"/>
                         </a:xfrm>
@@ -5195,169 +5860,170 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="77B615D8" w14:textId="63703426" w:rsidR="00AE3F70" w:rsidRPr="00254164" w:rsidRDefault="001278C8" w:rsidP="00254164">
+                          <w:p w14:paraId="77B615D8" w14:textId="716A745A" w:rsidR="00AE3F70" w:rsidRPr="00254164" w:rsidRDefault="001278C8" w:rsidP="00254164">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>06/30/</w:t>
                             </w:r>
                             <w:r w:rsidR="00AE3F70" w:rsidRPr="00254164">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>20</w:t>
                             </w:r>
                             <w:r w:rsidR="001F6C3A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="00FF74AB">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="63224C23" id="Text Box 48" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:120.65pt;margin-top:82.9pt;width:75.75pt;height:22.8pt;z-index:251610624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADayFg5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgxkqwx4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vhV7EURSPjznkN5ej33HDgq9AVvyxWzOmbISamObkv/4fv/u&#10;ijMfhK1FB1aV/Kg8v969fbMdXKFyaKGrFTICsb4YXMnbEFyRZV62qhd+Bk5ZKmrAXgQKsclqFAOh&#10;912Wz+frbACsHYJU3lP2biryXcLXWsnwVWuvAutKTtxCOjGdVTyz3VYUDQrXGnmiIV7BohfGUtMz&#10;1J0Igu3RvIDqjUTwoMNMQp+B1kaqpIHULOb/qHlshVNJC5nj3dkm//9g5ZfDo/uGLIwfYKQBJhHe&#10;PYD86ZmF21bYRt0gwtAqUVPjRbQsG5wvTp9Gq33hI0g1fIaahiz2ARLQqLGPrpBORug0gOPZdDUG&#10;Jim5WefzfMWZpFJ+tVmt01AyUTx97NCHjwp6Fi8lR5ppAheHBx8iGVE8PYm9LNybrktz7exfCXoY&#10;M4l85DsxD2M1MlOTsnWUFsVUUB9JDsK0LrTedGkBf3M20KqU3P/aC1ScdZ8sWbJZLJdxt1KwXL3P&#10;KcDLSnVZEVYSVMkDZ9P1Nkz7uHdompY6TUOwcEM2apMkPrM68ad1SMpPqxv37TJOr55/sN0fAAAA&#10;//8DAFBLAwQUAAYACAAAACEAwrHyH98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70h9B2srcaN20rSiIU5VFXEFUX4kbm68TSLidRS7TXh7lhO97WhGs98U28l14oJDaD1pSBYKBFLl&#10;bUu1hve3p7t7ECEasqbzhBp+MMC2nN0UJrd+pFe8HGItuIRCbjQ0Mfa5lKFq0Jmw8D0Seyc/OBNZ&#10;DrW0gxm53HUyVWotnWmJPzSmx32D1ffh7DR8PJ++PjP1Uj+6VT/6SUlyG6n17XzaPYCIOMX/MPzh&#10;MzqUzHT0Z7JBdBrSLFlylI31ijdwYrlJ+TiylSQZyLKQ1xvKXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQADayFg5QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDCsfIf3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="63224C23" id="Text Box 48" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:120.65pt;margin-top:82.9pt;width:75.75pt;height:22.8pt;z-index:251658258;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADayFg5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgxkqwx4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vhV7EURSPjznkN5ej33HDgq9AVvyxWzOmbISamObkv/4fv/u&#10;ijMfhK1FB1aV/Kg8v969fbMdXKFyaKGrFTICsb4YXMnbEFyRZV62qhd+Bk5ZKmrAXgQKsclqFAOh&#10;912Wz+frbACsHYJU3lP2biryXcLXWsnwVWuvAutKTtxCOjGdVTyz3VYUDQrXGnmiIV7BohfGUtMz&#10;1J0Igu3RvIDqjUTwoMNMQp+B1kaqpIHULOb/qHlshVNJC5nj3dkm//9g5ZfDo/uGLIwfYKQBJhHe&#10;PYD86ZmF21bYRt0gwtAqUVPjRbQsG5wvTp9Gq33hI0g1fIaahiz2ARLQqLGPrpBORug0gOPZdDUG&#10;Jim5WefzfMWZpFJ+tVmt01AyUTx97NCHjwp6Fi8lR5ppAheHBx8iGVE8PYm9LNybrktz7exfCXoY&#10;M4l85DsxD2M1MlOTsnWUFsVUUB9JDsK0LrTedGkBf3M20KqU3P/aC1ScdZ8sWbJZLJdxt1KwXL3P&#10;KcDLSnVZEVYSVMkDZ9P1Nkz7uHdompY6TUOwcEM2apMkPrM68ad1SMpPqxv37TJOr55/sN0fAAAA&#10;//8DAFBLAwQUAAYACAAAACEAwrHyH98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70h9B2srcaN20rSiIU5VFXEFUX4kbm68TSLidRS7TXh7lhO97WhGs98U28l14oJDaD1pSBYKBFLl&#10;bUu1hve3p7t7ECEasqbzhBp+MMC2nN0UJrd+pFe8HGItuIRCbjQ0Mfa5lKFq0Jmw8D0Seyc/OBNZ&#10;DrW0gxm53HUyVWotnWmJPzSmx32D1ffh7DR8PJ++PjP1Uj+6VT/6SUlyG6n17XzaPYCIOMX/MPzh&#10;MzqUzHT0Z7JBdBrSLFlylI31ijdwYrlJ+TiylSQZyLKQ1xvKXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQADayFg5QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDCsfIf3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="77B615D8" w14:textId="63703426" w:rsidR="00AE3F70" w:rsidRPr="00254164" w:rsidRDefault="001278C8" w:rsidP="00254164">
+                    <w:p w14:paraId="77B615D8" w14:textId="716A745A" w:rsidR="00AE3F70" w:rsidRPr="00254164" w:rsidRDefault="001278C8" w:rsidP="00254164">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>06/30/</w:t>
                       </w:r>
                       <w:r w:rsidR="00AE3F70" w:rsidRPr="00254164">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>20</w:t>
                       </w:r>
                       <w:r w:rsidR="001F6C3A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="00FF74AB">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251593216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35CFC15E" wp14:editId="0550FA26">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35CFC15E" wp14:editId="0550FA26">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1595755</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1094105</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="568325" cy="142875"/>
                 <wp:effectExtent l="0" t="635" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="178709603" name="Rectangle 49"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="568325" cy="142875"/>
                         </a:xfrm>
@@ -5378,63 +6044,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4A36E8E9" id="Rectangle 49" o:spid="_x0000_s1026" style="position:absolute;margin-left:125.65pt;margin-top:86.15pt;width:44.75pt;height:11.25pt;z-index:251593216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOagYf5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1od0vUdLXqqghp&#10;YZEWPsBxnMTC8Zix27R8PWOn263ghsjB8ng8b+Y9v6zvjoNhB4Veg614PptzpqyERtuu4t+/7d6t&#10;OPNB2EYYsKriJ+X53ebtm/XoSlVAD6ZRyAjE+nJ0Fe9DcGWWedmrQfgZOGUp2QIOIlCIXdagGAl9&#10;MFkxn99kI2DjEKTynk4fpiTfJPy2VTI8ta1XgZmK02whrZjWOq7ZZi3KDoXrtTyPIf5hikFoS00v&#10;UA8iCLZH/RfUoCWChzbMJAwZtK2WKnEgNvn8DzbPvXAqcSFxvLvI5P8frPxyeHZfMY7u3SPIH55Z&#10;2PbCduoeEcZeiYba5VGobHS+vBTEwFMpq8fP0NDTin2ApMGxxSECEjt2TFKfLlKrY2CSDpc3q/fF&#10;kjNJqXxRrG6XqYMoX4od+vBRwcDipuJIL5nAxeHRhziMKF+upOHB6GanjUkBdvXWIDsIevVd+s7o&#10;/vqasfGyhVg2IcaTxDISix7yZQ3NiUgiTNYhq9OmB/zF2Ui2qbj/uReoODOfLAn1IV8sos9SsFje&#10;FhTgdaa+zggrCarigbNpuw2TN/cOdddTpzyRtnBP4rY6EX+d6jwsWSPpcbZx9N51nG69/myb3wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAClUezbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsrYrW2k6IaSdgAMbElevydqKxilNupV/jznBzfZ7ev5euZ1dL852DJ0nDcuFAmGp&#10;9qajRsP7YXe3BhEiksHek9XwbQNsq+urEgvjL/Rmz/vYCA6hUKCGNsahkDLUrXUYFn6wxNrJjw4j&#10;r2MjzYgXDne9TJTKpcOO+EOLg31qbf25n5wGzDPz9XpKXw7PU46bZla71YfS+vZmfnwAEe0c/8zw&#10;i8/oUDHT0U9kgug1JKtlylYW7hMe2JFmissc+bLJ1iCrUv7vUP0AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAzmoGH+YBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAKVR7Nt8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="692435DE" id="Rectangle 49" o:spid="_x0000_s1026" style="position:absolute;margin-left:125.65pt;margin-top:86.15pt;width:44.75pt;height:11.25pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOagYf5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1od0vUdLXqqghp&#10;YZEWPsBxnMTC8Zix27R8PWOn263ghsjB8ng8b+Y9v6zvjoNhB4Veg614PptzpqyERtuu4t+/7d6t&#10;OPNB2EYYsKriJ+X53ebtm/XoSlVAD6ZRyAjE+nJ0Fe9DcGWWedmrQfgZOGUp2QIOIlCIXdagGAl9&#10;MFkxn99kI2DjEKTynk4fpiTfJPy2VTI8ta1XgZmK02whrZjWOq7ZZi3KDoXrtTyPIf5hikFoS00v&#10;UA8iCLZH/RfUoCWChzbMJAwZtK2WKnEgNvn8DzbPvXAqcSFxvLvI5P8frPxyeHZfMY7u3SPIH55Z&#10;2PbCduoeEcZeiYba5VGobHS+vBTEwFMpq8fP0NDTin2ApMGxxSECEjt2TFKfLlKrY2CSDpc3q/fF&#10;kjNJqXxRrG6XqYMoX4od+vBRwcDipuJIL5nAxeHRhziMKF+upOHB6GanjUkBdvXWIDsIevVd+s7o&#10;/vqasfGyhVg2IcaTxDISix7yZQ3NiUgiTNYhq9OmB/zF2Ui2qbj/uReoODOfLAn1IV8sos9SsFje&#10;FhTgdaa+zggrCarigbNpuw2TN/cOdddTpzyRtnBP4rY6EX+d6jwsWSPpcbZx9N51nG69/myb3wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAClUezbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsrYrW2k6IaSdgAMbElevydqKxilNupV/jznBzfZ7ev5euZ1dL852DJ0nDcuFAmGp&#10;9qajRsP7YXe3BhEiksHek9XwbQNsq+urEgvjL/Rmz/vYCA6hUKCGNsahkDLUrXUYFn6wxNrJjw4j&#10;r2MjzYgXDne9TJTKpcOO+EOLg31qbf25n5wGzDPz9XpKXw7PU46bZla71YfS+vZmfnwAEe0c/8zw&#10;i8/oUDHT0U9kgug1JKtlylYW7hMe2JFmissc+bLJ1iCrUv7vUP0AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAzmoGH+YBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAKVR7Nt8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251609600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E3A0724" wp14:editId="1000B289">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658255" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E3A0724" wp14:editId="1000B289">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>541655</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1052195</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="894715" cy="289560"/>
                 <wp:effectExtent l="0" t="0" r="1905" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1145363647" name="Text Box 46"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="894715" cy="289560"/>
                         </a:xfrm>
@@ -5445,169 +6112,170 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="49A082C0" w14:textId="79A979A1" w:rsidR="00AE3F70" w:rsidRPr="00254164" w:rsidRDefault="00FB356D">
+                          <w:p w14:paraId="49A082C0" w14:textId="4713A6C6" w:rsidR="00AE3F70" w:rsidRPr="00254164" w:rsidRDefault="00FB356D">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>07/01/</w:t>
                             </w:r>
                             <w:r w:rsidR="00AE3F70" w:rsidRPr="00254164">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="00FF74AB">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7E3A0724" id="Text Box 46" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:42.65pt;margin-top:82.85pt;width:70.45pt;height:22.8pt;z-index:251609600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCb+Qj75QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DpEmMOEXXosOA&#10;bh3Q7QNkWYqF2aJGKbGzrx8lp2m23YpeBJGUH997pDfXQ9eyg0JvwJY8n0w5U1ZCbeyu5D++339Y&#10;ceaDsLVowaqSH5Xn19v37za9K9QMGmhrhYxArC96V/ImBFdkmZeN6oSfgFOWihqwE4FC3GU1ip7Q&#10;uzabTadXWQ9YOwSpvKfs3Vjk24SvtZLhUWuvAmtLTtxCOjGdVTyz7UYUOxSuMfJEQ7yCRSeMpaZn&#10;qDsRBNuj+Q+qMxLBgw4TCV0GWhupkgZSk0//UfPUCKeSFjLHu7NN/u1g5dfDk/uGLAwfYaABJhHe&#10;PYD86ZmF20bYnbpBhL5RoqbGebQs650vTp9Gq33hI0jVf4Gahiz2ARLQoLGLrpBORug0gOPZdDUE&#10;Jim5Ws+X+YIzSaXZar24SkPJRPH8sUMfPinoWLyUHGmmCVwcHnyIZETx/CT2snBv2jbNtbV/Jehh&#10;zCTyke/IPAzVwExNypZRWhRTQX0kOQjjutB606UB/M1ZT6tScv9rL1Bx1n62ZMk6n8/jbqVgvljO&#10;KMDLSnVZEVYSVMkDZ+P1Noz7uHdodg11Godg4YZs1CZJfGF14k/rkJSfVjfu22WcXr38YNs/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAkeHWVN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG&#10;70j8h8hI3FjSjpZRmk4IxBW0wSZxyxqvrWicqsnW8u8xJ7j549Hrx+V6dr044xg6TxqShQKBVHvb&#10;UaPh4/3lZgUiREPW9J5QwzcGWFeXF6UprJ9og+dtbASHUCiMhjbGoZAy1C06ExZ+QOLd0Y/ORG7H&#10;RtrRTBzuepkqlUtnOuILrRnwqcX6a3tyGnavx8/9rXprnl02TH5Wkty91Pr6an58ABFxjn8w/Oqz&#10;OlTsdPAnskH0GlbZkkme59kdCAbSNE9BHLhIkiXIqpT/X6h+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJv5CPvlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJHh1lTeAAAACgEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="7E3A0724" id="Text Box 46" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:42.65pt;margin-top:82.85pt;width:70.45pt;height:22.8pt;z-index:251658255;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCb+Qj75QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DpEmMOEXXosOA&#10;bh3Q7QNkWYqF2aJGKbGzrx8lp2m23YpeBJGUH997pDfXQ9eyg0JvwJY8n0w5U1ZCbeyu5D++339Y&#10;ceaDsLVowaqSH5Xn19v37za9K9QMGmhrhYxArC96V/ImBFdkmZeN6oSfgFOWihqwE4FC3GU1ip7Q&#10;uzabTadXWQ9YOwSpvKfs3Vjk24SvtZLhUWuvAmtLTtxCOjGdVTyz7UYUOxSuMfJEQ7yCRSeMpaZn&#10;qDsRBNuj+Q+qMxLBgw4TCV0GWhupkgZSk0//UfPUCKeSFjLHu7NN/u1g5dfDk/uGLAwfYaABJhHe&#10;PYD86ZmF20bYnbpBhL5RoqbGebQs650vTp9Gq33hI0jVf4Gahiz2ARLQoLGLrpBORug0gOPZdDUE&#10;Jim5Ws+X+YIzSaXZar24SkPJRPH8sUMfPinoWLyUHGmmCVwcHnyIZETx/CT2snBv2jbNtbV/Jehh&#10;zCTyke/IPAzVwExNypZRWhRTQX0kOQjjutB606UB/M1ZT6tScv9rL1Bx1n62ZMk6n8/jbqVgvljO&#10;KMDLSnVZEVYSVMkDZ+P1Noz7uHdodg11Godg4YZs1CZJfGF14k/rkJSfVjfu22WcXr38YNs/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAkeHWVN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG&#10;70j8h8hI3FjSjpZRmk4IxBW0wSZxyxqvrWicqsnW8u8xJ7j549Hrx+V6dr044xg6TxqShQKBVHvb&#10;UaPh4/3lZgUiREPW9J5QwzcGWFeXF6UprJ9og+dtbASHUCiMhjbGoZAy1C06ExZ+QOLd0Y/ORG7H&#10;RtrRTBzuepkqlUtnOuILrRnwqcX6a3tyGnavx8/9rXprnl02TH5Wkty91Pr6an58ABFxjn8w/Oqz&#10;OlTsdPAnskH0GlbZkkme59kdCAbSNE9BHLhIkiXIqpT/X6h+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJv5CPvlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJHh1lTeAAAACgEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="49A082C0" w14:textId="79A979A1" w:rsidR="00AE3F70" w:rsidRPr="00254164" w:rsidRDefault="00FB356D">
+                    <w:p w14:paraId="49A082C0" w14:textId="4713A6C6" w:rsidR="00AE3F70" w:rsidRPr="00254164" w:rsidRDefault="00FB356D">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>07/01/</w:t>
                       </w:r>
                       <w:r w:rsidR="00AE3F70" w:rsidRPr="00254164">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="00FF74AB">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251594240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1330E1AC" wp14:editId="5DED1025">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1330E1AC" wp14:editId="5DED1025">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>600710</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1094105</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="565150" cy="121920"/>
                 <wp:effectExtent l="635" t="635" r="0" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1633982864" name="Rectangle 47"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="565150" cy="121920"/>
                         </a:xfrm>
@@ -5628,63 +6296,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7CEAAF41" id="Rectangle 47" o:spid="_x0000_s1026" style="position:absolute;margin-left:47.3pt;margin-top:86.15pt;width:44.5pt;height:9.6pt;z-index:251594240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUifB05gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3VLmzUdLXqqghp&#10;gZUWPmDqOImF4zFjt2n5esZut1vBDZGD5fF4nt+beVneHQYr9pqCQVfLcjKVQjuFjXFdLb9/27z7&#10;IEWI4Bqw6HQtjzrIu9XbN8vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9NpxskUaIHJIXdEQjIw+&#10;2GI2nd4UI1LjCZUOgU8fTkm5yvhtq1X82rZBR2FrydxiXimv27QWqyVUHYHvjTrTgH9gMYBx/OgF&#10;6gEiiB2Zv6AGowgDtnGicCiwbY3SWQOrKad/qHnuweushZsT/KVN4f/Bqi/7Z/9EiXrwj6h+BOFw&#10;3YPr9D0Rjr2Ghp8rU6OK0YfqUpCCwKViO37GhkcLu4i5B4eWhgTI6sQht/p4abU+RKH4cHGzKBc8&#10;EMWpclbezvIoCqheij2F+FHjINKmlsSTzOCwfwwxkYHq5Uomj9Y0G2NtDqjbri2JPfDUN/nL/Fnj&#10;9TXr0mWHqeyEmE6yyiQseShUW2yOLJLwZB22Om96pF9SjGybWoafOyAthf3kuFG35XyefJaD+eI9&#10;6xJ0ndleZ8AphqpllOK0XceTN3eeTNfzS2UW7fCem9uaLPyV1ZksWyP342zj5L3rON96/dlWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhADdWskTfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsnUra2k6IaSdgAMbElev8dqKJilNupV/j3diN/u9p+fPxWaynTjREFrvNMxnCgS5&#10;ypvW1Ro+99uHNYgQ0RnsvCMNvxRgU97eFJgbf3YfdNrFWnCJCzlqaGLscylD1ZDFMPM9OfaOfrAY&#10;eR1qaQY8c7nt5EKpVFpsHV9osKeXhqrv3Wg1YLo0P+/H5G3/OqaY1ZParr6U1vd30/MTiEhT/A/D&#10;BZ/RoWSmgx+dCaLTkC1TTrL+uEhAXALrhJUDD9l8BbIs5PUL5R8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA1InwdOYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAN1ayRN8AAAAKAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="38D77AFB" id="Rectangle 47" o:spid="_x0000_s1026" style="position:absolute;margin-left:47.3pt;margin-top:86.15pt;width:44.5pt;height:9.6pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUifB05gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3VLmzUdLXqqghp&#10;gZUWPmDqOImF4zFjt2n5esZut1vBDZGD5fF4nt+beVneHQYr9pqCQVfLcjKVQjuFjXFdLb9/27z7&#10;IEWI4Bqw6HQtjzrIu9XbN8vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9NpxskUaIHJIXdEQjIw+&#10;2GI2nd4UI1LjCZUOgU8fTkm5yvhtq1X82rZBR2FrydxiXimv27QWqyVUHYHvjTrTgH9gMYBx/OgF&#10;6gEiiB2Zv6AGowgDtnGicCiwbY3SWQOrKad/qHnuweushZsT/KVN4f/Bqi/7Z/9EiXrwj6h+BOFw&#10;3YPr9D0Rjr2Ghp8rU6OK0YfqUpCCwKViO37GhkcLu4i5B4eWhgTI6sQht/p4abU+RKH4cHGzKBc8&#10;EMWpclbezvIoCqheij2F+FHjINKmlsSTzOCwfwwxkYHq5Uomj9Y0G2NtDqjbri2JPfDUN/nL/Fnj&#10;9TXr0mWHqeyEmE6yyiQseShUW2yOLJLwZB22Om96pF9SjGybWoafOyAthf3kuFG35XyefJaD+eI9&#10;6xJ0ndleZ8AphqpllOK0XceTN3eeTNfzS2UW7fCem9uaLPyV1ZksWyP342zj5L3rON96/dlWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhADdWskTfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsnUra2k6IaSdgAMbElev8dqKJilNupV/j3diN/u9p+fPxWaynTjREFrvNMxnCgS5&#10;ypvW1Ro+99uHNYgQ0RnsvCMNvxRgU97eFJgbf3YfdNrFWnCJCzlqaGLscylD1ZDFMPM9OfaOfrAY&#10;eR1qaQY8c7nt5EKpVFpsHV9osKeXhqrv3Wg1YLo0P+/H5G3/OqaY1ZParr6U1vd30/MTiEhT/A/D&#10;BZ/RoWSmgx+dCaLTkC1TTrL+uEhAXALrhJUDD9l8BbIs5PUL5R8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA1InwdOYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAN1ayRN8AAAAKAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251600384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="554E450C" wp14:editId="144A6E64">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="554E450C" wp14:editId="7B85B6CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2049780</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-259080</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="891540" cy="632460"/>
                 <wp:effectExtent l="49530" t="9525" r="11430" b="53340"/>
                 <wp:wrapNone/>
                 <wp:docPr id="830946116" name="AutoShape 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="891540" cy="632460"/>
                         </a:xfrm>
@@ -5701,146 +6370,70 @@
                           <a:tailEnd type="triangle" w="med" len="med"/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="28C1664D" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="529BA2F8" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape id="AutoShape 12" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:161.4pt;margin-top:-20.4pt;width:70.2pt;height:49.8pt;flip:x;z-index:251600384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEM0Mq1wEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yJmiNOD2k63bo&#10;tgDtPkCRZFuYLAqkEid/P0oJ0mK9DfNBIE3y6fGRWt0fBy8OFslBaORsMpXCBg3Gha6Rv14eP91K&#10;QUkFozwE28iTJXm//vhhNcbazqEHbywKBglUj7GRfUqxrirSvR0UTSDawMEWcFCJXewqg2pk9MFX&#10;8+l0WY2AJiJoS8R/H85BuS74bWt1+tm2ZJPwjWRuqZxYzl0+q/VK1R2q2Dt9oaH+gcWgXOBLr1AP&#10;KimxR/cOanAagaBNEw1DBW3rtC09cDez6V/dPPcq2tILi0PxKhP9P1j947AJW8zU9TE8xyfQv0kE&#10;2PQqdLYQeDlFHtwsS1WNkeprSXYoblHsxu9gOEftExQVji0OovUufsuFGZw7Fcci++kquz0mofnn&#10;7d1sccPD0Rxafp7fLMtYKlVnmFwckdJXC4PIRiMpoXJdnzYQAg8Y8HyFOjxRyiRfC3JxgEfnfZmz&#10;D2Js5N1iviicCLwzOZjTCLvdxqM4qLwp5Ssdc+RtGsI+mALWW2W+XOyknGdbpCJVQsfieSvzbYM1&#10;UnjLjyNbZ3o+XKTM6uVVpXoH5rTFHM4eD7v0cVnMvE1v/ZL1+nzWfwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAN9zaqHhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFxQ6+D+KApx&#10;KgQUTqgilLsbL0nUeB3Fbpu8PcsJbjva0cw3+WZ0nTjjEFpPGu7nCQikytuWag37z+0sBRGiIWs6&#10;T6hhwgCb4voqN5n1F/rAcxlrwSEUMqOhibHPpAxVg86Eue+R+PftB2ciy6GWdjAXDnedVEmyls60&#10;xA2N6fGpwepYnpyG53K32n7d7Uc1VW/v5Wt63NH0ovXtzfj4ACLiGP/M8IvP6FAw08GfyAbRaVgo&#10;xehRw2yZ8MGO5XqhQBw0rNIUZJHL/xOKHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAE&#10;M0Mq1wEAAIYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDfc2qh4QAAAAoBAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;">
+              <v:shape id="AutoShape 12" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:161.4pt;margin-top:-20.4pt;width:70.2pt;height:49.8pt;flip:x;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEM0Mq1wEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yJmiNOD2k63bo&#10;tgDtPkCRZFuYLAqkEid/P0oJ0mK9DfNBIE3y6fGRWt0fBy8OFslBaORsMpXCBg3Gha6Rv14eP91K&#10;QUkFozwE28iTJXm//vhhNcbazqEHbywKBglUj7GRfUqxrirSvR0UTSDawMEWcFCJXewqg2pk9MFX&#10;8+l0WY2AJiJoS8R/H85BuS74bWt1+tm2ZJPwjWRuqZxYzl0+q/VK1R2q2Dt9oaH+gcWgXOBLr1AP&#10;KimxR/cOanAagaBNEw1DBW3rtC09cDez6V/dPPcq2tILi0PxKhP9P1j947AJW8zU9TE8xyfQv0kE&#10;2PQqdLYQeDlFHtwsS1WNkeprSXYoblHsxu9gOEftExQVji0OovUufsuFGZw7Fcci++kquz0mofnn&#10;7d1sccPD0Rxafp7fLMtYKlVnmFwckdJXC4PIRiMpoXJdnzYQAg8Y8HyFOjxRyiRfC3JxgEfnfZmz&#10;D2Js5N1iviicCLwzOZjTCLvdxqM4qLwp5Ssdc+RtGsI+mALWW2W+XOyknGdbpCJVQsfieSvzbYM1&#10;UnjLjyNbZ3o+XKTM6uVVpXoH5rTFHM4eD7v0cVnMvE1v/ZL1+nzWfwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAN9zaqHhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFxQ6+D+KApx&#10;KgQUTqgilLsbL0nUeB3Fbpu8PcsJbjva0cw3+WZ0nTjjEFpPGu7nCQikytuWag37z+0sBRGiIWs6&#10;T6hhwgCb4voqN5n1F/rAcxlrwSEUMqOhibHPpAxVg86Eue+R+PftB2ciy6GWdjAXDnedVEmyls60&#10;xA2N6fGpwepYnpyG53K32n7d7Uc1VW/v5Wt63NH0ovXtzfj4ACLiGP/M8IvP6FAw08GfyAbRaVgo&#10;xehRw2yZ8MGO5XqhQBw0rNIUZJHL/xOKHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAE&#10;M0Mq1wEAAIYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDfc2qh4QAAAAoBAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251599360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36BBB4BA" wp14:editId="1976760A">
-[...76 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251598336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A111577" wp14:editId="3FB4344E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A111577" wp14:editId="3FB4344E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>998220</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1638300</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="502920" cy="243840"/>
                 <wp:effectExtent l="17145" t="11430" r="13335" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="464737178" name="Oval 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="502920" cy="243840"/>
                         </a:xfrm>
@@ -5861,176 +6454,244 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="1583EBA8" id="Oval 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:78.6pt;margin-top:129pt;width:39.6pt;height:19.2pt;z-index:251598336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDePPf2AAIAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z+3GBrdq3em04xDS&#10;cSAd/AAvTduINA5Otu749TjZbjfBG6IPkR3Hn/19dlfXh8GKvaZg0NVyOiml0E5hY1xXy+/f7t5c&#10;SREiuAYsOl3LJx3k9fr1q9XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu042CINENmlrmgIRkYf&#10;bDEry3fFiNR4QqVD4NvbY1CuM37bahW/tG3QUdhacm8xn5TPbTqL9QqqjsD3Rp3agH/oYgDjuOgZ&#10;6hYiiB2Zv6AGowgDtnGicCiwbY3SmQOzmZZ/sHnswevMhcUJ/ixT+H+w6mH/6L9Saj34e1Q/gnC4&#10;6cF1+oYIx15Dw+WmSahi9KE6JyQncKrYjp+x4dHCLmLW4NDSkACZnThkqZ/OUutDFIovF+VsOeOB&#10;KA7N5m+v5nkUBVTPyZ5C/KhxEMmopbbW+JDEgAr29yGmfqB6fpWuHd4Za/NArRMjN70sF2XOCGhN&#10;k6KZJ3XbjSWxh7QT+cvsWIHLZ4Q712S0pMGHkx3B2KPN1a07iZJ0SCsXqi02T6wJ4XHT+M9go0f6&#10;JcXIW1bL8HMHpKWwnxzrupzOmbmI2Zkv3idJ6DKyvYyAUwxVyyjF0dzE4yrvPJmu50rTTNfhDc+i&#10;NVmkl65OzfImZe1OW59W9dLPr17+zfVvAAAA//8DAFBLAwQUAAYACAAAACEAjkcnmtwAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDoCWkcSqERLlCygM48eZHjdeW7bbh&#10;7VlOcJvRfpqdqXaLncUZQ5wcKbhfZSCQOmcmGhR8Hd7uChAxaTJ6doQKvjHCrr6+qnRp3IU+8dyk&#10;QXAIxVIrGFPypZSxG9HquHIeiW+9C1YntmGQJugLh9tZ5lm2kVZPxB9G7fF1xO7YnKyCfT80pqHp&#10;kGd73xfBhnf/0Sp1e7O8bEEkXNIfDL/1uTrU3Kl1JzJRzOzXTzmjCvJ1waOYyB82jyBaFs8sZF3J&#10;/xvqHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDePPf2AAIAAOMDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCORyea3AAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAFoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:oval w14:anchorId="1BD44391" id="Oval 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:78.6pt;margin-top:129pt;width:39.6pt;height:19.2pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDePPf2AAIAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z+3GBrdq3em04xDS&#10;cSAd/AAvTduINA5Otu749TjZbjfBG6IPkR3Hn/19dlfXh8GKvaZg0NVyOiml0E5hY1xXy+/f7t5c&#10;SREiuAYsOl3LJx3k9fr1q9XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu042CINENmlrmgIRkYf&#10;bDEry3fFiNR4QqVD4NvbY1CuM37bahW/tG3QUdhacm8xn5TPbTqL9QqqjsD3Rp3agH/oYgDjuOgZ&#10;6hYiiB2Zv6AGowgDtnGicCiwbY3SmQOzmZZ/sHnswevMhcUJ/ixT+H+w6mH/6L9Saj34e1Q/gnC4&#10;6cF1+oYIx15Dw+WmSahi9KE6JyQncKrYjp+x4dHCLmLW4NDSkACZnThkqZ/OUutDFIovF+VsOeOB&#10;KA7N5m+v5nkUBVTPyZ5C/KhxEMmopbbW+JDEgAr29yGmfqB6fpWuHd4Za/NArRMjN70sF2XOCGhN&#10;k6KZJ3XbjSWxh7QT+cvsWIHLZ4Q712S0pMGHkx3B2KPN1a07iZJ0SCsXqi02T6wJ4XHT+M9go0f6&#10;JcXIW1bL8HMHpKWwnxzrupzOmbmI2Zkv3idJ6DKyvYyAUwxVyyjF0dzE4yrvPJmu50rTTNfhDc+i&#10;NVmkl65OzfImZe1OW59W9dLPr17+zfVvAAAA//8DAFBLAwQUAAYACAAAACEAjkcnmtwAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDoCWkcSqERLlCygM48eZHjdeW7bbh&#10;7VlOcJvRfpqdqXaLncUZQ5wcKbhfZSCQOmcmGhR8Hd7uChAxaTJ6doQKvjHCrr6+qnRp3IU+8dyk&#10;QXAIxVIrGFPypZSxG9HquHIeiW+9C1YntmGQJugLh9tZ5lm2kVZPxB9G7fF1xO7YnKyCfT80pqHp&#10;kGd73xfBhnf/0Sp1e7O8bEEkXNIfDL/1uTrU3Kl1JzJRzOzXTzmjCvJ1waOYyB82jyBaFs8sZF3J&#10;/xvqHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDePPf2AAIAAOMDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCORyea3AAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAFoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C716486" wp14:editId="60522BFD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C716486" wp14:editId="2544C9E5">
             <wp:extent cx="3673475" cy="3275965"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="22225" b="19685"/>
             <wp:docPr id="6" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3673475" cy="3275965"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3FD4CB" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="00EB68D8">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7F3FD4CB" w14:textId="58562316" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00EB68D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 6:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> QuickBooks displays the Modify Report window with th</w:t>
       </w:r>
-      <w:r w:rsidR="00C9540D">
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>e Filters tab, shown in figure 7</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">. Select the drop-down box next to </w:t>
       </w:r>
-      <w:r w:rsidR="00EC548B">
+      <w:r w:rsidR="00EC548B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>All income/expense accounts</w:t>
       </w:r>
-      <w:r w:rsidR="00EC548B">
+      <w:r w:rsidR="00957D88" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then scroll up and select </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC548B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Multiple accounts</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC548B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (circled below).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ED359B2" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="00C9540D">
-      <w:r>
+    <w:p w14:paraId="4ED359B2" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00C9540D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 7</w:t>
       </w:r>
-      <w:r w:rsidR="0040458B">
+      <w:r w:rsidR="0040458B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00EB68D8">
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Modify Report</w:t>
       </w:r>
-      <w:r w:rsidR="00EC548B">
+      <w:r w:rsidR="00EC548B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> window</w:t>
       </w:r>
-      <w:r w:rsidR="00EB68D8">
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>, Filters tab.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D24D583" w14:textId="32DD45C7" w:rsidR="0040458B" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1D24D583" w14:textId="32DD45C7" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251608576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="052A50E9" wp14:editId="7C2F04EF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="052A50E9" wp14:editId="7C2F04EF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2705100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>946785</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="236220" cy="319405"/>
                 <wp:effectExtent l="9525" t="16510" r="11430" b="16510"/>
                 <wp:wrapNone/>
                 <wp:docPr id="793515887" name="Oval 29"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="236220" cy="319405"/>
                         </a:xfrm>
@@ -6051,63 +6712,64 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="1727E4F6" id="Oval 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:213pt;margin-top:74.55pt;width:18.6pt;height:25.15pt;z-index:251608576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5ytXY/wEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6dtCo6TR1DCGN&#10;gTT4Aa7jJBaOz5zdpuXXc3ayrsAbIg/Wnc/33d13X9Y3x96wg0KvwVa8mOWcKSuh1rat+Lev92/e&#10;ceaDsLUwYFXFT8rzm83rV+vBlWoOHZhaISMQ68vBVbwLwZVZ5mWneuFn4JSlYAPYi0AutlmNYiD0&#10;3mTzPL/OBsDaIUjlPd3ejUG+SfhNo2T43DReBWYqTr2FdGI6d/HMNmtRtihcp+XUhviHLnqhLRU9&#10;Q92JINge9V9QvZYIHpowk9Bn0DRaqjQDTVPkf0zz1Amn0ixEjndnmvz/g5WPhyf3BWPr3j2A/O6Z&#10;hW0nbKtuEWHolKipXBGJygbny3NCdDylst3wCWpardgHSBwcG+wjIE3Hjonq05lqdQxM0uX86no+&#10;p4VICl0Vq0W+TBVE+Zzs0IcPCnoWjYorY7TzkQxRisODD7EfUT6/itcW7rUxaaHGsoGaXuXLPGV4&#10;MLqO0TQntrutQXYQURPpm2r/9gxhb+uEFjl4P9lBaDPaVN3YiZTIQ5ScL3dQn4gThFFp9GeQ0QH+&#10;5GwglVXc/9gLVJyZj5Z4XRWLRZRlchbLt5ESvIzsLiPCSoKqeOBsNLdhlPLeoW47qlSkcS3c0i4a&#10;nUh66WpqlpSUuJtUH6V66adXL//m5hcAAAD//wMAUEsDBBQABgAIAAAAIQCNQL+V3QAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4UachipoQp0JIlCukPIATb37UeB3Zbhve&#10;nuUEx50ZzX5THVY7iyv6MDlSsNsmIJA6ZyYaFHyd3h73IELUZPTsCBV8Y4BDfX9X6dK4G33itYmD&#10;4BIKpVYwxriUUoZuRKvD1i1I7PXOWx359IM0Xt+43M4yTZJcWj0Rfxj1gq8jdufmYhUc+6ExDU2n&#10;NDku/d5b/758tEo9bNaXZxAR1/gXhl98RoeamVp3IRPErCBLc94S2ciKHQhOZPlTCqJlpSgykHUl&#10;/2+ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5ytXY/wEAAOMDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCNQL+V3QAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAFkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:oval w14:anchorId="34C2170F" id="Oval 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:213pt;margin-top:74.55pt;width:18.6pt;height:25.15pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5ytXY/wEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6dtCo6TR1DCGN&#10;gTT4Aa7jJBaOz5zdpuXXc3ayrsAbIg/Wnc/33d13X9Y3x96wg0KvwVa8mOWcKSuh1rat+Lev92/e&#10;ceaDsLUwYFXFT8rzm83rV+vBlWoOHZhaISMQ68vBVbwLwZVZ5mWneuFn4JSlYAPYi0AutlmNYiD0&#10;3mTzPL/OBsDaIUjlPd3ejUG+SfhNo2T43DReBWYqTr2FdGI6d/HMNmtRtihcp+XUhviHLnqhLRU9&#10;Q92JINge9V9QvZYIHpowk9Bn0DRaqjQDTVPkf0zz1Amn0ixEjndnmvz/g5WPhyf3BWPr3j2A/O6Z&#10;hW0nbKtuEWHolKipXBGJygbny3NCdDylst3wCWpardgHSBwcG+wjIE3Hjonq05lqdQxM0uX86no+&#10;p4VICl0Vq0W+TBVE+Zzs0IcPCnoWjYorY7TzkQxRisODD7EfUT6/itcW7rUxaaHGsoGaXuXLPGV4&#10;MLqO0TQntrutQXYQURPpm2r/9gxhb+uEFjl4P9lBaDPaVN3YiZTIQ5ScL3dQn4gThFFp9GeQ0QH+&#10;5GwglVXc/9gLVJyZj5Z4XRWLRZRlchbLt5ESvIzsLiPCSoKqeOBsNLdhlPLeoW47qlSkcS3c0i4a&#10;nUh66WpqlpSUuJtUH6V66adXL//m5hcAAAD//wMAUEsDBBQABgAIAAAAIQCNQL+V3QAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4UachipoQp0JIlCukPIATb37UeB3Zbhve&#10;nuUEx50ZzX5THVY7iyv6MDlSsNsmIJA6ZyYaFHyd3h73IELUZPTsCBV8Y4BDfX9X6dK4G33itYmD&#10;4BIKpVYwxriUUoZuRKvD1i1I7PXOWx359IM0Xt+43M4yTZJcWj0Rfxj1gq8jdufmYhUc+6ExDU2n&#10;NDku/d5b/758tEo9bNaXZxAR1/gXhl98RoeamVp3IRPErCBLc94S2ciKHQhOZPlTCqJlpSgykHUl&#10;/2+ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5ytXY/wEAAOMDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCNQL+V3QAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAFkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251601408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="436EA128" wp14:editId="7FF60CE0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="436EA128" wp14:editId="7FF60CE0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1363980</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1266190</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1013460" cy="243840"/>
                 <wp:effectExtent l="11430" t="12065" r="13335" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1180997929" name="Oval 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1013460" cy="243840"/>
                         </a:xfrm>
@@ -6128,496 +6790,1011 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="561468E3" id="Oval 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:107.4pt;margin-top:99.7pt;width:79.8pt;height:19.2pt;z-index:251601408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6l9NAAQIAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTtGuNOEWRrsOA&#10;rhvQ7QMYWY6FyaJGKXGyrx+lpGmw3Yb5IJCi+Mj3SM9vd4MVW03BoGtkNSml0E5ha9y6kd+/Pby7&#10;liJEcC1YdLqRex3k7eLtm/noaz3FHm2rSTCIC/XoG9nH6OuiCKrXA4QJeu042CENENmlddESjIw+&#10;2GJallfFiNR6QqVD4Nv7Q1AuMn7XaRW/dF3QUdhGcm8xn5TPVTqLxRzqNYHvjTq2Af/QxQDGcdET&#10;1D1EEBsyf0ENRhEG7OJE4VBg1xmlMwdmU5V/sHnuwevMhcUJ/iRT+H+w6mn77L9Saj34R1Q/gnC4&#10;7MGt9R0Rjr2GlstVSahi9KE+JSQncKpYjZ+x5dHCJmLWYNfRkACZndhlqfcnqfUuCsWXVVldzK54&#10;Iopj09nF9SzPooD6JdtTiB81DiIZjdTWGh+SGlDD9jHE1BDUL6/StcMHY22eqHVi5CI35WWZMwJa&#10;06ZoJkrr1dKS2EJaivxleizB+TPCjWszWhLhw9GOYOzB5urWHVVJQqSdC/UK2z2LQnhYNf412OiR&#10;fkkx8po1MvzcAGkp7CfHwt5UM2YuYnZml++n7NB5ZHUeAacYqpFRioO5jIdd3ngy654rVZmuwzse&#10;RmeySK9dHZvlVcraHdc+7eq5n1+9/pyL3wAAAP//AwBQSwMEFAAGAAgAAAAhADHo1WbdAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1ldhRp2lE0xCnQkiULaR8gBNPHmo8jmy3&#10;DX/PsILdjM7VnTPlYbGTuKIPoyMFm3UCAql1ZqRewdfp7TEHEaImoydHqOAbAxyq+7tSF8bd6BOv&#10;dewFl1AotIIhxrmQMrQDWh3WbkZi1jlvdeTV99J4feNyO8k0SZ6k1SPxhUHP+Dpge64vVsGx62tT&#10;03hKk+Pc5d769/mjUephtbw8g4i4xL8w/OqzOlTs1LgLmSAmBekmY/XIYL/PQHBiu8t4aBhtdznI&#10;qpT/f6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHqX00ABAgAA5AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADHo1WbdAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAWwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:oval w14:anchorId="48C3C3ED" id="Oval 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:107.4pt;margin-top:99.7pt;width:79.8pt;height:19.2pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6l9NAAQIAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTtGuNOEWRrsOA&#10;rhvQ7QMYWY6FyaJGKXGyrx+lpGmw3Yb5IJCi+Mj3SM9vd4MVW03BoGtkNSml0E5ha9y6kd+/Pby7&#10;liJEcC1YdLqRex3k7eLtm/noaz3FHm2rSTCIC/XoG9nH6OuiCKrXA4QJeu042CENENmlddESjIw+&#10;2GJallfFiNR6QqVD4Nv7Q1AuMn7XaRW/dF3QUdhGcm8xn5TPVTqLxRzqNYHvjTq2Af/QxQDGcdET&#10;1D1EEBsyf0ENRhEG7OJE4VBg1xmlMwdmU5V/sHnuwevMhcUJ/iRT+H+w6mn77L9Saj34R1Q/gnC4&#10;7MGt9R0Rjr2GlstVSahi9KE+JSQncKpYjZ+x5dHCJmLWYNfRkACZndhlqfcnqfUuCsWXVVldzK54&#10;Iopj09nF9SzPooD6JdtTiB81DiIZjdTWGh+SGlDD9jHE1BDUL6/StcMHY22eqHVi5CI35WWZMwJa&#10;06ZoJkrr1dKS2EJaivxleizB+TPCjWszWhLhw9GOYOzB5urWHVVJQqSdC/UK2z2LQnhYNf412OiR&#10;fkkx8po1MvzcAGkp7CfHwt5UM2YuYnZml++n7NB5ZHUeAacYqpFRioO5jIdd3ngy654rVZmuwzse&#10;RmeySK9dHZvlVcraHdc+7eq5n1+9/pyL3wAAAP//AwBQSwMEFAAGAAgAAAAhADHo1WbdAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1ldhRp2lE0xCnQkiULaR8gBNPHmo8jmy3&#10;DX/PsILdjM7VnTPlYbGTuKIPoyMFm3UCAql1ZqRewdfp7TEHEaImoydHqOAbAxyq+7tSF8bd6BOv&#10;dewFl1AotIIhxrmQMrQDWh3WbkZi1jlvdeTV99J4feNyO8k0SZ6k1SPxhUHP+Dpge64vVsGx62tT&#10;03hKk+Pc5d769/mjUephtbw8g4i4xL8w/OqzOlTs1LgLmSAmBekmY/XIYL/PQHBiu8t4aBhtdznI&#10;qpT/f6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHqX00ABAgAA5AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADHo1WbdAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAWwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06296350" wp14:editId="0ABF481D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06296350" wp14:editId="798447EB">
             <wp:extent cx="2941955" cy="2067560"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="10795" b="27940"/>
             <wp:docPr id="7" name="Picture 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2941955" cy="2067560"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291FBFE2" w14:textId="77777777" w:rsidR="00396368" w:rsidRDefault="00396368">
+    <w:p w14:paraId="22DC3CE7" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00EC548B">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
+        <w:t>Step 7:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> QuickBooks displays the Select Account</w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> window</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shown in figure 8</w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Next scroll down the list of accounts and start selecting accounts starting with </w:t>
+      </w:r>
+      <w:r w:rsidR="00C872B9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Catholic School Income</w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C872B9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Receipts</w:t>
+      </w:r>
+      <w:r w:rsidR="00C872B9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">account number </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA51AA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>480.9</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA51AA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Advancement Fundraising (net)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">include </w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any subaccounts </w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA51AA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>480.9</w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if necessary. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C872B9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>For parishes with a school d</w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o not select any of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C872B9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parish Income accounts, </w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charitable Collection, Mass Accounts, and Cemetery </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">income </w:t>
+      </w:r>
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>account numbers.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C684D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With regards to the expenditures start by selecting account </w:t>
+      </w:r>
+      <w:r w:rsidR="00C872B9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Catholic School Expenses</w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to account number </w:t>
+      </w:r>
+      <w:r w:rsidR="0013526B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>589.0 “</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA51AA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Other Advancement </w:t>
+      </w:r>
+      <w:r w:rsidR="004F36DA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>expenses</w:t>
+      </w:r>
+      <w:r w:rsidR="0013526B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="004F36DA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and include any subaccounts of 589.0, if any. Note: do not include expense account number </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0675C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>570</w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0675C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>School Support/Subsidy Exp.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="004F36DA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any subaccounts of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0675C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>570</w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, if necessary. </w:t>
+      </w:r>
+      <w:r w:rsidR="004F36DA" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Also</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0675C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, the parishes with a school d</w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o not select any of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0675C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parish Expenses, </w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charitable Collection, Mass Accounts, and Cemetery </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expense </w:t>
+      </w:r>
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>account numbers.</w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Once you have selected all of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00451A65" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accounts select the Okay button.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76191C7E" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00C9540D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Figure 8</w:t>
+      </w:r>
+      <w:r w:rsidR="0040458B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB68D8" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Select Account window.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="42110AE8" w14:textId="77777777" w:rsidR="00396368" w:rsidRDefault="00396368">
+    <w:p w14:paraId="3C66FEEA" w14:textId="2C58F6A7" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
       <w:pPr>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...196 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CD39720" wp14:editId="02B9C8CC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CD39720" wp14:editId="62A16B97">
             <wp:extent cx="4707255" cy="2560320"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="17145" b="11430"/>
             <wp:docPr id="8" name="Picture 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4707255" cy="2560320"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564E3BA3" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="00EC548B">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="564E3BA3" w14:textId="680EB162" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00EC548B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 8:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EC2D09">
+      <w:r w:rsidR="00EC2D09" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Select the Header/Footer</w:t>
       </w:r>
-      <w:r w:rsidR="00C9540D">
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> tab as shown in figure 9</w:t>
       </w:r>
-      <w:r w:rsidR="003418E4">
+      <w:r w:rsidR="003418E4" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> below</w:t>
       </w:r>
-      <w:r w:rsidR="00EC2D09">
+      <w:r w:rsidR="00EC2D09" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">. Change the Report Title by inserting your cursor before the words Profit &amp; Loss Budget Overview and type in the word </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r w:rsidR="00EC2D09">
+      <w:r w:rsidR="00EC2D09" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">which </w:t>
       </w:r>
-      <w:r w:rsidR="00EA1520">
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>will change the</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Report Title </w:t>
       </w:r>
-      <w:r w:rsidR="00EA1520">
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> read as “</w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00EC2D09">
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Profit &amp; Loss Budget Overview</w:t>
+      </w:r>
+      <w:r w:rsidR="00957D88" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2D09" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>elect the OK button at the bottom of this window</w:t>
       </w:r>
-      <w:r w:rsidR="00EA47A6">
+      <w:r w:rsidR="00EA47A6" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to view the newly created report</w:t>
       </w:r>
-      <w:r w:rsidR="00EC2D09">
+      <w:r w:rsidR="00EC2D09" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1252B3E2" w14:textId="77777777" w:rsidR="00EC548B" w:rsidRDefault="00EA47A6" w:rsidP="00EC548B">
+    <w:p w14:paraId="1252B3E2" w14:textId="77777777" w:rsidR="00EC548B" w:rsidRPr="00D24F02" w:rsidRDefault="00EA47A6" w:rsidP="00EC548B">
       <w:pPr>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Observe: </w:t>
       </w:r>
-      <w:r w:rsidR="00EA1520">
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidR="00C9540D">
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> figure 9</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">, the Company name is listed as St. James Church, but </w:t>
       </w:r>
-      <w:r w:rsidR="00A0675C">
+      <w:r w:rsidR="00A0675C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">the name should be changed to reflect the school </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00A0675C">
+      <w:r w:rsidR="00A0675C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>name</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A0675C">
+      <w:r w:rsidR="00A0675C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>a comma should be added then the city name</w:t>
       </w:r>
-      <w:r w:rsidR="00A67AC9">
+      <w:r w:rsidR="00A67AC9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">, for example: </w:t>
       </w:r>
-      <w:r w:rsidR="007A5E7C">
+      <w:r w:rsidR="007A5E7C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00A0675C">
+      <w:r w:rsidR="00A0675C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Augustinian Academy</w:t>
       </w:r>
-      <w:r w:rsidR="00A67AC9">
+      <w:r w:rsidR="00A67AC9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>, Carthage”</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">. This will allow anyone reviewing the report to easily identify your </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>school</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> report correctly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09CBAC83" w14:textId="6F4846CA" w:rsidR="00B1209E" w:rsidRDefault="00B1209E" w:rsidP="00B1209E">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="09CBAC83" w14:textId="65A95BB7" w:rsidR="00B1209E" w:rsidRPr="00D24F02" w:rsidRDefault="00BE28E5" w:rsidP="00B1209E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251640320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C59A720" wp14:editId="798E9DCA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658284" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DAB94C2" wp14:editId="7AB912E1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1276350</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1731645</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1733550" cy="317500"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1532108892" name="Text Box 121"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1733550" cy="317500"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="330EEF84" w14:textId="038B339C" w:rsidR="00B460FB" w:rsidRPr="007F1EED" w:rsidRDefault="00683391">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00AA7663">
+                              <w:rPr>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                                <w:highlight w:val="lightGray"/>
+                              </w:rPr>
+                              <w:t>July 20</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F14FCC" w:rsidRPr="00AA7663">
+                              <w:rPr>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                                <w:highlight w:val="lightGray"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00AA7663" w:rsidRPr="00AA7663">
+                              <w:rPr>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                                <w:highlight w:val="lightGray"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00AA7663">
+                              <w:rPr>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                                <w:highlight w:val="lightGray"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> through June 20</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00815EA7" w:rsidRPr="00AA7663">
+                              <w:rPr>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                                <w:highlight w:val="lightGray"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00AA7663" w:rsidRPr="00AA7663">
+                              <w:rPr>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                                <w:highlight w:val="lightGray"/>
+                              </w:rPr>
+                              <w:t>7</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5DAB94C2" id="Text Box 121" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:100.5pt;margin-top:136.35pt;width:136.5pt;height:25pt;z-index:251658284;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHOldr5AEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P0zAQfEfiP1h+p0n6QY+o6em40yGk&#10;40A6+AGOYzcWides3Sbl17N2er0Cb4gXy/Y6szOzk8312HfsoNAbsBUvZjlnykpojN1V/NvX+zdX&#10;nPkgbCM6sKriR+X59fb1q83gSjWHFrpGISMQ68vBVbwNwZVZ5mWreuFn4JSlogbsRaAj7rIGxUDo&#10;fZfN8/xtNgA2DkEq7+n2birybcLXWsnwWWuvAusqTtxCWjGtdVyz7UaUOxSuNfJEQ/wDi14YS03P&#10;UHciCLZH8xdUbySCBx1mEvoMtDZSJQ2kpsj/UPPUCqeSFjLHu7NN/v/BysfDk/uCLIzvYaQBJhHe&#10;PYD87pmF21bYnbpBhKFVoqHGRbQsG5wvT59Gq33pI0g9fIKGhiz2ARLQqLGPrpBORug0gOPZdDUG&#10;JmPL9WKxWlFJUm1RrFd5mkomyuevHfrwQUHP4qbiSENN6OLw4ENkI8rnJ7GZhXvTdWmwnf3tgh7G&#10;m8Q+Ep6oh7EemWmIyVXUFtXU0BxJD8KUF8o3bVrAn5wNlJWK+x97gYqz7qMlT94Vy2UMVzosV+s5&#10;HfCyUl9WhJUEVfHA2bS9DVMg9w7NrqVO0xQs3JCP2iSJL6xO/CkPSfkpuzFwl+f06uUP2/4CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCc9xKW3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkSdxY8lKoaxrOiEQV9AGm8Qta7y2onGqJlvLv8ec4GY/Pz1/r9hMrhMXHELrScNyoUAgVd62&#10;VGv4eH+5eQARoiFrOk+o4RsDbMrZVWFy60fa4mUXa8EhFHKjoYmxz6UMVYPOhIXvkfh28oMzkdeh&#10;lnYwI4e7TiZK3UtnWuIPjenxqcHqa3d2Gvavp89Dqt7qZ3fXj35SktxKan09nx7XICJO8c8Mv/iM&#10;DiUzHf2ZbBCdhkQtuUvkIUsyEOxIs5SVo4bbhBVZFvJ/h/IHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEABzpXa+QBAACpAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAnPcSlt4AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="330EEF84" w14:textId="038B339C" w:rsidR="00B460FB" w:rsidRPr="007F1EED" w:rsidRDefault="00683391">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00AA7663">
+                        <w:rPr>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                          <w:highlight w:val="lightGray"/>
+                        </w:rPr>
+                        <w:t>July 20</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F14FCC" w:rsidRPr="00AA7663">
+                        <w:rPr>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                          <w:highlight w:val="lightGray"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00AA7663" w:rsidRPr="00AA7663">
+                        <w:rPr>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                          <w:highlight w:val="lightGray"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00AA7663">
+                        <w:rPr>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                          <w:highlight w:val="lightGray"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> through June 20</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00815EA7" w:rsidRPr="00AA7663">
+                        <w:rPr>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                          <w:highlight w:val="lightGray"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00AA7663" w:rsidRPr="00AA7663">
+                        <w:rPr>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                          <w:highlight w:val="lightGray"/>
+                        </w:rPr>
+                        <w:t>7</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658286" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C59A720" wp14:editId="798E9DCA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1461135</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1955800</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="836930" cy="279400"/>
                 <wp:effectExtent l="3810" t="0" r="0" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="389716429" name="Text Box 123"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="836930" cy="279400"/>
                         </a:xfrm>
@@ -6628,145 +7805,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7485DFE5" w14:textId="3249941B" w:rsidR="00B460FB" w:rsidRPr="00683391" w:rsidRDefault="00683391">
+                          <w:p w14:paraId="7485DFE5" w14:textId="7520BC7D" w:rsidR="00B460FB" w:rsidRPr="00683391" w:rsidRDefault="00683391">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00683391">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>4/20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="00BE28E5">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5C59A720" id="Text Box 123" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:115.05pt;margin-top:154pt;width:65.9pt;height:22pt;z-index:251640320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBACJrT5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJszYx4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkN5cj33H9gq9AVvy+SznTFkJtbFNyZ++379b&#10;ceaDsLXowKqSH5Tn19u3bzaDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct8vwyGwBrhyCV95S9m4p8m/C1VjJ81dqrwLqSE7eQTkxnFc9suxFFg8K1Rh5piH9g0QtjqekJ&#10;6k4EwXZoXkH1RiJ40GEmoc9AayNV0kBq5vlfah5b4VTSQuZ4d7LJ/z9Y+WX/6L4hC+MHGGmASYR3&#10;DyB/eGbhthW2UTeIMLRK1NR4Hi3LBueL46fRal/4CFINn6GmIYtdgAQ0auyjK6STEToN4HAyXY2B&#10;SUquLi7XF1SRVFpcrZd5GkomiuePHfrwUUHP4qXkSDNN4GL/4EMkI4rnJ7GXhXvTdWmunf0jQQ9j&#10;JpGPfCfmYaxGZmpStorSopgK6gPJQZjWhdabLi3gL84GWpWS+587gYqz7pMlS9bz5TLuVgqW768W&#10;FOB5pTqvCCsJquSBs+l6G6Z93Dk0TUudpiFYuCEbtUkSX1gd+dM6JOXH1Y37dh6nVy8/2PY3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAt0C0F98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70h7h8hI3FjSlk1baTpNIK4gtoHELWu8tqJxqiZby9tjTuxmy59+f3+xmVwnLjiE1pOGZK5AIFXe&#10;tlRrOOxf7lcgQjRkTecJNfxggE05uylMbv1I73jZxVpwCIXcaGhi7HMpQ9WgM2HueyS+nfzgTOR1&#10;qKUdzMjhrpOpUkvpTEv8oTE9PjVYfe/OTsPH6+nr80G91c9u0Y9+UpLcWmp9dzttH0FEnOI/DH/6&#10;rA4lOx39mWwQnYY0UwmjGjK14lJMZMtkDeLIwyJVIMtCXncofwEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBACJrT5QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQC3QLQX3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5C59A720" id="Text Box 123" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:115.05pt;margin-top:154pt;width:65.9pt;height:22pt;z-index:251658286;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgRm8/5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJs7Yx4hRdiw4D&#10;ugvQ7QNoWY6F2aJGKbGzrx8lp2m2vQ17EURSPjznkF7fjH0n9pq8QVvK+SyXQluFtbHbUn77+vDm&#10;WgofwNbQodWlPGgvbzavX60HV+gFttjVmgSDWF8MrpRtCK7IMq9a3YOfodOWiw1SD4FD2mY1wcDo&#10;fZct8vwyG5BqR6i095y9n4pyk/CbRqvwuWm8DqIrJXML6aR0VvHMNmsotgSuNepIA/6BRQ/GctMT&#10;1D0EEDsyf0H1RhF6bMJMYZ9h0xilkwZWM8//UPPUgtNJC5vj3ckm//9g1af9k/tCIozvcOQBJhHe&#10;PaL67oXFuxbsVt8S4dBqqLnxPFqWDc4Xx0+j1b7wEaQaPmLNQ4ZdwAQ0NtRHV1inYHQewOFkuh6D&#10;UJy8vrhcXXBFcWlxtVrmaSgZFM8fO/LhvcZexEspiWeawGH/6EMkA8Xzk9jL4oPpujTXzv6W4Icx&#10;k8hHvhPzMFajMDUrW0VpUUyF9YHlEE7rwuvNlxbppxQDr0op/Y8dkJai+2DZktV8uYy7lYLl26sF&#10;B3Reqc4rYBVDlTJIMV3vwrSPO0dm23KnaQgWb9nGxiSJL6yO/HkdkvLj6sZ9O4/Tq5cfbPMLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQC3QLQX3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SHuHyEjcWNKWTVtpOk0griC2gcQta7y2onGqJlvL22NO7GbLn35/f7GZXCcuOITWk4ZkrkAgVd62&#10;VGs47F/uVyBCNGRN5wk1/GCATTm7KUxu/UjveNnFWnAIhdxoaGLscylD1aAzYe57JL6d/OBM5HWo&#10;pR3MyOGuk6lSS+lMS/yhMT0+NVh9785Ow8fr6evzQb3Vz27Rj35Sktxaan13O20fQUSc4j8Mf/qs&#10;DiU7Hf2ZbBCdhjRTCaMaMrXiUkxky2QN4sjDIlUgy0Jedyh/AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOBGbz/kAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALdAtBffAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7485DFE5" w14:textId="3249941B" w:rsidR="00B460FB" w:rsidRPr="00683391" w:rsidRDefault="00683391">
+                    <w:p w14:paraId="7485DFE5" w14:textId="7520BC7D" w:rsidR="00B460FB" w:rsidRPr="00683391" w:rsidRDefault="00683391">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00683391">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>4/20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="00BE28E5">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251637248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="766D643E" wp14:editId="6E5C2C6A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658283" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="766D643E" wp14:editId="270966CA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1410970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2023745</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="743585" cy="121285"/>
                 <wp:effectExtent l="1270" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2002072512" name="Rectangle 120"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="743585" cy="121285"/>
                         </a:xfrm>
@@ -6787,254 +7965,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3839DF50" id="Rectangle 120" o:spid="_x0000_s1026" style="position:absolute;margin-left:111.1pt;margin-top:159.35pt;width:58.55pt;height:9.55pt;z-index:251637248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBun55N5AEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N47TpLu14qxWWaWq&#10;tL1I234AxmCjYoYOJE769R1wNhu1b1X9gBhm5jDncLy+Ow6WHRQGA67m5WzOmXISWuO6mn//tntz&#10;y1mIwrXCglM1P6nA7zavX61HX6kF9GBbhYxAXKhGX/M+Rl8VRZC9GkSYgVeOkhpwEJFC7IoWxUjo&#10;gy0W8/m7YgRsPYJUIdDpw5Tkm4yvtZLxi9ZBRWZrTrPFvGJem7QWm7WoOhS+N/I8hviHKQZhHF16&#10;gXoQUbA9mr+gBiMRAug4kzAUoLWRKnMgNuX8DzZPvfAqcyFxgr/IFP4frPx8ePJfMY0e/CPIH4E5&#10;2PbCdeoeEcZeiZauK5NQxehDdWlIQaBW1oyfoKWnFfsIWYOjxiEBEjt2zFKfLlKrY2SSDm+Wb1e3&#10;K84kpcpFuaB9ukFUz80eQ/ygYGBpU3Okl8zg4vAY4lT6XJKHB2vanbE2B9g1W4vsIOjVd/k7o4fr&#10;MutSsYPUNiGmk8wyEUseClUD7YlIIkzWIavTpgf8xdlItql5+LkXqDizHx0J9b5cLpPPcrBc3Swo&#10;wOtMc50RThJUzSNn03YbJ2/uPZqup5vKTNrBPYmrTSb+MtV5WLJGlu5s4+S96zhXvfxsm98AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlzoaV3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLNkKXdc1nRDSTsCBDYmr13httSYpTbqVt8c7gU+2/On352Iz2U6caQitdxrmMwWCXOVN&#10;62oNn/vtQwYiRHQGO+9Iww8F2JS3NwXmxl/cB513sRYc4kKOGpoY+1zKUDVkMcx8T453Rz9YjDwO&#10;tTQDXjjcdnKhVCotto4vNNjTS0PVaTdaDZg+mu/3Y/K2fx1TXNWT2j59Ka3v76bnNYhIU/yD4arP&#10;6lCy08GPzgTRaVhwMaohmWdLEEwkySoBcbg2ywxkWcj/P5S/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAG6fnk3kAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOXOhpXfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7A3B88EF" id="Rectangle 120" o:spid="_x0000_s1026" style="position:absolute;margin-left:111.1pt;margin-top:159.35pt;width:58.55pt;height:9.55pt;z-index:251658283;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBun55N5AEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N47TpLu14qxWWaWq&#10;tL1I234AxmCjYoYOJE769R1wNhu1b1X9gBhm5jDncLy+Ow6WHRQGA67m5WzOmXISWuO6mn//tntz&#10;y1mIwrXCglM1P6nA7zavX61HX6kF9GBbhYxAXKhGX/M+Rl8VRZC9GkSYgVeOkhpwEJFC7IoWxUjo&#10;gy0W8/m7YgRsPYJUIdDpw5Tkm4yvtZLxi9ZBRWZrTrPFvGJem7QWm7WoOhS+N/I8hviHKQZhHF16&#10;gXoQUbA9mr+gBiMRAug4kzAUoLWRKnMgNuX8DzZPvfAqcyFxgr/IFP4frPx8ePJfMY0e/CPIH4E5&#10;2PbCdeoeEcZeiZauK5NQxehDdWlIQaBW1oyfoKWnFfsIWYOjxiEBEjt2zFKfLlKrY2SSDm+Wb1e3&#10;K84kpcpFuaB9ukFUz80eQ/ygYGBpU3Okl8zg4vAY4lT6XJKHB2vanbE2B9g1W4vsIOjVd/k7o4fr&#10;MutSsYPUNiGmk8wyEUseClUD7YlIIkzWIavTpgf8xdlItql5+LkXqDizHx0J9b5cLpPPcrBc3Swo&#10;wOtMc50RThJUzSNn03YbJ2/uPZqup5vKTNrBPYmrTSb+MtV5WLJGlu5s4+S96zhXvfxsm98AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlzoaV3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLNkKXdc1nRDSTsCBDYmr13httSYpTbqVt8c7gU+2/On352Iz2U6caQitdxrmMwWCXOVN&#10;62oNn/vtQwYiRHQGO+9Iww8F2JS3NwXmxl/cB513sRYc4kKOGpoY+1zKUDVkMcx8T453Rz9YjDwO&#10;tTQDXjjcdnKhVCotto4vNNjTS0PVaTdaDZg+mu/3Y/K2fx1TXNWT2j59Ka3v76bnNYhIU/yD4arP&#10;6lCy08GPzgTRaVhwMaohmWdLEEwkySoBcbg2ywxkWcj/P5S/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAG6fnk3kAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOXOhpXfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251638272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DAB94C2" wp14:editId="6E3E450C">
-[...190 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251635200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A76C898" wp14:editId="5AF8A76C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658281" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A76C898" wp14:editId="5AF8A76C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1403985</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1783715</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1393825" cy="120650"/>
                 <wp:effectExtent l="3810" t="4445" r="2540" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1634481417" name="Rectangle 114"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1393825" cy="120650"/>
                         </a:xfrm>
@@ -7055,63 +8043,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="22E224F8" id="Rectangle 114" o:spid="_x0000_s1026" style="position:absolute;margin-left:110.55pt;margin-top:140.45pt;width:109.75pt;height:9.5pt;z-index:251635200;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkTmuA6AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOk6414hRFigwD&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zgyCK4hHP4fHy7jBYsdcUDLpalpOpFNopbIzravn92+bd&#10;jRQhgmvAotO1fNZB3q3evlmOvtIz7NE2mgSDuFCNvpZ9jL4qiqB6PUCYoNeOky3SAJFD6oqGYGT0&#10;wRaz6fS6GJEaT6h0CHz6cEzKVcZvW63il7YNOgpbS+4t5pXyuk1rsVpC1RH43qhTG/APXQxgHD96&#10;hnqACGJH5i+owSjCgG2cKBwKbFujdObAbMrpH2yeevA6c2Fxgj/LFP4frPq8f/JfKbUe/COqH0E4&#10;XPfgOn1PhGOvoeHnyiRUMfpQnQtSELhUbMdP2PBoYRcxa3BoaUiAzE4cstTPZ6n1IQrFh+XV7dXN&#10;bCGF4lw5m14v8iwKqF6qPYX4QeMg0qaWxKPM6LB/DDF1A9XLldw9WtNsjLU5oG67tiT2wGPf5C8T&#10;YJKX16xLlx2msiNiOsk0E7NkolBtsXlmloRH77DXedMj/ZJiZN/UMvzcAWkp7EfHSt2W83kyWg7m&#10;i/czDugys73MgFMMVcsoxXG7jkdz7jyZrueXykza4T2r25pM/LWrU7PsjazHycfJfJdxvvX6t61+&#10;AwAA//8DAFBLAwQUAAYACAAAACEAphlsxt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/D&#10;MAyG70j8h8hI3FjSUqq1NJ0Q0k7AgQ2Jq9dkbUXjlCbdyr/HnNjNH49eP642ixvEyU6h96QhWSkQ&#10;lhpvemo1fOy3d2sQISIZHDxZDT82wKa+vqqwNP5M7/a0i63gEAolauhiHEspQ9NZh2HlR0u8O/rJ&#10;YeR2aqWZ8MzhbpCpUrl02BNf6HC0z51tvnaz04B5Zr7fjvev+5c5x6Jd1PbhU2l9e7M8PYKIdon/&#10;MPzpszrU7HTwM5kgBg1pmiSMcrFWBQgmskzlIA48KYoCZF3Jyx/qXwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAkTmuA6AEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCmGWzG3wAAAAsBAAAPAAAAAAAAAAAAAAAAAEIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="52F42D61" id="Rectangle 114" o:spid="_x0000_s1026" style="position:absolute;margin-left:110.55pt;margin-top:140.45pt;width:109.75pt;height:9.5pt;z-index:251658281;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkTmuA6AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOk6414hRFigwD&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zgyCK4hHP4fHy7jBYsdcUDLpalpOpFNopbIzravn92+bd&#10;jRQhgmvAotO1fNZB3q3evlmOvtIz7NE2mgSDuFCNvpZ9jL4qiqB6PUCYoNeOky3SAJFD6oqGYGT0&#10;wRaz6fS6GJEaT6h0CHz6cEzKVcZvW63il7YNOgpbS+4t5pXyuk1rsVpC1RH43qhTG/APXQxgHD96&#10;hnqACGJH5i+owSjCgG2cKBwKbFujdObAbMrpH2yeevA6c2Fxgj/LFP4frPq8f/JfKbUe/COqH0E4&#10;XPfgOn1PhGOvoeHnyiRUMfpQnQtSELhUbMdP2PBoYRcxa3BoaUiAzE4cstTPZ6n1IQrFh+XV7dXN&#10;bCGF4lw5m14v8iwKqF6qPYX4QeMg0qaWxKPM6LB/DDF1A9XLldw9WtNsjLU5oG67tiT2wGPf5C8T&#10;YJKX16xLlx2msiNiOsk0E7NkolBtsXlmloRH77DXedMj/ZJiZN/UMvzcAWkp7EfHSt2W83kyWg7m&#10;i/czDugys73MgFMMVcsoxXG7jkdz7jyZrueXykza4T2r25pM/LWrU7PsjazHycfJfJdxvvX6t61+&#10;AwAA//8DAFBLAwQUAAYACAAAACEAphlsxt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/D&#10;MAyG70j8h8hI3FjSUqq1NJ0Q0k7AgQ2Jq9dkbUXjlCbdyr/HnNjNH49eP642ixvEyU6h96QhWSkQ&#10;lhpvemo1fOy3d2sQISIZHDxZDT82wKa+vqqwNP5M7/a0i63gEAolauhiHEspQ9NZh2HlR0u8O/rJ&#10;YeR2aqWZ8MzhbpCpUrl02BNf6HC0z51tvnaz04B5Zr7fjvev+5c5x6Jd1PbhU2l9e7M8PYKIdon/&#10;MPzpszrU7HTwM5kgBg1pmiSMcrFWBQgmskzlIA48KYoCZF3Jyx/qXwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAkTmuA6AEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCmGWzG3wAAAAsBAAAPAAAAAAAAAAAAAAAAAEIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251634176" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59FA3B32" wp14:editId="3CA43AA4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59FA3B32" wp14:editId="3CA43AA4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>337185</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5720715" cy="4476750"/>
                 <wp:effectExtent l="9525" t="5715" r="13335" b="13335"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="1334782208" name="Text Box 115"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5720715" cy="4476750"/>
                         </a:xfrm>
@@ -7191,51 +8180,51 @@
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="59FA3B32" id="Text Box 115" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:26.55pt;width:450.45pt;height:352.5pt;z-index:251634176;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbETh4GQIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCpGmNOEWXLsOA&#10;rhvQ7QNkWY6FyaJAKbG7rx8lJ2nQbZdhOgiUSD2Rj4+r26Ez7KDQa7Aln05yzpSVUGu7K/n3b9t3&#10;15z5IGwtDFhV8mfl+e367ZtV7wo1gxZMrZARiPVF70rehuCKLPOyVZ3wE3DKkrMB7ESgI+6yGkVP&#10;6J3JZnl+lfWAtUOQynu6vR+dfJ3wm0bJ8KVpvArMlJxyC2nHtFdxz9YrUexQuFbLYxriH7LohLb0&#10;6RnqXgTB9qh/g+q0RPDQhImELoOm0VKlGqiaaf6qmqdWOJVqIXK8O9Pk/x+sfDw8ua/IwvAeBmpg&#10;KsK7B5A/PLOwaYXdqTtE6Fslavp4GinLeueL49NItS98BKn6z1BTk8U+QAIaGuwiK1QnI3RqwPOZ&#10;dDUEJulysZzly+mCM0m++Xx5tVyktmSiOD136MNHBR2LRsmRuprgxeHBh5iOKE4h8TcPRtdbbUw6&#10;4K7aGGQHQQrYppUqeBVmLOtLfrOYLUYG/gqRp/UniE4HkrLRXcmvz0GiiLx9sHUSWhDajDalbOyR&#10;yMjdyGIYqoHpuuSzREEktoL6mahFGKVLo0ZGC/iTs55kW3JLc8WZ+WSpOTfT+TyqPB3mkVnO8NJT&#10;XXqElQRU8sDZaG7COBl7h3rX0j8nOdxRQ7c6Uf2S0zF7EmbqwHGIovIvzynqZdTXvwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPkXsmLfAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SFwQtQMqbUM2FRRVHCohKHyAEy9J2ngdxW4S+HrMCY6jGc28ydaTbcVAvW8cIyQzBYK4dKbhCuHj&#10;fXu9BOGDZqNbx4TwRR7W+flZplPjRn6jYR8qEUvYpxqhDqFLpfRlTVb7meuIo/fpeqtDlH0lTa/H&#10;WG5beaPUnbS64bhQ6442NZXH/ckiHJ8Ww+Fq9/xYvGw3h2pQ4zeVr4iXF9PDPYhAU/gLwy9+RIc8&#10;MhXuxMaLFiEeCQjz2wREdFdKrUAUCIv5MgGZZ/I/f/4DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA2xE4eBkCAAAyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA+ReyYt8AAAAHAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;">
+              <v:shape w14:anchorId="59FA3B32" id="Text Box 115" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:26.55pt;width:450.45pt;height:352.5pt;z-index:251658280;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbETh4GQIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCpGmNOEWXLsOA&#10;rhvQ7QNkWY6FyaJAKbG7rx8lJ2nQbZdhOgiUSD2Rj4+r26Ez7KDQa7Aln05yzpSVUGu7K/n3b9t3&#10;15z5IGwtDFhV8mfl+e367ZtV7wo1gxZMrZARiPVF70rehuCKLPOyVZ3wE3DKkrMB7ESgI+6yGkVP&#10;6J3JZnl+lfWAtUOQynu6vR+dfJ3wm0bJ8KVpvArMlJxyC2nHtFdxz9YrUexQuFbLYxriH7LohLb0&#10;6RnqXgTB9qh/g+q0RPDQhImELoOm0VKlGqiaaf6qmqdWOJVqIXK8O9Pk/x+sfDw8ua/IwvAeBmpg&#10;KsK7B5A/PLOwaYXdqTtE6Fslavp4GinLeueL49NItS98BKn6z1BTk8U+QAIaGuwiK1QnI3RqwPOZ&#10;dDUEJulysZzly+mCM0m++Xx5tVyktmSiOD136MNHBR2LRsmRuprgxeHBh5iOKE4h8TcPRtdbbUw6&#10;4K7aGGQHQQrYppUqeBVmLOtLfrOYLUYG/gqRp/UniE4HkrLRXcmvz0GiiLx9sHUSWhDajDalbOyR&#10;yMjdyGIYqoHpuuSzREEktoL6mahFGKVLo0ZGC/iTs55kW3JLc8WZ+WSpOTfT+TyqPB3mkVnO8NJT&#10;XXqElQRU8sDZaG7COBl7h3rX0j8nOdxRQ7c6Uf2S0zF7EmbqwHGIovIvzynqZdTXvwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPkXsmLfAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SFwQtQMqbUM2FRRVHCohKHyAEy9J2ngdxW4S+HrMCY6jGc28ydaTbcVAvW8cIyQzBYK4dKbhCuHj&#10;fXu9BOGDZqNbx4TwRR7W+flZplPjRn6jYR8qEUvYpxqhDqFLpfRlTVb7meuIo/fpeqtDlH0lTa/H&#10;WG5beaPUnbS64bhQ6442NZXH/ckiHJ8Ww+Fq9/xYvGw3h2pQ4zeVr4iXF9PDPYhAU/gLwy9+RIc8&#10;MhXuxMaLFiEeCQjz2wREdFdKrUAUCIv5MgGZZ/I/f/4DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA2xE4eBkCAAAyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA+ReyYt8AAAAHAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="3797B547" w14:textId="0EF9AECA" w:rsidR="00513DB3" w:rsidRPr="00C932F6" w:rsidRDefault="00FE0600">
                       <w:pPr>
                         <w:rPr>
                           <w:noProof/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36A00870" wp14:editId="37CB57F2">
                             <wp:extent cx="5526405" cy="4222115"/>
                             <wp:effectExtent l="0" t="0" r="0" b="0"/>
                             <wp:docPr id="10" name="Picture 1"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 10"/>
@@ -7264,75 +8253,84 @@
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:solidFill>
                                       <a:srgbClr val="FFFFFF"/>
                                     </a:solidFill>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00051825">
+      <w:r w:rsidR="00B1209E" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure 9: Modify Report window, </w:t>
+      </w:r>
+      <w:r w:rsidR="00051825" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Header/Footer</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B1209E" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> tab.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A5D509" w14:textId="223FF830" w:rsidR="0040458B" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="65A5D509" w14:textId="223FF830" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251646464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FBDCE0B" wp14:editId="59B8D13D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658292" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FBDCE0B" wp14:editId="59B8D13D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1327150</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-3172460</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="787400" cy="342900"/>
                 <wp:effectExtent l="3175" t="635" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="368413090" name="Text Box 129"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="787400" cy="342900"/>
                         </a:xfrm>
@@ -7370,76 +8368,77 @@
                               <w:t>4/201</w:t>
                             </w:r>
                             <w:r w:rsidR="006611CE">
                               <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6FBDCE0B" id="Text Box 129" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;margin-left:104.5pt;margin-top:-249.8pt;width:62pt;height:27pt;z-index:251646464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkUDl74gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxsqU14hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EShSPjznkN5cTUPP9gq9AVvx5SLnTFkJjbFtxR+/3725&#10;4MwHYRvRg1UVPyjPr7avX21GV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIGu2GYNipHQ&#10;hz4r8vx9NgI2DkEq7yl7Oxf5NuFrrWT4qrVXgfUVJ24hnZjOOp7ZdiPKFoXrjDzSEP/AYhDGUtMT&#10;1K0Igu3QvIAajETwoMNCwpCB1kaqpIHULPO/1Dx0wqmkhczx7mST/3+w8sv+wX1DFqYPMNEAkwjv&#10;7kH+8MzCTSdsq64RYeyUaKjxMlqWjc6Xx0+j1b70EaQeP0NDQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k5RcX6xXOVUkld6uikuKYwdRPn3s0IePCgYWg4ojzTSBi/29D/PTpyexl4U70/dprr39I0GYMZPI&#10;R74z8zDVEzNNxYskLYqpoTmQHIR5XWi9KegAf3E20qpU3P/cCVSc9Z8sWXK5XK3ibqXL6t26oAue&#10;V+rzirCSoCoeOJvDmzDv486haTvqNA/BwjXZqE2S+MzqyJ/WIZl0XN24b+f39Or5B9v+BgAA//8D&#10;AFBLAwQUAAYACAAAACEAAlltZ+AAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE75V4&#10;B2uRuLU2TRqREKdCIK6glh+Jmxtvk4h4HcVuE96e7QmOOzua+abczq4XZxxD50nD7UqBQKq97ajR&#10;8P72vLwDEaIha3pPqOEHA2yrq0VpCusn2uF5HxvBIRQKo6GNcSikDHWLzoSVH5D4d/SjM5HPsZF2&#10;NBOHu16ulcqkMx1xQ2sGfGyx/t6fnIaPl+PXZ6pemye3GSY/K0kul1rfXM8P9yAizvHPDBd8RoeK&#10;mQ7+RDaIXsNa5bwlalimeZ6BYEuSJCwdLlK6yUBWpfy/ovoFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA5FA5e+IBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAAlltZ+AAAAANAQAADwAAAAAAAAAAAAAAAAA8BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="6FBDCE0B" id="Text Box 129" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;margin-left:104.5pt;margin-top:-249.8pt;width:62pt;height:27pt;z-index:251658292;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkUDl74gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxsqU14hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EShSPjznkN5cTUPP9gq9AVvx5SLnTFkJjbFtxR+/3725&#10;4MwHYRvRg1UVPyjPr7avX21GV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIGu2GYNipHQ&#10;hz4r8vx9NgI2DkEq7yl7Oxf5NuFrrWT4qrVXgfUVJ24hnZjOOp7ZdiPKFoXrjDzSEP/AYhDGUtMT&#10;1K0Igu3QvIAajETwoMNCwpCB1kaqpIHULPO/1Dx0wqmkhczx7mST/3+w8sv+wX1DFqYPMNEAkwjv&#10;7kH+8MzCTSdsq64RYeyUaKjxMlqWjc6Xx0+j1b70EaQeP0NDQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k5RcX6xXOVUkld6uikuKYwdRPn3s0IePCgYWg4ojzTSBi/29D/PTpyexl4U70/dprr39I0GYMZPI&#10;R74z8zDVEzNNxYskLYqpoTmQHIR5XWi9KegAf3E20qpU3P/cCVSc9Z8sWXK5XK3ibqXL6t26oAue&#10;V+rzirCSoCoeOJvDmzDv486haTvqNA/BwjXZqE2S+MzqyJ/WIZl0XN24b+f39Or5B9v+BgAA//8D&#10;AFBLAwQUAAYACAAAACEAAlltZ+AAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE75V4&#10;B2uRuLU2TRqREKdCIK6glh+Jmxtvk4h4HcVuE96e7QmOOzua+abczq4XZxxD50nD7UqBQKq97ajR&#10;8P72vLwDEaIha3pPqOEHA2yrq0VpCusn2uF5HxvBIRQKo6GNcSikDHWLzoSVH5D4d/SjM5HPsZF2&#10;NBOHu16ulcqkMx1xQ2sGfGyx/t6fnIaPl+PXZ6pemye3GSY/K0kul1rfXM8P9yAizvHPDBd8RoeK&#10;mQ7+RDaIXsNa5bwlalimeZ6BYEuSJCwdLlK6yUBWpfy/ovoFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA5FA5e+IBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAAlltZ+AAAAANAQAADwAAAAAAAAAAAAAAAAA8BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="21587A42" w14:textId="77777777" w:rsidR="00076D81" w:rsidRDefault="00076D81">
                       <w:r>
                         <w:t>4/201</w:t>
                       </w:r>
                       <w:r w:rsidR="006611CE">
                         <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251645440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F9676E0" wp14:editId="6B3E9ED0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658291" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F9676E0" wp14:editId="6B3E9ED0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1422400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-3121660</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="454660" cy="128905"/>
                 <wp:effectExtent l="3175" t="3810" r="0" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="838038902" name="Rectangle 128"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="454660" cy="128905"/>
                         </a:xfrm>
@@ -7460,63 +8459,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7EEDF437" id="Rectangle 128" o:spid="_x0000_s1026" style="position:absolute;margin-left:112pt;margin-top:-245.8pt;width:35.8pt;height:10.15pt;z-index:251645440;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFoSpl5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkqw14hRFigwD&#10;ugvQ7QMUWbaFyaJGKnG6rx+lpGmwvQ3zgyCK1BHP4fHq7jg4cTBIFnwty8lUCuM1NNZ3tfz+bfvu&#10;RgqKyjfKgTe1fDYk79Zv36zGUJkZ9OAag4JBPFVjqGUfY6iKgnRvBkUTCMZzsgUcVOQQu6JBNTL6&#10;4IrZdLosRsAmIGhDxKcPp6RcZ/y2NTp+aVsyUbhacm8xr5jXXVqL9UpVHarQW31uQ/1DF4Oynh+9&#10;QD2oqMQe7V9Qg9UIBG2caBgKaFurTebAbMrpH2yeehVM5sLiULjIRP8PVn8+PIWvmFqn8Aj6BwkP&#10;m175ztwjwtgb1fBzZRKqGANVlwspIL4qduMnaHi0ah8ha3BscUiAzE4cs9TPF6nNMQrNh/PFfLnk&#10;gWhOlbOb2+kiv6Cql8sBKX4wMIi0qSXyJDO4OjxSTM2o6qUkNw/ONlvrXA6w220cioPiqW/zd0an&#10;6zLnU7GHdO2EmE4yy0QseYiqHTTPTBLhZB22Om96wF9SjGybWtLPvUIjhfvoWajbcj5PPsvBfPF+&#10;xgFeZ3bXGeU1Q9UySnHabuLJm/uAtuv5pTKT9nDP4rY2E3/t6twsWyPrcbZx8t51nKtef7b1bwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhANrthjDiAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQ&#10;he8m/ofNmHhrFyhFQZbGmPSkHmxNvE7ZLRDZWWSXFv+905O9zcx7efO9cjPbXpzM6DtHCuJlBMJQ&#10;7XRHjYLP/XbxCMIHJI29I6Pg13jYVLc3JRbanenDnHahERxCvkAFbQhDIaWvW2PRL91giLWjGy0G&#10;XsdG6hHPHG57mURRJi12xB9aHMxLa+rv3WQVYJbqn/fj6m3/OmWYN3O0XX9FSt3fzc9PIIKZw78Z&#10;LviMDhUzHdxE2oteQZKk3CUoWKR5nIFgS5KveThcTg/xCmRVyusW1R8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEARaEqZeYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA2u2GMOIAAAANAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="2B3F4EA9" id="Rectangle 128" o:spid="_x0000_s1026" style="position:absolute;margin-left:112pt;margin-top:-245.8pt;width:35.8pt;height:10.15pt;z-index:251658291;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFoSpl5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkqw14hRFigwD&#10;ugvQ7QMUWbaFyaJGKnG6rx+lpGmwvQ3zgyCK1BHP4fHq7jg4cTBIFnwty8lUCuM1NNZ3tfz+bfvu&#10;RgqKyjfKgTe1fDYk79Zv36zGUJkZ9OAag4JBPFVjqGUfY6iKgnRvBkUTCMZzsgUcVOQQu6JBNTL6&#10;4IrZdLosRsAmIGhDxKcPp6RcZ/y2NTp+aVsyUbhacm8xr5jXXVqL9UpVHarQW31uQ/1DF4Oynh+9&#10;QD2oqMQe7V9Qg9UIBG2caBgKaFurTebAbMrpH2yeehVM5sLiULjIRP8PVn8+PIWvmFqn8Aj6BwkP&#10;m175ztwjwtgb1fBzZRKqGANVlwspIL4qduMnaHi0ah8ha3BscUiAzE4cs9TPF6nNMQrNh/PFfLnk&#10;gWhOlbOb2+kiv6Cql8sBKX4wMIi0qSXyJDO4OjxSTM2o6qUkNw/ONlvrXA6w220cioPiqW/zd0an&#10;6zLnU7GHdO2EmE4yy0QseYiqHTTPTBLhZB22Om96wF9SjGybWtLPvUIjhfvoWajbcj5PPsvBfPF+&#10;xgFeZ3bXGeU1Q9UySnHabuLJm/uAtuv5pTKT9nDP4rY2E3/t6twsWyPrcbZx8t51nKtef7b1bwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhANrthjDiAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQ&#10;he8m/ofNmHhrFyhFQZbGmPSkHmxNvE7ZLRDZWWSXFv+905O9zcx7efO9cjPbXpzM6DtHCuJlBMJQ&#10;7XRHjYLP/XbxCMIHJI29I6Pg13jYVLc3JRbanenDnHahERxCvkAFbQhDIaWvW2PRL91giLWjGy0G&#10;XsdG6hHPHG57mURRJi12xB9aHMxLa+rv3WQVYJbqn/fj6m3/OmWYN3O0XX9FSt3fzc9PIIKZw78Z&#10;LviMDhUzHdxE2oteQZKk3CUoWKR5nIFgS5KveThcTg/xCmRVyusW1R8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEARaEqZeYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA2u2GMOIAAAANAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251644416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A5B6B62" wp14:editId="422A2242">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658290" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A5B6B62" wp14:editId="422A2242">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1587500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-3140710</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="342900" cy="128905"/>
                 <wp:effectExtent l="0" t="3810" r="3175" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1871968655" name="Rectangle 127"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="342900" cy="128905"/>
                         </a:xfrm>
@@ -7542,63 +8542,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="777C16AB" id="Rectangle 127" o:spid="_x0000_s1026" style="position:absolute;margin-left:125pt;margin-top:-247.3pt;width:27pt;height:10.15pt;z-index:251644416;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAji6PM0gEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k72QQrPKpqpaFSEV&#10;ilT4gInXu2ux6zFjJ5vw9YydNA3wVvXF8njsM+fMHC+vduMgtpq8QVvLYpZLoa3Cxtiulj++3727&#10;lMIHsA0MaHUt99rLq9XbN8vJVbrEHodGk2AQ66vJ1bIPwVVZ5lWvR/AzdNpyskUaIXBIXdYQTIw+&#10;DlmZ5x+yCalxhEp7z6e3h6RcJfy21So8tK3XQQy1ZG4hrZTWdVyz1RKqjsD1Rh1pwAtYjGAsFz1B&#10;3UIAsSHzH9RoFKHHNswUjhm2rVE6aWA1Rf6PmscenE5auDnendrkXw9Wfd0+um8UqXt3j+qnFxZv&#10;erCdvibCqdfQcLkiNiqbnK9OD2Lg+alYT1+w4dHCJmDqwa6lMQKyOrFLrd6fWq13QSg+fD8vFzkP&#10;RHGqKC8X+UWqANXTY0c+fNI4iripJfEkEzhs732IZKB6uhJrWbwzw5CmOdi/DvhiPEnkI99oDV+t&#10;sdkzd8KDI9jBvOmRfksxsRtq6X9tgLQUw2fL+hfFfB7tk4L5xceSAzrPrM8zYBVD1TJIcdjehIPl&#10;No5M13OlImmxeM09a03S88zqSJYnnmQe3RktdR6nW89/aPUHAAD//wMAUEsDBBQABgAIAAAAIQBa&#10;G0a25AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGLtLu2sWrMpkhBLEUo&#10;ptrzNhmTYHY2zW6T+O+dnvQ4bx7vfS9ZjrYRPXa+dqThdqpAIOWuqKnU8LF7mTyA8MFQYRpHqOEH&#10;PSzTy4vExIUb6B37LJSCQ8jHRkMVQhtL6fMKrfFT1yLx78t11gQ+u1IWnRk43DZyptRCWlMTN1Sm&#10;xVWF+Xd2shqGfNvvd2+vcnuzXzs6ro+r7HOj9fXV+PwEIuAY/sxwxmd0SJnp4E5UeNFomN0p3hI0&#10;TKLHaAGCLXMVsXQ4S/fRHGSayP8r0l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAI4uj&#10;zNIBAACLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;WhtGtuQAAAANAQAADwAAAAAAAAAAAAAAAAAsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f" stroked="f"/>
+              <v:rect w14:anchorId="25F58FC6" id="Rectangle 127" o:spid="_x0000_s1026" style="position:absolute;margin-left:125pt;margin-top:-247.3pt;width:27pt;height:10.15pt;z-index:251658290;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAji6PM0gEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k72QQrPKpqpaFSEV&#10;ilT4gInXu2ux6zFjJ5vw9YydNA3wVvXF8njsM+fMHC+vduMgtpq8QVvLYpZLoa3Cxtiulj++3727&#10;lMIHsA0MaHUt99rLq9XbN8vJVbrEHodGk2AQ66vJ1bIPwVVZ5lWvR/AzdNpyskUaIXBIXdYQTIw+&#10;DlmZ5x+yCalxhEp7z6e3h6RcJfy21So8tK3XQQy1ZG4hrZTWdVyz1RKqjsD1Rh1pwAtYjGAsFz1B&#10;3UIAsSHzH9RoFKHHNswUjhm2rVE6aWA1Rf6PmscenE5auDnendrkXw9Wfd0+um8UqXt3j+qnFxZv&#10;erCdvibCqdfQcLkiNiqbnK9OD2Lg+alYT1+w4dHCJmDqwa6lMQKyOrFLrd6fWq13QSg+fD8vFzkP&#10;RHGqKC8X+UWqANXTY0c+fNI4iripJfEkEzhs732IZKB6uhJrWbwzw5CmOdi/DvhiPEnkI99oDV+t&#10;sdkzd8KDI9jBvOmRfksxsRtq6X9tgLQUw2fL+hfFfB7tk4L5xceSAzrPrM8zYBVD1TJIcdjehIPl&#10;No5M13OlImmxeM09a03S88zqSJYnnmQe3RktdR6nW89/aPUHAAD//wMAUEsDBBQABgAIAAAAIQBa&#10;G0a25AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGLtLu2sWrMpkhBLEUo&#10;ptrzNhmTYHY2zW6T+O+dnvQ4bx7vfS9ZjrYRPXa+dqThdqpAIOWuqKnU8LF7mTyA8MFQYRpHqOEH&#10;PSzTy4vExIUb6B37LJSCQ8jHRkMVQhtL6fMKrfFT1yLx78t11gQ+u1IWnRk43DZyptRCWlMTN1Sm&#10;xVWF+Xd2shqGfNvvd2+vcnuzXzs6ro+r7HOj9fXV+PwEIuAY/sxwxmd0SJnp4E5UeNFomN0p3hI0&#10;TKLHaAGCLXMVsXQ4S/fRHGSayP8r0l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAI4uj&#10;zNIBAACLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;WhtGtuQAAAANAQAADwAAAAAAAAAAAAAAAAAsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251643392" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="103359AF" wp14:editId="0E0A385F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658289" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="103359AF" wp14:editId="0E0A385F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1422400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-3140710</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="508000" cy="128905"/>
                 <wp:effectExtent l="3175" t="3810" r="3175" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1611365579" name="Rectangle 126"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="508000" cy="128905"/>
                         </a:xfrm>
@@ -7624,63 +8625,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2E98EF2B" id="Rectangle 126" o:spid="_x0000_s1026" style="position:absolute;margin-left:112pt;margin-top:-247.3pt;width:40pt;height:10.15pt;z-index:251643392;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsZ9oL0gEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOki014hRFiw4D&#10;ugvQ7QMUWYqF2aJGKnGyrx+lpGnWvg17EURROjyHPFpe74de7AySA9/IalJKYbyG1vlNI398v3+3&#10;kIKi8q3qwZtGHgzJ69XbN8sx1GYKHfStQcEgnuoxNLKLMdRFQbozg6IJBOM5aQEHFTnETdGiGhl9&#10;6ItpWb4vRsA2IGhDxKd3x6RcZXxrjY5frSUTRd9I5hbzinldp7VYLVW9QRU6p0801D+wGJTzXPQM&#10;daeiElt0r6AGpxEIbJxoGAqw1mmTNbCaqnyh5rFTwWQt3BwK5zbR/4PVX3aP4Rsm6hQeQP8k4eG2&#10;U35jbhBh7IxquVyVGlWMgerzgxQQPxXr8TO0PFq1jZB7sLc4JEBWJ/a51Ydzq80+Cs2H83JRljwQ&#10;zalqurgq57mCqp8eB6T40cAg0qaRyJPM4Gr3QDGRUfXTlVTLw73r+zzN3v91wBfTSSaf+CZrUL2G&#10;9sDcEY6OYAfzpgP8LcXIbmgk/doqNFL0nzzrv6pms2SfHMzmH6Yc4GVmfZlRXjNUI6MUx+1tPFpu&#10;G9BtOq5UZS0ebrhn1mU9z6xOZHniWebJnclSl3G+9fyHVn8AAAD//wMAUEsDBBQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq9FN00Bq0xGylCqZSC&#10;GK3nNTtNQrOzMbsm6b/v5lSP8+bx3veS9aBr1mFrK0MCnqcBMKTcqIoKAcfD2+QFmHWSlKwNoYBf&#10;tLBO7+8SGSvT0x67zBXMh5CNpYDSuSbm3OYlammnpkHyv2/Taun82RZctbL34brmYRDMuZYV+YZS&#10;NrgpMf/JrlpAn++60+Hzne+eTltDl+1lk319CPH4MLyugDkc3L8ZRnyPDqlnOpsrKctqAWEY+S1O&#10;wCRaRnNg3jILRuk8SotoBjxN+O2K9A8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsZ9oL&#10;0gEAAIsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f"/>
+              <v:rect w14:anchorId="0613A121" id="Rectangle 126" o:spid="_x0000_s1026" style="position:absolute;margin-left:112pt;margin-top:-247.3pt;width:40pt;height:10.15pt;z-index:251658289;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsZ9oL0gEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOki014hRFiw4D&#10;ugvQ7QMUWYqF2aJGKnGyrx+lpGnWvg17EURROjyHPFpe74de7AySA9/IalJKYbyG1vlNI398v3+3&#10;kIKi8q3qwZtGHgzJ69XbN8sx1GYKHfStQcEgnuoxNLKLMdRFQbozg6IJBOM5aQEHFTnETdGiGhl9&#10;6ItpWb4vRsA2IGhDxKd3x6RcZXxrjY5frSUTRd9I5hbzinldp7VYLVW9QRU6p0801D+wGJTzXPQM&#10;daeiElt0r6AGpxEIbJxoGAqw1mmTNbCaqnyh5rFTwWQt3BwK5zbR/4PVX3aP4Rsm6hQeQP8k4eG2&#10;U35jbhBh7IxquVyVGlWMgerzgxQQPxXr8TO0PFq1jZB7sLc4JEBWJ/a51Ydzq80+Cs2H83JRljwQ&#10;zalqurgq57mCqp8eB6T40cAg0qaRyJPM4Gr3QDGRUfXTlVTLw73r+zzN3v91wBfTSSaf+CZrUL2G&#10;9sDcEY6OYAfzpgP8LcXIbmgk/doqNFL0nzzrv6pms2SfHMzmH6Yc4GVmfZlRXjNUI6MUx+1tPFpu&#10;G9BtOq5UZS0ebrhn1mU9z6xOZHniWebJnclSl3G+9fyHVn8AAAD//wMAUEsDBBQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq9FN00Bq0xGylCqZSC&#10;GK3nNTtNQrOzMbsm6b/v5lSP8+bx3veS9aBr1mFrK0MCnqcBMKTcqIoKAcfD2+QFmHWSlKwNoYBf&#10;tLBO7+8SGSvT0x67zBXMh5CNpYDSuSbm3OYlammnpkHyv2/Taun82RZctbL34brmYRDMuZYV+YZS&#10;NrgpMf/JrlpAn++60+Hzne+eTltDl+1lk319CPH4MLyugDkc3L8ZRnyPDqlnOpsrKctqAWEY+S1O&#10;wCRaRnNg3jILRuk8SotoBjxN+O2K9A8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsZ9oL&#10;0gEAAIsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251642368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D044234" wp14:editId="6B931E8D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D044234" wp14:editId="6B931E8D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1422400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-3140710</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="508000" cy="128905"/>
                 <wp:effectExtent l="3175" t="3810" r="3175" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="437862922" name="Rectangle 125"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="508000" cy="128905"/>
                         </a:xfrm>
@@ -7706,63 +8708,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5759B6E5" id="Rectangle 125" o:spid="_x0000_s1026" style="position:absolute;margin-left:112pt;margin-top:-247.3pt;width:40pt;height:10.15pt;z-index:251642368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsZ9oL0gEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOki014hRFiw4D&#10;ugvQ7QMUWYqF2aJGKnGyrx+lpGnWvg17EURROjyHPFpe74de7AySA9/IalJKYbyG1vlNI398v3+3&#10;kIKi8q3qwZtGHgzJ69XbN8sx1GYKHfStQcEgnuoxNLKLMdRFQbozg6IJBOM5aQEHFTnETdGiGhl9&#10;6ItpWb4vRsA2IGhDxKd3x6RcZXxrjY5frSUTRd9I5hbzinldp7VYLVW9QRU6p0801D+wGJTzXPQM&#10;daeiElt0r6AGpxEIbJxoGAqw1mmTNbCaqnyh5rFTwWQt3BwK5zbR/4PVX3aP4Rsm6hQeQP8k4eG2&#10;U35jbhBh7IxquVyVGlWMgerzgxQQPxXr8TO0PFq1jZB7sLc4JEBWJ/a51Ydzq80+Cs2H83JRljwQ&#10;zalqurgq57mCqp8eB6T40cAg0qaRyJPM4Gr3QDGRUfXTlVTLw73r+zzN3v91wBfTSSaf+CZrUL2G&#10;9sDcEY6OYAfzpgP8LcXIbmgk/doqNFL0nzzrv6pms2SfHMzmH6Yc4GVmfZlRXjNUI6MUx+1tPFpu&#10;G9BtOq5UZS0ebrhn1mU9z6xOZHniWebJnclSl3G+9fyHVn8AAAD//wMAUEsDBBQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq9FN00Bq0xGylCqZSC&#10;GK3nNTtNQrOzMbsm6b/v5lSP8+bx3veS9aBr1mFrK0MCnqcBMKTcqIoKAcfD2+QFmHWSlKwNoYBf&#10;tLBO7+8SGSvT0x67zBXMh5CNpYDSuSbm3OYlammnpkHyv2/Taun82RZctbL34brmYRDMuZYV+YZS&#10;NrgpMf/JrlpAn++60+Hzne+eTltDl+1lk319CPH4MLyugDkc3L8ZRnyPDqlnOpsrKctqAWEY+S1O&#10;wCRaRnNg3jILRuk8SotoBjxN+O2K9A8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsZ9oL&#10;0gEAAIsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f"/>
+              <v:rect w14:anchorId="431FE025" id="Rectangle 125" o:spid="_x0000_s1026" style="position:absolute;margin-left:112pt;margin-top:-247.3pt;width:40pt;height:10.15pt;z-index:251658288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsZ9oL0gEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOki014hRFiw4D&#10;ugvQ7QMUWYqF2aJGKnGyrx+lpGnWvg17EURROjyHPFpe74de7AySA9/IalJKYbyG1vlNI398v3+3&#10;kIKi8q3qwZtGHgzJ69XbN8sx1GYKHfStQcEgnuoxNLKLMdRFQbozg6IJBOM5aQEHFTnETdGiGhl9&#10;6ItpWb4vRsA2IGhDxKd3x6RcZXxrjY5frSUTRd9I5hbzinldp7VYLVW9QRU6p0801D+wGJTzXPQM&#10;daeiElt0r6AGpxEIbJxoGAqw1mmTNbCaqnyh5rFTwWQt3BwK5zbR/4PVX3aP4Rsm6hQeQP8k4eG2&#10;U35jbhBh7IxquVyVGlWMgerzgxQQPxXr8TO0PFq1jZB7sLc4JEBWJ/a51Ydzq80+Cs2H83JRljwQ&#10;zalqurgq57mCqp8eB6T40cAg0qaRyJPM4Gr3QDGRUfXTlVTLw73r+zzN3v91wBfTSSaf+CZrUL2G&#10;9sDcEY6OYAfzpgP8LcXIbmgk/doqNFL0nzzrv6pms2SfHMzmH6Yc4GVmfZlRXjNUI6MUx+1tPFpu&#10;G9BtOq5UZS0ebrhn1mU9z6xOZHniWebJnclSl3G+9fyHVn8AAAD//wMAUEsDBBQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq9FN00Bq0xGylCqZSC&#10;GK3nNTtNQrOzMbsm6b/v5lSP8+bx3veS9aBr1mFrK0MCnqcBMKTcqIoKAcfD2+QFmHWSlKwNoYBf&#10;tLBO7+8SGSvT0x67zBXMh5CNpYDSuSbm3OYlammnpkHyv2/Taun82RZctbL34brmYRDMuZYV+YZS&#10;NrgpMf/JrlpAn++60+Hzne+eTltDl+1lk319CPH4MLyugDkc3L8ZRnyPDqlnOpsrKctqAWEY+S1O&#10;wCRaRnNg3jILRuk8SotoBjxN+O2K9A8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsZ9oL&#10;0gEAAIsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251641344" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="476C7E23" wp14:editId="1B850A2D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658287" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="476C7E23" wp14:editId="1B850A2D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1422400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-3140710</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="508000" cy="128905"/>
                 <wp:effectExtent l="3175" t="3810" r="3175" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1447952099" name="Rectangle 124"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="508000" cy="128905"/>
                         </a:xfrm>
@@ -7788,63 +8791,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="39AFC0F2" id="Rectangle 124" o:spid="_x0000_s1026" style="position:absolute;margin-left:112pt;margin-top:-247.3pt;width:40pt;height:10.15pt;z-index:251641344;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsZ9oL0gEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOki014hRFiw4D&#10;ugvQ7QMUWYqF2aJGKnGyrx+lpGnWvg17EURROjyHPFpe74de7AySA9/IalJKYbyG1vlNI398v3+3&#10;kIKi8q3qwZtGHgzJ69XbN8sx1GYKHfStQcEgnuoxNLKLMdRFQbozg6IJBOM5aQEHFTnETdGiGhl9&#10;6ItpWb4vRsA2IGhDxKd3x6RcZXxrjY5frSUTRd9I5hbzinldp7VYLVW9QRU6p0801D+wGJTzXPQM&#10;daeiElt0r6AGpxEIbJxoGAqw1mmTNbCaqnyh5rFTwWQt3BwK5zbR/4PVX3aP4Rsm6hQeQP8k4eG2&#10;U35jbhBh7IxquVyVGlWMgerzgxQQPxXr8TO0PFq1jZB7sLc4JEBWJ/a51Ydzq80+Cs2H83JRljwQ&#10;zalqurgq57mCqp8eB6T40cAg0qaRyJPM4Gr3QDGRUfXTlVTLw73r+zzN3v91wBfTSSaf+CZrUL2G&#10;9sDcEY6OYAfzpgP8LcXIbmgk/doqNFL0nzzrv6pms2SfHMzmH6Yc4GVmfZlRXjNUI6MUx+1tPFpu&#10;G9BtOq5UZS0ebrhn1mU9z6xOZHniWebJnclSl3G+9fyHVn8AAAD//wMAUEsDBBQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq9FN00Bq0xGylCqZSC&#10;GK3nNTtNQrOzMbsm6b/v5lSP8+bx3veS9aBr1mFrK0MCnqcBMKTcqIoKAcfD2+QFmHWSlKwNoYBf&#10;tLBO7+8SGSvT0x67zBXMh5CNpYDSuSbm3OYlammnpkHyv2/Taun82RZctbL34brmYRDMuZYV+YZS&#10;NrgpMf/JrlpAn++60+Hzne+eTltDl+1lk319CPH4MLyugDkc3L8ZRnyPDqlnOpsrKctqAWEY+S1O&#10;wCRaRnNg3jILRuk8SotoBjxN+O2K9A8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsZ9oL&#10;0gEAAIsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f"/>
+              <v:rect w14:anchorId="7DCA52A9" id="Rectangle 124" o:spid="_x0000_s1026" style="position:absolute;margin-left:112pt;margin-top:-247.3pt;width:40pt;height:10.15pt;z-index:251658287;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsZ9oL0gEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOki014hRFiw4D&#10;ugvQ7QMUWYqF2aJGKnGyrx+lpGnWvg17EURROjyHPFpe74de7AySA9/IalJKYbyG1vlNI398v3+3&#10;kIKi8q3qwZtGHgzJ69XbN8sx1GYKHfStQcEgnuoxNLKLMdRFQbozg6IJBOM5aQEHFTnETdGiGhl9&#10;6ItpWb4vRsA2IGhDxKd3x6RcZXxrjY5frSUTRd9I5hbzinldp7VYLVW9QRU6p0801D+wGJTzXPQM&#10;daeiElt0r6AGpxEIbJxoGAqw1mmTNbCaqnyh5rFTwWQt3BwK5zbR/4PVX3aP4Rsm6hQeQP8k4eG2&#10;U35jbhBh7IxquVyVGlWMgerzgxQQPxXr8TO0PFq1jZB7sLc4JEBWJ/a51Ydzq80+Cs2H83JRljwQ&#10;zalqurgq57mCqp8eB6T40cAg0qaRyJPM4Gr3QDGRUfXTlVTLw73r+zzN3v91wBfTSSaf+CZrUL2G&#10;9sDcEY6OYAfzpgP8LcXIbmgk/doqNFL0nzzrv6pms2SfHMzmH6Yc4GVmfZlRXjNUI6MUx+1tPFpu&#10;G9BtOq5UZS0ebrhn1mU9z6xOZHniWebJnclSl3G+9fyHVn8AAAD//wMAUEsDBBQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq9FN00Bq0xGylCqZSC&#10;GK3nNTtNQrOzMbsm6b/v5lSP8+bx3veS9aBr1mFrK0MCnqcBMKTcqIoKAcfD2+QFmHWSlKwNoYBf&#10;tLBO7+8SGSvT0x67zBXMh5CNpYDSuSbm3OYlammnpkHyv2/Taun82RZctbL34brmYRDMuZYV+YZS&#10;NrgpMf/JrlpAn++60+Hzne+eTltDl+1lk319CPH4MLyugDkc3L8ZRnyPDqlnOpsrKctqAWEY+S1O&#10;wCRaRnNg3jILRuk8SotoBjxN+O2K9A8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsZ9oL&#10;0gEAAIsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCA&#10;7MDM4wAAAA0BAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251639296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="282FD5DD" wp14:editId="6245EB45">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658285" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="282FD5DD" wp14:editId="6245EB45">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2686050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-3356610</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="90805" cy="120650"/>
                 <wp:effectExtent l="0" t="0" r="4445" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1064987068" name="Rectangle 122"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="90805" cy="120650"/>
                         </a:xfrm>
@@ -7865,63 +8869,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1625C592" id="Rectangle 122" o:spid="_x0000_s1026" style="position:absolute;margin-left:211.5pt;margin-top:-264.3pt;width:7.15pt;height:9.5pt;z-index:251639296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCA8/Im5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P2yAQfK/U/4B4b2xHyfXOinM65ZSq&#10;0vVDuvYHEAw2KmbpQuKkv74LzuWi9q2qHxDLwjAzjFf3x8Gyg8JgwDW8mpWcKSehNa5r+Pdv23e3&#10;nIUoXCssONXwkwr8fv32zWr0tZpDD7ZVyAjEhXr0De9j9HVRBNmrQYQZeOWoqQEHEanErmhRjIQ+&#10;2GJeljfFCNh6BKlCoNXHqcnXGV9rJeMXrYOKzDacuMU8Yh53aSzWK1F3KHxv5JmG+AcWgzCOLr1A&#10;PYoo2B7NX1CDkQgBdJxJGArQ2kiVNZCaqvxDzXMvvMpayJzgLzaF/wcrPx+e/VdM1IN/AvkjMAeb&#10;XrhOPSDC2CvR0nVVMqoYfagvB1IR6CjbjZ+gpacV+wjZg6PGIQGSOnbMVp8uVqtjZJIW78rbcsmZ&#10;pE41L2+W+SUKUb+c9RjiBwUDS5OGIz1kxhaHpxATF1G/bMncwZp2a6zNBXa7jUV2EPTo2/xl+iTx&#10;ept1abODdGxCTCtZZNKVIhTqHbQn0ogwJYeSTpMe8BdnI6Wm4eHnXqDizH505NNdtVikmOVisXw/&#10;pwKvO7vrjnCSoBoeOZummzhFc+/RdD3dVGXRDh7IW22y8FdWZ7KUjOzHOcUpetd13vX6r61/AwAA&#10;//8DAFBLAwQUAAYACAAAACEAHLb6puIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3FqbJDVtGqdCSD0BB1okrtt4m0SN7RA7bfh73BM9zs5o9k2xmUzHzjT41lkFT3MBjGzl&#10;dGtrBV/77WwJzAe0GjtnScEvediU93cF5tpd7Cedd6FmscT6HBU0IfQ5575qyKCfu55s9I5uMBii&#10;HGquB7zEctPxRAjJDbY2fmiwp9eGqtNuNApQZvrn45i+799Giat6EtvFt1Dq8WF6WQMLNIX/MFzx&#10;IzqUkengRqs96xRkSRq3BAWzRbKUwGIkS59TYIfrSawk8LLgtyvKPwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCA8/Im5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQActvqm4gAAAA0BAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="4BAF8A2F" id="Rectangle 122" o:spid="_x0000_s1026" style="position:absolute;margin-left:211.5pt;margin-top:-264.3pt;width:7.15pt;height:9.5pt;z-index:251658285;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCA8/Im5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P2yAQfK/U/4B4b2xHyfXOinM65ZSq&#10;0vVDuvYHEAw2KmbpQuKkv74LzuWi9q2qHxDLwjAzjFf3x8Gyg8JgwDW8mpWcKSehNa5r+Pdv23e3&#10;nIUoXCssONXwkwr8fv32zWr0tZpDD7ZVyAjEhXr0De9j9HVRBNmrQYQZeOWoqQEHEanErmhRjIQ+&#10;2GJeljfFCNh6BKlCoNXHqcnXGV9rJeMXrYOKzDacuMU8Yh53aSzWK1F3KHxv5JmG+AcWgzCOLr1A&#10;PYoo2B7NX1CDkQgBdJxJGArQ2kiVNZCaqvxDzXMvvMpayJzgLzaF/wcrPx+e/VdM1IN/AvkjMAeb&#10;XrhOPSDC2CvR0nVVMqoYfagvB1IR6CjbjZ+gpacV+wjZg6PGIQGSOnbMVp8uVqtjZJIW78rbcsmZ&#10;pE41L2+W+SUKUb+c9RjiBwUDS5OGIz1kxhaHpxATF1G/bMncwZp2a6zNBXa7jUV2EPTo2/xl+iTx&#10;ept1abODdGxCTCtZZNKVIhTqHbQn0ogwJYeSTpMe8BdnI6Wm4eHnXqDizH505NNdtVikmOVisXw/&#10;pwKvO7vrjnCSoBoeOZummzhFc+/RdD3dVGXRDh7IW22y8FdWZ7KUjOzHOcUpetd13vX6r61/AwAA&#10;//8DAFBLAwQUAAYACAAAACEAHLb6puIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3FqbJDVtGqdCSD0BB1okrtt4m0SN7RA7bfh73BM9zs5o9k2xmUzHzjT41lkFT3MBjGzl&#10;dGtrBV/77WwJzAe0GjtnScEvediU93cF5tpd7Cedd6FmscT6HBU0IfQ5575qyKCfu55s9I5uMBii&#10;HGquB7zEctPxRAjJDbY2fmiwp9eGqtNuNApQZvrn45i+799Giat6EtvFt1Dq8WF6WQMLNIX/MFzx&#10;IzqUkengRqs96xRkSRq3BAWzRbKUwGIkS59TYIfrSawk8LLgtyvKPwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCA8/Im5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQActvqm4gAAAA0BAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251633152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E2C4E42" wp14:editId="476B283E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658279" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E2C4E42" wp14:editId="476B283E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1695450</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1381125</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="90805" cy="127000"/>
                 <wp:effectExtent l="0" t="1270" r="4445" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1378846932" name="Rectangle 113"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="90805" cy="127000"/>
                         </a:xfrm>
@@ -7947,124 +8952,197 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5186F437" id="Rectangle 113" o:spid="_x0000_s1026" style="position:absolute;margin-left:133.5pt;margin-top:108.75pt;width:7.15pt;height:10pt;z-index:251633152;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtr9VG0QEAAIoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDdG2NOEXRosOA&#10;bivQ7QMUWbKF2aJGKnGyrx+lpGm23YZdBFGUHt8jn5Y3u3EQW4PkwDeympVSGK+hdb5r5LevD++u&#10;pKCofKsG8KaRe0PyZvX2zXIKtZlDD0NrUDCIp3oKjexjDHVRkO7NqGgGwXhOWsBRRQ6xK1pUE6OP&#10;QzEvy/fFBNgGBG2I+PT+kJSrjG+t0fGLtWSiGBrJ3GJeMa/rtBarpao7VKF3+khD/QOLUTnPRU9Q&#10;9yoqsUH3F9ToNAKBjTMNYwHWOm2yBlZTlX+oee5VMFkLN4fCqU30/2D15+1zeMJEncIj6O8kPNz1&#10;ynfmFhGm3qiWy1WpUcUUqD49SAHxU7GePkHLo1WbCLkHO4tjAmR1YpdbvT+12uyi0Hx4XV6VF1Jo&#10;zlTzy7LMkyhU/fI2IMUPBkaRNo1EHmTGVttHiomLql+upFIeHtww5GEO/rcDvphOMvdENzmD6jW0&#10;e6aOcDAEG5g3PeBPKSY2QyPpx0ahkWL46Fn+dbVYJPfkYHFxOecAzzPr84zymqEaGaU4bO/iwXGb&#10;gK7ruVKVtXi45ZZZl/W8sjqS5YFnmUdzJkedx/nW6xda/QIAAP//AwBQSwMEFAAGAAgAAAAhAN5h&#10;f2PiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYvYTVJsS8ymSEEsIhRT&#10;7XmbHZNgdjbNbpP4752e9PZm5vHme9l6sq0YsPeNIwXxLAKBVDrTUKXgY/98vwLhgyajW0eo4Ac9&#10;rPPrq0ynxo30jkMRKsEh5FOtoA6hS6X0ZY1W+5nrkPj25XqrA499JU2vRw63rUyiaCGtbog/1LrD&#10;TY3ld3G2CsZyNxz2by9yd3fYOjptT5vi81Wp25vp6RFEwCn8meGCz+iQM9PRncl40SpIFkvuEljE&#10;ywcQ7EhW8RzEkcWcNzLP5P8O+S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7a/VRtEB&#10;AACKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3mF/&#10;Y+IAAAALAQAADwAAAAAAAAAAAAAAAAArBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f"/>
+              <v:rect w14:anchorId="346ABE2F" id="Rectangle 113" o:spid="_x0000_s1026" style="position:absolute;margin-left:133.5pt;margin-top:108.75pt;width:7.15pt;height:10pt;z-index:251658279;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtr9VG0QEAAIoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDdG2NOEXRosOA&#10;bivQ7QMUWbKF2aJGKnGyrx+lpGm23YZdBFGUHt8jn5Y3u3EQW4PkwDeympVSGK+hdb5r5LevD++u&#10;pKCofKsG8KaRe0PyZvX2zXIKtZlDD0NrUDCIp3oKjexjDHVRkO7NqGgGwXhOWsBRRQ6xK1pUE6OP&#10;QzEvy/fFBNgGBG2I+PT+kJSrjG+t0fGLtWSiGBrJ3GJeMa/rtBarpao7VKF3+khD/QOLUTnPRU9Q&#10;9yoqsUH3F9ToNAKBjTMNYwHWOm2yBlZTlX+oee5VMFkLN4fCqU30/2D15+1zeMJEncIj6O8kPNz1&#10;ynfmFhGm3qiWy1WpUcUUqD49SAHxU7GePkHLo1WbCLkHO4tjAmR1YpdbvT+12uyi0Hx4XV6VF1Jo&#10;zlTzy7LMkyhU/fI2IMUPBkaRNo1EHmTGVttHiomLql+upFIeHtww5GEO/rcDvphOMvdENzmD6jW0&#10;e6aOcDAEG5g3PeBPKSY2QyPpx0ahkWL46Fn+dbVYJPfkYHFxOecAzzPr84zymqEaGaU4bO/iwXGb&#10;gK7ruVKVtXi45ZZZl/W8sjqS5YFnmUdzJkedx/nW6xda/QIAAP//AwBQSwMEFAAGAAgAAAAhAN5h&#10;f2PiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYvYTVJsS8ymSEEsIhRT&#10;7XmbHZNgdjbNbpP4752e9PZm5vHme9l6sq0YsPeNIwXxLAKBVDrTUKXgY/98vwLhgyajW0eo4Ac9&#10;rPPrq0ynxo30jkMRKsEh5FOtoA6hS6X0ZY1W+5nrkPj25XqrA499JU2vRw63rUyiaCGtbog/1LrD&#10;TY3ld3G2CsZyNxz2by9yd3fYOjptT5vi81Wp25vp6RFEwCn8meGCz+iQM9PRncl40SpIFkvuEljE&#10;ywcQ7EhW8RzEkcWcNzLP5P8O+S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7a/VRtEB&#10;AACKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3mF/&#10;Y+IAAAALAQAADwAAAAAAAAAAAAAAAAArBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25EAA3FF" w14:textId="77777777" w:rsidR="0040458B" w:rsidRDefault="00090452">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="25EAA3FF" w14:textId="77777777" w:rsidR="0040458B" w:rsidRPr="00D24F02" w:rsidRDefault="00090452">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 9:</w:t>
       </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> QuickBooks displays the newly created </w:t>
+      </w:r>
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Profit &amp; Loss Budget Overview report, shown in figu</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>re 10</w:t>
+      </w:r>
+      <w:r w:rsidR="0013526B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. After reviewing this report and if everything is in order select the Memor</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB701D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ize button (circled in fig</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ure 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Figure 11 is the School Profit &amp; Loss Budget Overview by class report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32763678" w14:textId="77777777" w:rsidR="00973914" w:rsidRDefault="00973914">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> QuickBooks displays the newly created </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> Figure 11 is the School Profit &amp; Loss Budget Overview by class report.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A22C6D" w14:textId="77777777" w:rsidR="00EC2D09" w:rsidRDefault="00F60E80">
-[...3 lines deleted...]
-      <w:r w:rsidR="00C9540D">
+    <w:p w14:paraId="35A22C6D" w14:textId="6426757D" w:rsidR="00EC2D09" w:rsidRPr="00D24F02" w:rsidRDefault="00C9540D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figure 10</w:t>
       </w:r>
-      <w:r w:rsidR="00EC2D09">
+      <w:r w:rsidR="00EC2D09" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00090452">
+      <w:r w:rsidR="00090452" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r w:rsidR="00090452">
+      <w:r w:rsidR="00090452" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Profit &amp; Loss Budget Overview report.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="298F33AE" w14:textId="0B517F22" w:rsidR="00EC2D09" w:rsidRDefault="007A6E9A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="298F33AE" w14:textId="0B517F22" w:rsidR="00EC2D09" w:rsidRPr="00D24F02" w:rsidRDefault="007A6E9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678208" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14C3250D" wp14:editId="688789C7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658323" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14C3250D" wp14:editId="688789C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5165725</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>803910</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="781685" cy="251460"/>
                 <wp:effectExtent l="3810" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1607390942" name="Text Box 185"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="781685" cy="251460"/>
                         </a:xfrm>
@@ -8075,201 +9153,202 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="55D35B74" w14:textId="1AB5DD44" w:rsidR="00180BF7" w:rsidRPr="00180BF7" w:rsidRDefault="00124A6A" w:rsidP="00180BF7">
+                          <w:p w14:paraId="55D35B74" w14:textId="04C6DD63" w:rsidR="00180BF7" w:rsidRPr="00180BF7" w:rsidRDefault="00124A6A" w:rsidP="00180BF7">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00124A6A">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="0076210B">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00124A6A">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">– </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="00815EA7">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="0076210B">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="14C3250D" id="Text Box 185" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;margin-left:406.75pt;margin-top:63.3pt;width:61.55pt;height:19.8pt;z-index:251678208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBGXhwg5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkjQz4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkN5ej33HDgq9AVvyfDbnTFkJtbFNyZ++37/b&#10;cOaDsLXowKqSH5Xn17u3b7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vN1NgDWDkEq7yl7NxX5LuFrrWT4qrVXgXUlJ24hnZjOKp7ZbiuKBoVrjTzREP/AohfGUtMz&#10;1J0Igu3RvILqjUTwoMNMQp+B1kaqpIHU5PO/1Dy2wqmkhczx7myT/3+w8svh0X1DFsYPMNIAkwjv&#10;HkD+8MzCbStso24QYWiVqKlxHi3LBueL06fRal/4CFINn6GmIYt9gAQ0auyjK6STEToN4Hg2XY2B&#10;SUpebfL1ZsWZpNJilS/XaSiZKJ4/dujDRwU9i5eSI800gYvDgw+RjCien8ReFu5N16W5dvaPBD2M&#10;mUQ+8p2Yh7Eamamp+SJKi2IqqI8kB2FaF1pvurSAvzgbaFVK7n/uBSrOuk+WLHmfL5dxt1KwXF0t&#10;KMDLSnVZEVYSVMkDZ9P1Nkz7uHdompY6TUOwcEM2apMkvrA68ad1SMpPqxv37TJOr15+sN1vAAAA&#10;//8DAFBLAwQUAAYACAAAACEAHiRwJN4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiyjkVbaTohEFcQAybtljVeW9E4VZOt5d/jneBm+z09f6/YTL4TZxxiG8jAfKZAIFXB&#10;tVQb+Px4uVuBiMmSs10gNPCDETbl9VVhcxdGesfzNtWCQyjm1kCTUp9LGasGvY2z0COxdgyDt4nX&#10;oZZusCOH+05mSmnpbUv8obE9PjVYfW9P3sDX63G/u1dv9bNf9mOYlCS/lsbc3kyPDyASTunPDBd8&#10;RoeSmQ7hRC6KzsBqvliylYVMaxDsWC8uw4EvWmcgy0L+71D+AgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEZeHCDlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAB4kcCTeAAAACwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="14C3250D" id="Text Box 185" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;margin-left:406.75pt;margin-top:63.3pt;width:61.55pt;height:19.8pt;z-index:251658323;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBGXhwg5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkjQz4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkN5ej33HDgq9AVvyfDbnTFkJtbFNyZ++37/b&#10;cOaDsLXowKqSH5Xn17u3b7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vN1NgDWDkEq7yl7NxX5LuFrrWT4qrVXgXUlJ24hnZjOKp7ZbiuKBoVrjTzREP/AohfGUtMz&#10;1J0Igu3RvILqjUTwoMNMQp+B1kaqpIHU5PO/1Dy2wqmkhczx7myT/3+w8svh0X1DFsYPMNIAkwjv&#10;HkD+8MzCbStso24QYWiVqKlxHi3LBueL06fRal/4CFINn6GmIYt9gAQ0auyjK6STEToN4Hg2XY2B&#10;SUpebfL1ZsWZpNJilS/XaSiZKJ4/dujDRwU9i5eSI800gYvDgw+RjCien8ReFu5N16W5dvaPBD2M&#10;mUQ+8p2Yh7Eamamp+SJKi2IqqI8kB2FaF1pvurSAvzgbaFVK7n/uBSrOuk+WLHmfL5dxt1KwXF0t&#10;KMDLSnVZEVYSVMkDZ9P1Nkz7uHdompY6TUOwcEM2apMkvrA68ad1SMpPqxv37TJOr15+sN1vAAAA&#10;//8DAFBLAwQUAAYACAAAACEAHiRwJN4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiyjkVbaTohEFcQAybtljVeW9E4VZOt5d/jneBm+z09f6/YTL4TZxxiG8jAfKZAIFXB&#10;tVQb+Px4uVuBiMmSs10gNPCDETbl9VVhcxdGesfzNtWCQyjm1kCTUp9LGasGvY2z0COxdgyDt4nX&#10;oZZusCOH+05mSmnpbUv8obE9PjVYfW9P3sDX63G/u1dv9bNf9mOYlCS/lsbc3kyPDyASTunPDBd8&#10;RoeSmQ7hRC6KzsBqvliylYVMaxDsWC8uw4EvWmcgy0L+71D+AgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEZeHCDlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAB4kcCTeAAAACwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="55D35B74" w14:textId="1AB5DD44" w:rsidR="00180BF7" w:rsidRPr="00180BF7" w:rsidRDefault="00124A6A" w:rsidP="00180BF7">
+                    <w:p w14:paraId="55D35B74" w14:textId="04C6DD63" w:rsidR="00180BF7" w:rsidRPr="00180BF7" w:rsidRDefault="00124A6A" w:rsidP="00180BF7">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00124A6A">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="0076210B">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00124A6A">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">– </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="00815EA7">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="0076210B">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D712CDB" wp14:editId="3C901C92">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658322" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D712CDB" wp14:editId="3C901C92">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5230495</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>877252</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="648970" cy="84455"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1565354616" name="Rectangle 182"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="648970" cy="84455"/>
                         </a:xfrm>
@@ -8290,63 +9369,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="539D268A" id="Rectangle 182" o:spid="_x0000_s1026" style="position:absolute;margin-left:411.85pt;margin-top:69.05pt;width:51.1pt;height:6.65pt;z-index:251677184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDz8zAH5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L44Dp02NOEWRIsOA&#10;bivQ7QNkWbaFyaJGKXGyrx8lp2mw3Yb5IIgi9cT3+Ly+Pw6GHRR6Dbbi+WzOmbISGm27in//tvuw&#10;4swHYRthwKqKn5Tn95v379ajK9UCejCNQkYg1pejq3gfgiuzzMteDcLPwClLyRZwEIFC7LIGxUjo&#10;g8kW8/lNNgI2DkEq7+n0cUryTcJvWyXD17b1KjBTceotpBXTWsc126xF2aFwvZbnNsQ/dDEIbenR&#10;C9SjCILtUf8FNWiJ4KENMwlDBm2rpUociE0+/4PNSy+cSlxIHO8uMvn/Byu/HF7cM8bWvXsC+cMz&#10;C9te2E49IMLYK9HQc3kUKhudLy8XYuDpKqvHz9DQaMU+QNLg2OIQAYkdOyapTxep1TEwSYc3xeru&#10;lgYiKbUqiuUyPSDK17sOffioYGBxU3GkQSZscXjyIfYiyteS1DsY3ey0MSnArt4aZAdBQ9+l74zu&#10;r8uMjcUW4rUJMZ4kkpFXtJAva2hOxBFhcg45nTY94C/ORnJNxf3PvUDFmflkSae7vCiizVJQLG8X&#10;FOB1pr7OCCsJquKBs2m7DZM19w5119NLeSJt4YG0bXUi/tbVuVlyRtLj7OJoves4Vb39a5vfAAAA&#10;//8DAFBLAwQUAAYACAAAACEATcgOcuAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG&#10;7ya+w2ZMvNldoCAgS9M06Uk92Jp4nbJbILK7yC4tvr3jSY8z/5d/vqk2ixnYRU++d1ZCtBLAtG2c&#10;6m0r4f24f8iB+YBW4eCslvCtPWzq25sKS+Wu9k1fDqFlVGJ9iRK6EMaSc9902qBfuVFbys5uMhho&#10;nFquJrxSuRl4LETGDfaWLnQ46l2nm8/DbCRgtlZfr+fk5fg8Z1i0i9inH0LK+7tl+wQs6CX8wfCr&#10;T+pQk9PJzVZ5NkjI4+SRUAqSPAJGRBGnBbATbdJoDbyu+P8f6h8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA8/MwB+UBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEATcgOcuAAAAALAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="11EF2028" id="Rectangle 182" o:spid="_x0000_s1026" style="position:absolute;margin-left:411.85pt;margin-top:69.05pt;width:51.1pt;height:6.65pt;z-index:251658322;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDz8zAH5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L44Dp02NOEWRIsOA&#10;bivQ7QNkWbaFyaJGKXGyrx8lp2mw3Yb5IIgi9cT3+Ly+Pw6GHRR6Dbbi+WzOmbISGm27in//tvuw&#10;4swHYRthwKqKn5Tn95v379ajK9UCejCNQkYg1pejq3gfgiuzzMteDcLPwClLyRZwEIFC7LIGxUjo&#10;g8kW8/lNNgI2DkEq7+n0cUryTcJvWyXD17b1KjBTceotpBXTWsc126xF2aFwvZbnNsQ/dDEIbenR&#10;C9SjCILtUf8FNWiJ4KENMwlDBm2rpUociE0+/4PNSy+cSlxIHO8uMvn/Byu/HF7cM8bWvXsC+cMz&#10;C9te2E49IMLYK9HQc3kUKhudLy8XYuDpKqvHz9DQaMU+QNLg2OIQAYkdOyapTxep1TEwSYc3xeru&#10;lgYiKbUqiuUyPSDK17sOffioYGBxU3GkQSZscXjyIfYiyteS1DsY3ey0MSnArt4aZAdBQ9+l74zu&#10;r8uMjcUW4rUJMZ4kkpFXtJAva2hOxBFhcg45nTY94C/ORnJNxf3PvUDFmflkSae7vCiizVJQLG8X&#10;FOB1pr7OCCsJquKBs2m7DZM19w5119NLeSJt4YG0bXUi/tbVuVlyRtLj7OJoves4Vb39a5vfAAAA&#10;//8DAFBLAwQUAAYACAAAACEATcgOcuAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG&#10;7ya+w2ZMvNldoCAgS9M06Uk92Jp4nbJbILK7yC4tvr3jSY8z/5d/vqk2ixnYRU++d1ZCtBLAtG2c&#10;6m0r4f24f8iB+YBW4eCslvCtPWzq25sKS+Wu9k1fDqFlVGJ9iRK6EMaSc9902qBfuVFbys5uMhho&#10;nFquJrxSuRl4LETGDfaWLnQ46l2nm8/DbCRgtlZfr+fk5fg8Z1i0i9inH0LK+7tl+wQs6CX8wfCr&#10;T+pQk9PJzVZ5NkjI4+SRUAqSPAJGRBGnBbATbdJoDbyu+P8f6h8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA8/MwB+UBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEATcgOcuAAAAALAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706880" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19D28BD4" wp14:editId="62349907">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658351" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19D28BD4" wp14:editId="62349907">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3583305</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>669925</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1647190" cy="222250"/>
                 <wp:effectExtent l="1905" t="4445" r="0" b="1905"/>
                 <wp:wrapNone/>
                 <wp:docPr id="301902038" name="Text Box 284"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1647190" cy="222250"/>
                         </a:xfrm>
@@ -8357,201 +9437,202 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="478988E5" w14:textId="63EFC6E9" w:rsidR="005B4BFE" w:rsidRPr="00BF2D04" w:rsidRDefault="005B4BFE" w:rsidP="005B4BFE">
+                          <w:p w14:paraId="478988E5" w14:textId="1E7A1FDB" w:rsidR="005B4BFE" w:rsidRPr="00BF2D04" w:rsidRDefault="005B4BFE" w:rsidP="005B4BFE">
                             <w:pPr>
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>July 20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="0076210B">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> through June 20</w:t>
                             </w:r>
                             <w:r w:rsidR="00815EA7">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="0076210B">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="19D28BD4" id="Text Box 284" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;margin-left:282.15pt;margin-top:52.75pt;width:129.7pt;height:17.5pt;z-index:251706880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuZDgf5AEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46ztF2NOEXXosOA&#10;rhvQ9QNoWY6F2aJGKbGzrx8lp2m23ob5IIii9PjeI726GvtO7DR5g7aU+WwuhbYKa2M3pXz6fvfu&#10;gxQ+gK2hQ6tLuddeXq3fvlkNrtALbLGrNQkGsb4YXCnbEFyRZV61ugc/Q6ctJxukHgKHtMlqgoHR&#10;+y5bzOfn2YBUO0KlvefT2ykp1wm/abQKX5vG6yC6UjK3kFZKaxXXbL2CYkPgWqMONOAfWPRgLBc9&#10;Qt1CALEl8wqqN4rQYxNmCvsMm8YonTSwmnz+l5rHFpxOWtgc7442+f8Hqx52j+4biTB+xJEbmER4&#10;d4/qhxcWb1qwG31NhEOroebCebQsG5wvDk+j1b7wEaQavmDNTYZtwAQ0NtRHV1inYHRuwP5ouh6D&#10;ULHk+fIiv+SU4tyCv7PUlQyK59eOfPiksRdxU0ripiZ02N37ENlA8XwlFrN4Z7ouNbazfxzwxXiS&#10;2EfCE/UwVqMwNRd/H7VFNRXWe9ZDOM0LzzdvWqRfUgw8K6X0P7dAWorus2VPLvPlMg5XCpZnFwsO&#10;6DRTnWbAKoYqZZBi2t6EaSC3jsym5UpTFyxes4+NSRJfWB348zwk5YfZjQN3GqdbL3/Y+jcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBeTepT3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLGFrxihNJwTiCtpgk7hljddWNE7VZGt5e8wJjvb/6ffnYj35TpxxiG0gA7czBQKpCq6l&#10;2sDH+8vNCkRMlpztAqGBb4ywLi8vCpu7MNIGz9tUCy6hmFsDTUp9LmWsGvQ2zkKPxNkxDN4mHoda&#10;usGOXO47OVdqKb1tiS80tsenBquv7ckb2L0eP/eZequfve7HMClJ/l4ac301PT6ASDilPxh+9Vkd&#10;SnY6hBO5KDoDepktGOVAaQ2CidV8cQfiwJtMaZBlIf//UP4AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAbmQ4H+QBAACpAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAXk3qU94AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="19D28BD4" id="Text Box 284" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;margin-left:282.15pt;margin-top:52.75pt;width:129.7pt;height:17.5pt;z-index:251658351;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuZDgf5AEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46ztF2NOEXXosOA&#10;rhvQ9QNoWY6F2aJGKbGzrx8lp2m23ob5IIii9PjeI726GvtO7DR5g7aU+WwuhbYKa2M3pXz6fvfu&#10;gxQ+gK2hQ6tLuddeXq3fvlkNrtALbLGrNQkGsb4YXCnbEFyRZV61ugc/Q6ctJxukHgKHtMlqgoHR&#10;+y5bzOfn2YBUO0KlvefT2ykp1wm/abQKX5vG6yC6UjK3kFZKaxXXbL2CYkPgWqMONOAfWPRgLBc9&#10;Qt1CALEl8wqqN4rQYxNmCvsMm8YonTSwmnz+l5rHFpxOWtgc7442+f8Hqx52j+4biTB+xJEbmER4&#10;d4/qhxcWb1qwG31NhEOroebCebQsG5wvDk+j1b7wEaQavmDNTYZtwAQ0NtRHV1inYHRuwP5ouh6D&#10;ULHk+fIiv+SU4tyCv7PUlQyK59eOfPiksRdxU0ripiZ02N37ENlA8XwlFrN4Z7ouNbazfxzwxXiS&#10;2EfCE/UwVqMwNRd/H7VFNRXWe9ZDOM0LzzdvWqRfUgw8K6X0P7dAWorus2VPLvPlMg5XCpZnFwsO&#10;6DRTnWbAKoYqZZBi2t6EaSC3jsym5UpTFyxes4+NSRJfWB348zwk5YfZjQN3GqdbL3/Y+jcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBeTepT3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLGFrxihNJwTiCtpgk7hljddWNE7VZGt5e8wJjvb/6ffnYj35TpxxiG0gA7czBQKpCq6l&#10;2sDH+8vNCkRMlpztAqGBb4ywLi8vCpu7MNIGz9tUCy6hmFsDTUp9LmWsGvQ2zkKPxNkxDN4mHoda&#10;usGOXO47OVdqKb1tiS80tsenBquv7ckb2L0eP/eZequfve7HMClJ/l4ac301PT6ASDilPxh+9Vkd&#10;SnY6hBO5KDoDepktGOVAaQ2CidV8cQfiwJtMaZBlIf//UP4AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAbmQ4H+QBAACpAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAXk3qU94AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="478988E5" w14:textId="63EFC6E9" w:rsidR="005B4BFE" w:rsidRPr="00BF2D04" w:rsidRDefault="005B4BFE" w:rsidP="005B4BFE">
+                    <w:p w14:paraId="478988E5" w14:textId="1E7A1FDB" w:rsidR="005B4BFE" w:rsidRPr="00BF2D04" w:rsidRDefault="005B4BFE" w:rsidP="005B4BFE">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>July 20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="0076210B">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> through June 20</w:t>
                       </w:r>
                       <w:r w:rsidR="00815EA7">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="0076210B">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D4AF552" wp14:editId="3371605C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658325" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D4AF552" wp14:editId="3371605C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3627755</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>732155</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1396365" cy="123190"/>
                 <wp:effectExtent l="0" t="0" r="0" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1985601911" name="Rectangle 188"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1396365" cy="123190"/>
                         </a:xfrm>
@@ -8572,63 +9653,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3963288D" id="Rectangle 188" o:spid="_x0000_s1026" style="position:absolute;margin-left:285.65pt;margin-top:57.65pt;width:109.95pt;height:9.7pt;z-index:251680256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYmUGh6AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46TNFuMOEWRIsOA&#10;bh3Q9QNkWbaFyaJGKXGyrx8lp2mw3Yr5IIii+MT3+Ly+PfaGHRR6Dbbk+WTKmbISam3bkj//2H34&#10;xJkPwtbCgFUlPynPbzfv360HV6gZdGBqhYxArC8GV/IuBFdkmZed6oWfgFOWkg1gLwKF2GY1ioHQ&#10;e5PNptNlNgDWDkEq7+n0fkzyTcJvGiXDY9N4FZgpOfUW0oppreKabdaiaFG4TstzG+INXfRCW3r0&#10;AnUvgmB71P9A9VoieGjCREKfQdNoqRIHYpNP/2Lz1AmnEhcSx7uLTP7/wcpvhyf3HWPr3j2A/OmZ&#10;hW0nbKvuEGHolKjpuTwKlQ3OF5eCGHgqZdXwFWoardgHSBocG+wjILFjxyT16SK1OgYm6TCfr5bz&#10;5Q1nknL5bJ6v0iwyUbxUO/Ths4KexU3JkUaZ0MXhwYfYjSherqTuweh6p41JAbbV1iA7CBr7Ln2J&#10;AJG8vmZsvGwhlo2I8STRjMyiiXxRQX0ilgijd8jrtOkAf3M2kG9K7n/tBSrOzBdLSq3yxSIaLQWL&#10;m48zCvA6U11nhJUEVfLA2bjdhtGce4e67eilPJG2cEfqNjoRf+3q3Cx5I+lx9nE033Wcbr3+bZs/&#10;AAAA//8DAFBLAwQUAAYACAAAACEArwkNHOAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBCF7yb+h82YeLMLpYBFlqZp0pN6sDXxOmW3QGRnkV1a/PeOJ73NzHt5871yM9teXMzoO0cK4kUE&#10;wlDtdEeNgvfj/uERhA9IGntHRsG38bCpbm9KLLS70pu5HEIjOIR8gQraEIZCSl+3xqJfuMEQa2c3&#10;Wgy8jo3UI1453PZyGUWZtNgRf2hxMLvW1J+HySrAbKW/Xs/Jy/F5ynDdzNE+/YiUur+bt08ggpnD&#10;nxl+8RkdKmY6uYm0F72CNI8TtrIQpzywI1/HSxAnviSrHGRVyv8dqh8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAWJlBoegBAAC1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEArwkNHOAAAAALAQAADwAAAAAAAAAAAAAAAABCBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="5B0FAB68" id="Rectangle 188" o:spid="_x0000_s1026" style="position:absolute;margin-left:285.65pt;margin-top:57.65pt;width:109.95pt;height:9.7pt;z-index:251658325;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYmUGh6AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46TNFuMOEWRIsOA&#10;bh3Q9QNkWbaFyaJGKXGyrx8lp2mw3Yr5IIii+MT3+Ly+PfaGHRR6Dbbk+WTKmbISam3bkj//2H34&#10;xJkPwtbCgFUlPynPbzfv360HV6gZdGBqhYxArC8GV/IuBFdkmZed6oWfgFOWkg1gLwKF2GY1ioHQ&#10;e5PNptNlNgDWDkEq7+n0fkzyTcJvGiXDY9N4FZgpOfUW0oppreKabdaiaFG4TstzG+INXfRCW3r0&#10;AnUvgmB71P9A9VoieGjCREKfQdNoqRIHYpNP/2Lz1AmnEhcSx7uLTP7/wcpvhyf3HWPr3j2A/OmZ&#10;hW0nbKvuEGHolKjpuTwKlQ3OF5eCGHgqZdXwFWoardgHSBocG+wjILFjxyT16SK1OgYm6TCfr5bz&#10;5Q1nknL5bJ6v0iwyUbxUO/Ths4KexU3JkUaZ0MXhwYfYjSherqTuweh6p41JAbbV1iA7CBr7Ln2J&#10;AJG8vmZsvGwhlo2I8STRjMyiiXxRQX0ilgijd8jrtOkAf3M2kG9K7n/tBSrOzBdLSq3yxSIaLQWL&#10;m48zCvA6U11nhJUEVfLA2bjdhtGce4e67eilPJG2cEfqNjoRf+3q3Cx5I+lx9nE033Wcbr3+bZs/&#10;AAAA//8DAFBLAwQUAAYACAAAACEArwkNHOAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBCF7yb+h82YeLMLpYBFlqZp0pN6sDXxOmW3QGRnkV1a/PeOJ73NzHt5871yM9teXMzoO0cK4kUE&#10;wlDtdEeNgvfj/uERhA9IGntHRsG38bCpbm9KLLS70pu5HEIjOIR8gQraEIZCSl+3xqJfuMEQa2c3&#10;Wgy8jo3UI1453PZyGUWZtNgRf2hxMLvW1J+HySrAbKW/Xs/Jy/F5ynDdzNE+/YiUur+bt08ggpnD&#10;nxl+8RkdKmY6uYm0F72CNI8TtrIQpzywI1/HSxAnviSrHGRVyv8dqh8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAWJlBoegBAAC1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEArwkNHOAAAAALAQAADwAAAAAAAAAAAAAAAABCBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251705856" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FB21231" wp14:editId="2CD744C3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658350" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FB21231" wp14:editId="2CD744C3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2475230</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>159385</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="708660" cy="184150"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1629523511" name="Text Box 282"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="708660" cy="184150"/>
                         </a:xfrm>
@@ -8639,187 +9721,188 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="26C89929" w14:textId="3D20A444" w:rsidR="005B4BFE" w:rsidRPr="0058565D" w:rsidRDefault="005B4BFE" w:rsidP="005B4BFE">
+                          <w:p w14:paraId="26C89929" w14:textId="6B66B308" w:rsidR="005B4BFE" w:rsidRPr="0058565D" w:rsidRDefault="005B4BFE" w:rsidP="005B4BFE">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>06</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0058565D">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>/</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>3</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0058565D">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>0/20</w:t>
                             </w:r>
                             <w:r w:rsidR="00815EA7">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="0076210B">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7FB21231" id="Text Box 282" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;margin-left:194.9pt;margin-top:12.55pt;width:55.8pt;height:14.5pt;z-index:251705856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCS9yMc5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgO0jQz4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vQ17EURSPjznkN7eTEPPDgq9AVvxYpFzpqyExti24t++PrzZ&#10;cOaDsI3owaqKH5XnN7vXr7ajK9USOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58t83ydjYCNQ5DKe8rez0W+S/haKxk+a+1VYH3FiVtIJ6azjme224qyReE6I080xD+wGISx1PQM&#10;dS+CYHs0f0ENRiJ40GEhYchAayNV0kBqivwPNU+dcCppIXO8O9vk/x+s/HR4cl+QhekdTDTAJMK7&#10;R5DfPbNw1wnbqltEGDslGmpcRMuy0fny9Gm02pc+gtTjR2hoyGIfIAFNGofoCulkhE4DOJ5NV1Ng&#10;kpLX+Wa9poqkUrFZFVdpKJkonz926MN7BQOLl4ojzTSBi8OjD5GMKJ+fxF4WHkzfp7n29rcEPYyZ&#10;RD7ynZmHqZ6YaSq+XEVpUUwNzZHkIMzrQutNlw7wJ2cjrUrF/Y+9QMVZ/8GSJW+L1SruVgpWV9dL&#10;CvCyUl9WhJUEVfHA2Xy9C/M+7h2atqNO8xAs3JKN2iSJL6xO/GkdkvLT6sZ9u4zTq5cfbPcLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCyPlwM3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SH0Haytxo3ZKgto0TlWBuIIoP1JvbrxNosbrKHab8PYsJ7jtaEcz3xTbyXXiikNoPWlIFgoEUuVt&#10;S7WGj/fnuxWIEA1Z03lCDd8YYFvObgqTWz/SG173sRYcQiE3GpoY+1zKUDXoTFj4Hol/Jz84E1kO&#10;tbSDGTncdXKp1IN0piVuaEyPjw1W5/3Fafh8OR2+UvVaP7msH/2kJLm11Pp2Pu02ICJO8c8Mv/iM&#10;DiUzHf2FbBCdhvvVmtGjhmWWgGBDppIUxJGPNAFZFvL/gvIHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAkvcjHOQBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAsj5cDN4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="7FB21231" id="Text Box 282" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;margin-left:194.9pt;margin-top:12.55pt;width:55.8pt;height:14.5pt;z-index:251658350;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCS9yMc5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgO0jQz4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vQ17EURSPjznkN7eTEPPDgq9AVvxYpFzpqyExti24t++PrzZ&#10;cOaDsI3owaqKH5XnN7vXr7ajK9USOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58t83ydjYCNQ5DKe8rez0W+S/haKxk+a+1VYH3FiVtIJ6azjme224qyReE6I080xD+wGISx1PQM&#10;dS+CYHs0f0ENRiJ40GEhYchAayNV0kBqivwPNU+dcCppIXO8O9vk/x+s/HR4cl+QhekdTDTAJMK7&#10;R5DfPbNw1wnbqltEGDslGmpcRMuy0fny9Gm02pc+gtTjR2hoyGIfIAFNGofoCulkhE4DOJ5NV1Ng&#10;kpLX+Wa9poqkUrFZFVdpKJkonz926MN7BQOLl4ojzTSBi8OjD5GMKJ+fxF4WHkzfp7n29rcEPYyZ&#10;RD7ynZmHqZ6YaSq+XEVpUUwNzZHkIMzrQutNlw7wJ2cjrUrF/Y+9QMVZ/8GSJW+L1SruVgpWV9dL&#10;CvCyUl9WhJUEVfHA2Xy9C/M+7h2atqNO8xAs3JKN2iSJL6xO/GkdkvLT6sZ9u4zTq5cfbPcLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCyPlwM3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SH0Haytxo3ZKgto0TlWBuIIoP1JvbrxNosbrKHab8PYsJ7jtaEcz3xTbyXXiikNoPWlIFgoEUuVt&#10;S7WGj/fnuxWIEA1Z03lCDd8YYFvObgqTWz/SG173sRYcQiE3GpoY+1zKUDXoTFj4Hol/Jz84E1kO&#10;tbSDGTncdXKp1IN0piVuaEyPjw1W5/3Fafh8OR2+UvVaP7msH/2kJLm11Pp2Pu02ICJO8c8Mv/iM&#10;DiUzHf2FbBCdhvvVmtGjhmWWgGBDppIUxJGPNAFZFvL/gvIHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAkvcjHOQBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAsj5cDN4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="26C89929" w14:textId="3D20A444" w:rsidR="005B4BFE" w:rsidRPr="0058565D" w:rsidRDefault="005B4BFE" w:rsidP="005B4BFE">
+                    <w:p w14:paraId="26C89929" w14:textId="6B66B308" w:rsidR="005B4BFE" w:rsidRPr="0058565D" w:rsidRDefault="005B4BFE" w:rsidP="005B4BFE">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>06</w:t>
                       </w:r>
                       <w:r w:rsidRPr="0058565D">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>/</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>3</w:t>
                       </w:r>
                       <w:r w:rsidRPr="0058565D">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>0/20</w:t>
                       </w:r>
                       <w:r w:rsidR="00815EA7">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="0076210B">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D70E5F9" wp14:editId="597F1B07">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D70E5F9" wp14:editId="597F1B07">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2574290</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>217805</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="443865" cy="97790"/>
                 <wp:effectExtent l="2540" t="0" r="1270" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="690173134" name="Rectangle 180"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="443865" cy="97790"/>
                         </a:xfrm>
@@ -8840,63 +9923,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3792E27C" id="Rectangle 180" o:spid="_x0000_s1026" style="position:absolute;margin-left:202.7pt;margin-top:17.15pt;width:34.95pt;height:7.7pt;z-index:251675136;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeddKb5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P2jAQfK/U/2D5vQQodxwR4XTiRFXp&#10;+iFd+wMWx0msOl53bQj013dtOA61b1XzYHm99nhmPFneH3or9pqCQVfJyWgshXYKa+PaSn7/tnl3&#10;J0WI4Gqw6HQljzrI+9XbN8vBl3qKHdpak2AQF8rBV7KL0ZdFEVSnewgj9Npxs0HqIXJJbVETDIze&#10;22I6Ht8WA1LtCZUOgVcfT025yvhNo1X80jRBR2ErydxiHimP2zQWqyWULYHvjDrTgH9g0YNxfOkF&#10;6hEiiB2Zv6B6owgDNnGksC+waYzSWQOrmYz/UPPcgddZC5sT/MWm8P9g1ef9s/9KiXrwT6h+BOFw&#10;3YFr9QMRDp2Gmq+bJKOKwYfyciAVgY+K7fAJa35a2EXMHhwa6hMgqxOHbPXxYrU+RKF4cTZ7f3d7&#10;I4Xi1mI+X+SXKKB8OespxA8ae5EmlSR+yIwN+6cQExcoX7Zk7mhNvTHW5oLa7dqS2AM/+iZ/mT5L&#10;vN5mXdrsMB07IaaVLDLpShEK5RbrI2skPCWHk86TDumXFAOnppLh5w5IS2E/OvZpMZnNUsxyMbuZ&#10;T7mg6872ugNOMVQloxSn6TqeornzZNqOb5pk0Q4f2NvGZOGvrM5kORnZj3OKU/Su67zr9V9b/QYA&#10;AP//AwBQSwMEFAAGAAgAAAAhAN1uyMXeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAM&#10;hu9I/IfISNxYAv3Y1jWdENJOwIENiavXZG1F45Qm3cq/x5zg9lp+9PpxuZ1dL852DJ0nDfcLBcJS&#10;7U1HjYb3w+5uBSJEJIO9J6vh2wbYVtdXJRbGX+jNnvexEVxCoUANbYxDIWWoW+swLPxgiXcnPzqM&#10;PI6NNCNeuNz18kGpXDrsiC+0ONin1taf+8lpwDw1X6+n5OXwPOW4bma1yz6U1rc38+MGRLRz/IPh&#10;V5/VoWKno5/IBNFrSFWWMqohSRMQDKTLjMORw3oJsirl/w+qHwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBeddKb5gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDdbsjF3gAAAAkBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="0FC1E4CB" id="Rectangle 180" o:spid="_x0000_s1026" style="position:absolute;margin-left:202.7pt;margin-top:17.15pt;width:34.95pt;height:7.7pt;z-index:251658320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeddKb5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P2jAQfK/U/2D5vQQodxwR4XTiRFXp&#10;+iFd+wMWx0msOl53bQj013dtOA61b1XzYHm99nhmPFneH3or9pqCQVfJyWgshXYKa+PaSn7/tnl3&#10;J0WI4Gqw6HQljzrI+9XbN8vBl3qKHdpak2AQF8rBV7KL0ZdFEVSnewgj9Npxs0HqIXJJbVETDIze&#10;22I6Ht8WA1LtCZUOgVcfT025yvhNo1X80jRBR2ErydxiHimP2zQWqyWULYHvjDrTgH9g0YNxfOkF&#10;6hEiiB2Zv6B6owgDNnGksC+waYzSWQOrmYz/UPPcgddZC5sT/MWm8P9g1ef9s/9KiXrwT6h+BOFw&#10;3YFr9QMRDp2Gmq+bJKOKwYfyciAVgY+K7fAJa35a2EXMHhwa6hMgqxOHbPXxYrU+RKF4cTZ7f3d7&#10;I4Xi1mI+X+SXKKB8OespxA8ae5EmlSR+yIwN+6cQExcoX7Zk7mhNvTHW5oLa7dqS2AM/+iZ/mT5L&#10;vN5mXdrsMB07IaaVLDLpShEK5RbrI2skPCWHk86TDumXFAOnppLh5w5IS2E/OvZpMZnNUsxyMbuZ&#10;T7mg6872ugNOMVQloxSn6TqeornzZNqOb5pk0Q4f2NvGZOGvrM5kORnZj3OKU/Su67zr9V9b/QYA&#10;AP//AwBQSwMEFAAGAAgAAAAhAN1uyMXeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAM&#10;hu9I/IfISNxYAv3Y1jWdENJOwIENiavXZG1F45Qm3cq/x5zg9lp+9PpxuZ1dL852DJ0nDfcLBcJS&#10;7U1HjYb3w+5uBSJEJIO9J6vh2wbYVtdXJRbGX+jNnvexEVxCoUANbYxDIWWoW+swLPxgiXcnPzqM&#10;PI6NNCNeuNz18kGpXDrsiC+0ONin1taf+8lpwDw1X6+n5OXwPOW4bma1yz6U1rc38+MGRLRz/IPh&#10;V5/VoWKno5/IBNFrSFWWMqohSRMQDKTLjMORw3oJsirl/w+qHwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBeddKb5gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDdbsjF3gAAAAkBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679232" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F336B2F" wp14:editId="67674335">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658324" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F336B2F" wp14:editId="67674335">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1726565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>156845</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="708660" cy="184150"/>
                 <wp:effectExtent l="2540" t="0" r="3175" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2021619931" name="Text Box 186"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="708660" cy="184150"/>
                         </a:xfrm>
@@ -8907,145 +9991,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="72028C77" w14:textId="285964A1" w:rsidR="00180BF7" w:rsidRPr="0058565D" w:rsidRDefault="0058565D" w:rsidP="00180BF7">
+                          <w:p w14:paraId="72028C77" w14:textId="0641C38C" w:rsidR="00180BF7" w:rsidRPr="0058565D" w:rsidRDefault="0058565D" w:rsidP="00180BF7">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0058565D">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>07/01/20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="0076210B">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1F336B2F" id="Text Box 186" o:spid="_x0000_s1051" type="#_x0000_t202" style="position:absolute;margin-left:135.95pt;margin-top:12.35pt;width:55.8pt;height:14.5pt;z-index:251679232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyudbw5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkjQz4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkN5ej33HDgq9AVvyfDbnTFkJtbFNyZ++37/b&#10;cOaDsLXowKqSH5Xn17u3b7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vN1NgDWDkEq7yl7NxX5LuFrrWT4qrVXgXUlJ24hnZjOKp7ZbiuKBoVrjTzREP/AohfGUtMz&#10;1J0Igu3RvILqjUTwoMNMQp+B1kaqpIHU5PO/1Dy2wqmkhczx7myT/3+w8svh0X1DFsYPMNIAkwjv&#10;HkD+8MzCbStso24QYWiVqKlxHi3LBueL06fRal/4CFINn6GmIYt9gAQ0auyjK6STEToN4Hg2XY2B&#10;SUpezTfrNVUklfLNMl+loWSieP7YoQ8fFfQsXkqONNMELg4PPkQyonh+EntZuDddl+ba2T8S9DBm&#10;EvnId2Iexmpkpi75YhWlRTEV1EeSgzCtC603XVrAX5wNtCol9z/3AhVn3SdLlrzPl8u4WylYrq4W&#10;FOBlpbqsCCsJquSBs+l6G6Z93Ds0TUudpiFYuCEbtUkSX1id+NM6JOWn1Y37dhmnVy8/2O43AAAA&#10;//8DAFBLAwQUAAYACAAAACEAOmuZwN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbizZutKtNJ0QiCtog03iljVeW9E4VZOt5e0xJ7jZ8qff319sJteJCw6h9aRhPlMgkCpv&#10;W6o1fLy/3K1AhGjIms4TavjGAJvy+qowufUjbfGyi7XgEAq50dDE2OdShqpBZ8LM90h8O/nBmcjr&#10;UEs7mJHDXScXSt1LZ1riD43p8anB6mt3dhr2r6fPw1K91c8u7Uc/KUluLbW+vZkeH0BEnOIfDL/6&#10;rA4lOx39mWwQnYZFNl8zysMyA8FAskpSEEcNaZKBLAv5v0H5AwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADK51vDlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADprmcDeAAAACQEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1F336B2F" id="Text Box 186" o:spid="_x0000_s1051" type="#_x0000_t202" style="position:absolute;margin-left:135.95pt;margin-top:12.35pt;width:55.8pt;height:14.5pt;z-index:251658324;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyudbw5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkjQz4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkN5ej33HDgq9AVvyfDbnTFkJtbFNyZ++37/b&#10;cOaDsLXowKqSH5Xn17u3b7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vN1NgDWDkEq7yl7NxX5LuFrrWT4qrVXgXUlJ24hnZjOKp7ZbiuKBoVrjTzREP/AohfGUtMz&#10;1J0Igu3RvILqjUTwoMNMQp+B1kaqpIHU5PO/1Dy2wqmkhczx7myT/3+w8svh0X1DFsYPMNIAkwjv&#10;HkD+8MzCbStso24QYWiVqKlxHi3LBueL06fRal/4CFINn6GmIYt9gAQ0auyjK6STEToN4Hg2XY2B&#10;SUpezTfrNVUklfLNMl+loWSieP7YoQ8fFfQsXkqONNMELg4PPkQyonh+EntZuDddl+ba2T8S9DBm&#10;EvnId2Iexmpkpi75YhWlRTEV1EeSgzCtC603XVrAX5wNtCol9z/3AhVn3SdLlrzPl8u4WylYrq4W&#10;FOBlpbqsCCsJquSBs+l6G6Z93Ds0TUudpiFYuCEbtUkSX1id+NM6JOWn1Y37dhmnVy8/2O43AAAA&#10;//8DAFBLAwQUAAYACAAAACEAOmuZwN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbizZutKtNJ0QiCtog03iljVeW9E4VZOt5e0xJ7jZ8qff319sJteJCw6h9aRhPlMgkCpv&#10;W6o1fLy/3K1AhGjIms4TavjGAJvy+qowufUjbfGyi7XgEAq50dDE2OdShqpBZ8LM90h8O/nBmcjr&#10;UEs7mJHDXScXSt1LZ1riD43p8anB6mt3dhr2r6fPw1K91c8u7Uc/KUluLbW+vZkeH0BEnOIfDL/6&#10;rA4lOx39mWwQnYZFNl8zysMyA8FAskpSEEcNaZKBLAv5v0H5AwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADK51vDlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADprmcDeAAAACQEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="72028C77" w14:textId="285964A1" w:rsidR="00180BF7" w:rsidRPr="0058565D" w:rsidRDefault="0058565D" w:rsidP="00180BF7">
+                    <w:p w14:paraId="72028C77" w14:textId="0641C38C" w:rsidR="00180BF7" w:rsidRPr="0058565D" w:rsidRDefault="0058565D" w:rsidP="00180BF7">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0058565D">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>07/01/20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="0076210B">
                         <w:rPr>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674112" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12A3A8F1" wp14:editId="69E58699">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658319" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12A3A8F1" wp14:editId="69E58699">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1807845</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>217805</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="453390" cy="97790"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1736956001" name="Rectangle 179"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="453390" cy="97790"/>
                         </a:xfrm>
@@ -9066,63 +10151,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="10D4AC66" id="Rectangle 179" o:spid="_x0000_s1026" style="position:absolute;margin-left:142.35pt;margin-top:17.15pt;width:35.7pt;height:7.7pt;z-index:251674112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDll/Ud4wEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE23S2nUdLXqqghp&#10;YZEWPsB17MTC8Zix27R8PWOn263ghsjB8nhmnuc9v6zujr1lB4XBgKt5OZlyppyExri25t+/bd99&#10;4CxE4Rphwaman1Tgd+u3b1aDr9QMOrCNQkYgLlSDr3kXo6+KIshO9SJMwCtHSQ3Yi0ghtkWDYiD0&#10;3haz6fR9MQA2HkGqEOj0YUzydcbXWsn4pHVQkdma02wxr5jXXVqL9UpULQrfGXkeQ/zDFL0wji69&#10;QD2IKNgezV9QvZEIAXScSOgL0NpIlTkQm3L6B5vnTniVuZA4wV9kCv8PVn45PPuvmEYP/hHkj8Ac&#10;bDrhWnWPCEOnREPXlUmoYvChujSkIFAr2w2foaGnFfsIWYOjxj4BEjt2zFKfLlKrY2SSDue3NzdL&#10;ehBJqeViQdt0gaheej2G+FFBz9Km5kgPmbHF4THEsfSlJM8O1jRbY20OsN1tLLKDoEff5u+MHq7L&#10;rEvFDlLbiJhOMsnEK1koVDtoTsQRYXQOOZ02HeAvzgZyTc3Dz71AxZn95EinZTmfJ5vlYH67mFGA&#10;15nddUY4SVA1j5yN200crbn3aNqObiozaQf3pK02mfjrVOdhyRlZurOLk/Wu41z1+q+tfwMAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOfJBFDfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyo3SZN2xCnQkg9AQdaJK7beJtExOsQO234e8yJHlfzNPO22E62E2cafOtYw3ymQBBXzrRc&#10;a/g47B7WIHxANtg5Jg0/5GFb3t4UmBt34Xc670MtYgn7HDU0IfS5lL5qyKKfuZ44Zic3WAzxHGpp&#10;BrzEctvJhVKZtNhyXGiwp+eGqq/9aDVglprvt1PyengZM9zUk9otP5XW93fT0yOIQFP4h+FPP6pD&#10;GZ2ObmTjRadhsU5XEdWQpAmICCTLbA7iqCHdrECWhbz+oPwFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA5Zf1HeMBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA58kEUN8AAAAJAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7D46B160" id="Rectangle 179" o:spid="_x0000_s1026" style="position:absolute;margin-left:142.35pt;margin-top:17.15pt;width:35.7pt;height:7.7pt;z-index:251658319;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDll/Ud4wEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE23S2nUdLXqqghp&#10;YZEWPsB17MTC8Zix27R8PWOn263ghsjB8nhmnuc9v6zujr1lB4XBgKt5OZlyppyExri25t+/bd99&#10;4CxE4Rphwaman1Tgd+u3b1aDr9QMOrCNQkYgLlSDr3kXo6+KIshO9SJMwCtHSQ3Yi0ghtkWDYiD0&#10;3haz6fR9MQA2HkGqEOj0YUzydcbXWsn4pHVQkdma02wxr5jXXVqL9UpULQrfGXkeQ/zDFL0wji69&#10;QD2IKNgezV9QvZEIAXScSOgL0NpIlTkQm3L6B5vnTniVuZA4wV9kCv8PVn45PPuvmEYP/hHkj8Ac&#10;bDrhWnWPCEOnREPXlUmoYvChujSkIFAr2w2foaGnFfsIWYOjxj4BEjt2zFKfLlKrY2SSDue3NzdL&#10;ehBJqeViQdt0gaheej2G+FFBz9Km5kgPmbHF4THEsfSlJM8O1jRbY20OsN1tLLKDoEff5u+MHq7L&#10;rEvFDlLbiJhOMsnEK1koVDtoTsQRYXQOOZ02HeAvzgZyTc3Dz71AxZn95EinZTmfJ5vlYH67mFGA&#10;15nddUY4SVA1j5yN200crbn3aNqObiozaQf3pK02mfjrVOdhyRlZurOLk/Wu41z1+q+tfwMAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOfJBFDfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyo3SZN2xCnQkg9AQdaJK7beJtExOsQO234e8yJHlfzNPO22E62E2cafOtYw3ymQBBXzrRc&#10;a/g47B7WIHxANtg5Jg0/5GFb3t4UmBt34Xc670MtYgn7HDU0IfS5lL5qyKKfuZ44Zic3WAzxHGpp&#10;BrzEctvJhVKZtNhyXGiwp+eGqq/9aDVglprvt1PyengZM9zUk9otP5XW93fT0yOIQFP4h+FPP6pD&#10;GZ2ObmTjRadhsU5XEdWQpAmICCTLbA7iqCHdrECWhbz+oPwFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA5Zf1HeMBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA58kEUN8AAAAJAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A9E38F7" wp14:editId="39395118">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658298" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A9E38F7" wp14:editId="39395118">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6350</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>509905</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="742950" cy="203200"/>
                 <wp:effectExtent l="0" t="0" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="278245912" name="Text Box 135"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="742950" cy="203200"/>
                         </a:xfrm>
@@ -9133,145 +10219,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="62843E7C" w14:textId="51E7A9B6" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
+                          <w:p w14:paraId="62843E7C" w14:textId="579E98D8" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>4/30/</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="00AA7663">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0A9E38F7" id="Text Box 135" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;margin-left:.5pt;margin-top:40.15pt;width:58.5pt;height:16pt;z-index:251652608;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcedGw4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8tF2NOEXXosOA&#10;rhvQ9QNkWbKF2aJGKbGzrx8lp2m23oZdBJGUH997pNdX09CznUJvwFZ8ucg5U1ZCY2xb8afvd+8+&#10;cOaDsI3owaqK75XnV5u3b9ajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+KPD/PRsDGIUjlPWVv5yLfJHytlQxftfYqsL7ixC2kE9NZxzPbrEXZonCdkQca4h9YDMJYanqE&#10;uhVBsC2aV1CDkQgedFhIGDLQ2kiVNJCaZf6XmsdOOJW0kDneHW3y/w9WPuwe3TdkYfoIEw0wifDu&#10;HuQPzyzcdMK26hoRxk6Jhhovo2XZ6Hx5+DRa7UsfQerxCzQ0ZLENkIAmjUN0hXQyQqcB7I+mqykw&#10;ScmLVXF5RhVJpSJ/T0NNHUT5/LFDHz4pGFi8VBxppglc7O59iGRE+fwk9rJwZ/o+zbW3fyToYcwk&#10;8pHvzDxM9cRMQ83PY+MopoZmT3IQ5nWh9aZLB/iLs5FWpeL+51ag4qz/bMmSy+VqFXcrBauzi4IC&#10;PK3UpxVhJUFVPHA2X2/CvI9bh6btqNM8BAvXZKM2SeILqwN/Woek/LC6cd9O4/Tq5Qfb/AYAAP//&#10;AwBQSwMEFAAGAAgAAAAhAD2AMUbbAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj09PwzAMxe9I&#10;fIfISNyYsw1QKU0nBOIKYvyRuGWN11Y0TtVka/n2uCd28/Oznn+v2Ey+U0caYhvYwHKhQRFXwbVc&#10;G/h4f77KQMVk2dkuMBn4pQib8vyssLkLI7/RcZtqJSEcc2ugSanPEWPVkLdxEXpi8fZh8DaJHGp0&#10;gx0l3He40voWvW1ZPjS2p8eGqp/twRv4fNl/f13r1/rJ3/RjmDSyv0NjLi+mh3tQiab0fwwzvqBD&#10;KUy7cGAXVSdamiQDmV6Dmu1lJovdPKzWgGWBpwXKPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAcedGw4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQA9gDFG2wAAAAgBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="0A9E38F7" id="Text Box 135" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;margin-left:.5pt;margin-top:40.15pt;width:58.5pt;height:16pt;z-index:251658298;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcedGw4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8tF2NOEXXosOA&#10;rhvQ9QNkWbKF2aJGKbGzrx8lp2m23oZdBJGUH997pNdX09CznUJvwFZ8ucg5U1ZCY2xb8afvd+8+&#10;cOaDsI3owaqK75XnV5u3b9ajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+KPD/PRsDGIUjlPWVv5yLfJHytlQxftfYqsL7ixC2kE9NZxzPbrEXZonCdkQca4h9YDMJYanqE&#10;uhVBsC2aV1CDkQgedFhIGDLQ2kiVNJCaZf6XmsdOOJW0kDneHW3y/w9WPuwe3TdkYfoIEw0wifDu&#10;HuQPzyzcdMK26hoRxk6Jhhovo2XZ6Hx5+DRa7UsfQerxCzQ0ZLENkIAmjUN0hXQyQqcB7I+mqykw&#10;ScmLVXF5RhVJpSJ/T0NNHUT5/LFDHz4pGFi8VBxppglc7O59iGRE+fwk9rJwZ/o+zbW3fyToYcwk&#10;8pHvzDxM9cRMQ83PY+MopoZmT3IQ5nWh9aZLB/iLs5FWpeL+51ag4qz/bMmSy+VqFXcrBauzi4IC&#10;PK3UpxVhJUFVPHA2X2/CvI9bh6btqNM8BAvXZKM2SeILqwN/Woek/LC6cd9O4/Tq5Qfb/AYAAP//&#10;AwBQSwMEFAAGAAgAAAAhAD2AMUbbAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj09PwzAMxe9I&#10;fIfISNyYsw1QKU0nBOIKYvyRuGWN11Y0TtVka/n2uCd28/Oznn+v2Ey+U0caYhvYwHKhQRFXwbVc&#10;G/h4f77KQMVk2dkuMBn4pQib8vyssLkLI7/RcZtqJSEcc2ugSanPEWPVkLdxEXpi8fZh8DaJHGp0&#10;gx0l3He40voWvW1ZPjS2p8eGqp/twRv4fNl/f13r1/rJ3/RjmDSyv0NjLi+mh3tQiab0fwwzvqBD&#10;KUy7cGAXVSdamiQDmV6Dmu1lJovdPKzWgGWBpwXKPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAcedGw4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQA9gDFG2wAAAAgBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="62843E7C" w14:textId="51E7A9B6" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
+                    <w:p w14:paraId="62843E7C" w14:textId="579E98D8" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>4/30/</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="00AA7663">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72FC162C" wp14:editId="60A81E0C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658297" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72FC162C" wp14:editId="60A81E0C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>63500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>509905</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="501650" cy="171450"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                 <wp:wrapNone/>
                 <wp:docPr id="289826261" name="Rectangle 134"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="501650" cy="171450"/>
                         </a:xfrm>
@@ -9292,123 +10379,140 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0A06FCFC" id="Rectangle 134" o:spid="_x0000_s1026" style="position:absolute;margin-left:5pt;margin-top:40.15pt;width:39.5pt;height:13.5pt;z-index:251651584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5eAbe4wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnV7kLUdLXqqghp&#10;gZUWPsB17MTC8Zix27R8PWOn263ghsjB8nhmnuc9v6zujoNlB4XBgGt4NSs5U05Ca1zX8O/ftu/e&#10;cxaicK2w4FTDTyrwu/XbN6vR12oOPdhWISMQF+rRN7yP0ddFEWSvBhFm4JWjpAYcRKQQu6JFMRL6&#10;YIt5Wd4UI2DrEaQKgU4fpiRfZ3ytlYxftQ4qMttwmi3mFfO6S2uxXom6Q+F7I89jiH+YYhDG0aUX&#10;qAcRBduj+QtqMBIhgI4zCUMBWhupMgdiU5V/sHnuhVeZC4kT/EWm8P9g5ZfDs3/CNHrwjyB/BOZg&#10;0wvXqXtEGHslWrquSkIVow/1pSEFgVrZbvwMLT2t2EfIGhw1DgmQ2LFjlvp0kVodI5N0uCyrmyU9&#10;iKRUdVstaJ9uEPVLs8cQPyoYWNo0HOklM7g4PIY4lb6U5OHBmnZrrM0BdruNRXYQ9Orb/J3Rw3WZ&#10;danYQWqbENNJZpmIJQ+FegftiUgiTNYhq9OmB/zF2Ui2aXj4uReoOLOfHAn1oVosks9ysFjezinA&#10;68zuOiOcJKiGR86m7SZO3tx7NF1PN1WZtIN7ElebTPx1qvOwZI0s3dnGyXvXca56/dnWvwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOSyp2LcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SL1RG1JCGuJUqFJPhQMtEtdt7CYR8TrEThv+nu2JHt/OaHamWE2uEyc7hNaThoe5AmGp8qal&#10;WsPnfnOfgQgRyWDnyWr4tQFW5e1NgbnxZ/qwp12sBYdQyFFDE2OfSxmqxjoMc99bYu3oB4eRcail&#10;GfDM4a6Tj0ql0mFL/KHB3q4bW33vRqcB04X5eT8mb/vtmOKyntTm6UtpPbubXl9ARDvFfzNc6nN1&#10;KLnTwY9kguiYFU+JGjKVgGA9WzIfLvfnBGRZyOsB5R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAuXgG3uMBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA5LKnYtwAAAAIAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="598ABE13" id="Rectangle 134" o:spid="_x0000_s1026" style="position:absolute;margin-left:5pt;margin-top:40.15pt;width:39.5pt;height:13.5pt;z-index:251658297;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5eAbe4wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnV7kLUdLXqqghp&#10;gZUWPsB17MTC8Zix27R8PWOn263ghsjB8nhmnuc9v6zujoNlB4XBgGt4NSs5U05Ca1zX8O/ftu/e&#10;cxaicK2w4FTDTyrwu/XbN6vR12oOPdhWISMQF+rRN7yP0ddFEWSvBhFm4JWjpAYcRKQQu6JFMRL6&#10;YIt5Wd4UI2DrEaQKgU4fpiRfZ3ytlYxftQ4qMttwmi3mFfO6S2uxXom6Q+F7I89jiH+YYhDG0aUX&#10;qAcRBduj+QtqMBIhgI4zCUMBWhupMgdiU5V/sHnuhVeZC4kT/EWm8P9g5ZfDs3/CNHrwjyB/BOZg&#10;0wvXqXtEGHslWrquSkIVow/1pSEFgVrZbvwMLT2t2EfIGhw1DgmQ2LFjlvp0kVodI5N0uCyrmyU9&#10;iKRUdVstaJ9uEPVLs8cQPyoYWNo0HOklM7g4PIY4lb6U5OHBmnZrrM0BdruNRXYQ9Orb/J3Rw3WZ&#10;danYQWqbENNJZpmIJQ+FegftiUgiTNYhq9OmB/zF2Ui2aXj4uReoOLOfHAn1oVosks9ysFjezinA&#10;68zuOiOcJKiGR86m7SZO3tx7NF1PN1WZtIN7ElebTPx1qvOwZI0s3dnGyXvXca56/dnWvwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOSyp2LcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SL1RG1JCGuJUqFJPhQMtEtdt7CYR8TrEThv+nu2JHt/OaHamWE2uEyc7hNaThoe5AmGp8qal&#10;WsPnfnOfgQgRyWDnyWr4tQFW5e1NgbnxZ/qwp12sBYdQyFFDE2OfSxmqxjoMc99bYu3oB4eRcail&#10;GfDM4a6Tj0ql0mFL/KHB3q4bW33vRqcB04X5eT8mb/vtmOKyntTm6UtpPbubXl9ARDvFfzNc6nN1&#10;KLnTwY9kguiYFU+JGjKVgGA9WzIfLvfnBGRZyOsB5R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAuXgG3uMBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA5LKnYtwAAAAIAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BEB89E6" wp14:editId="1D92EF3E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BEB89E6" wp14:editId="3F51818D">
             <wp:extent cx="5947410" cy="3967480"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="15240" b="13970"/>
             <wp:docPr id="11" name="Picture 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5947410" cy="3967480"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75BE6B21" w14:textId="77777777" w:rsidR="00C9540D" w:rsidRDefault="00C9540D">
-      <w:r>
+    <w:p w14:paraId="75BE6B21" w14:textId="77777777" w:rsidR="00C9540D" w:rsidRPr="00D24F02" w:rsidRDefault="00C9540D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 11: School Profit &amp; Loss Budget Overview report by class.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2520D7C9" w14:textId="799C21B7" w:rsidR="00C9540D" w:rsidRDefault="007A6E9A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2520D7C9" w14:textId="799C21B7" w:rsidR="00C9540D" w:rsidRPr="00D24F02" w:rsidRDefault="007A6E9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="127F3A28" wp14:editId="4BF17574">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658330" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="127F3A28" wp14:editId="4BF17574">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2435225</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>936942</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="795655" cy="197485"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1527967047" name="Text Box 205"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="795655" cy="197485"/>
                         </a:xfrm>
@@ -9419,187 +10523,188 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="73DD3F46" w14:textId="09DEADD1" w:rsidR="00F7341B" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="00F7341B">
+                          <w:p w14:paraId="73DD3F46" w14:textId="70521047" w:rsidR="00F7341B" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="00F7341B">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="127F3A28" id="Text Box 205" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;margin-left:191.75pt;margin-top:73.75pt;width:62.65pt;height:15.55pt;z-index:251685376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA17LWI5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DpGmMOEXXosOA&#10;bh3Q7QNkWbKF2aJGKbGzrx8lp2m23YZdBJGUH997pLc3Y9+xg0JvwJY8n805U1ZCbWxT8m9fH95d&#10;c+aDsLXowKqSH5XnN7u3b7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vOrbACsHYJU3lP2firyXcLXWsnwpLVXgXUlJ24hnZjOKp7ZbiuKBoVrjTzREP/AohfGUtMz&#10;1L0Igu3R/AXVG4ngQYeZhD4DrY1USQOpyed/qHluhVNJC5nj3dkm//9g5efDs/uCLIzvYaQBJhHe&#10;PYL87pmFu1bYRt0iwtAqUVPjPFqWDc4Xp0+j1b7wEaQaPkFNQxb7AAlo1NhHV0gnI3QawPFsuhoD&#10;k5Rcb1ZXqxVnkkr5Zr28XqUOonj52KEPHxT0LF5KjjTTBC4Ojz5EMqJ4eRJ7WXgwXZfm2tnfEvQw&#10;ZhL5yHdiHsZqZKYu+WIdG0cxFdRHkoMwrQutN11awJ+cDbQqJfc/9gIVZ91HS5Zs8uUy7lYKlqv1&#10;ggK8rFSXFWElQZU8cDZd78K0j3uHpmmp0zQEC7dkozZJ4iurE39ah6T8tLpx3y7j9Or1B9v9AgAA&#10;//8DAFBLAwQUAAYACAAAACEAbrkKP98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FgCW7euazohEFfQBkzaLWu8tqJxqiZby7+fd4Kb7ff0/L18PbpWnLEPjScNjxMFAqn0&#10;tqFKw9fn20MKIkRD1rSeUMMvBlgXtze5yawfaIPnbawEh1DIjIY6xi6TMpQ1OhMmvkNi7eh7ZyKv&#10;fSVtbwYOd618UmounWmIP9Smw5cay5/tyWn4fj/udzP1Ub26pBv8qCS5pdT6/m58XoGIOMY/M1zx&#10;GR0KZjr4E9kgWg3TdJqwlYXZggd2JCrlMge+LNI5yCKX/zsUFwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA17LWI5QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBuuQo/3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="127F3A28" id="Text Box 205" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;margin-left:191.75pt;margin-top:73.75pt;width:62.65pt;height:15.55pt;z-index:251658330;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA17LWI5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DpGmMOEXXosOA&#10;bh3Q7QNkWbKF2aJGKbGzrx8lp2m23YZdBJGUH997pLc3Y9+xg0JvwJY8n805U1ZCbWxT8m9fH95d&#10;c+aDsLXowKqSH5XnN7u3b7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vOrbACsHYJU3lP2firyXcLXWsnwpLVXgXUlJ24hnZjOKp7ZbiuKBoVrjTzREP/AohfGUtMz&#10;1L0Igu3R/AXVG4ngQYeZhD4DrY1USQOpyed/qHluhVNJC5nj3dkm//9g5efDs/uCLIzvYaQBJhHe&#10;PYL87pmFu1bYRt0iwtAqUVPjPFqWDc4Xp0+j1b7wEaQaPkFNQxb7AAlo1NhHV0gnI3QawPFsuhoD&#10;k5Rcb1ZXqxVnkkr5Zr28XqUOonj52KEPHxT0LF5KjjTTBC4Ojz5EMqJ4eRJ7WXgwXZfm2tnfEvQw&#10;ZhL5yHdiHsZqZKYu+WIdG0cxFdRHkoMwrQutN11awJ+cDbQqJfc/9gIVZ91HS5Zs8uUy7lYKlqv1&#10;ggK8rFSXFWElQZU8cDZd78K0j3uHpmmp0zQEC7dkozZJ4iurE39ah6T8tLpx3y7j9Or1B9v9AgAA&#10;//8DAFBLAwQUAAYACAAAACEAbrkKP98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FgCW7euazohEFfQBkzaLWu8tqJxqiZby7+fd4Kb7ff0/L18PbpWnLEPjScNjxMFAqn0&#10;tqFKw9fn20MKIkRD1rSeUMMvBlgXtze5yawfaIPnbawEh1DIjIY6xi6TMpQ1OhMmvkNi7eh7ZyKv&#10;fSVtbwYOd618UmounWmIP9Smw5cay5/tyWn4fj/udzP1Ub26pBv8qCS5pdT6/m58XoGIOMY/M1zx&#10;GR0KZjr4E9kgWg3TdJqwlYXZggd2JCrlMge+LNI5yCKX/zsUFwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA17LWI5QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBuuQo/3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="73DD3F46" w14:textId="09DEADD1" w:rsidR="00F7341B" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="00F7341B">
+                    <w:p w14:paraId="73DD3F46" w14:textId="70521047" w:rsidR="00F7341B" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="00F7341B">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712000" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26161665" wp14:editId="0A1FCFBE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658356" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26161665" wp14:editId="0A1FCFBE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5078095</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>946150</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="795655" cy="197485"/>
                 <wp:effectExtent l="1270" t="0" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="591714170" name="Text Box 312"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="795655" cy="197485"/>
                         </a:xfrm>
@@ -9610,201 +10715,202 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5DA818B6" w14:textId="2A320615" w:rsidR="002F0AAC" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
+                          <w:p w14:paraId="5DA818B6" w14:textId="3D77E8AA" w:rsidR="002F0AAC" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Jun</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="26161665" id="Text Box 312" o:spid="_x0000_s1054" type="#_x0000_t202" style="position:absolute;margin-left:399.85pt;margin-top:74.5pt;width:62.65pt;height:15.55pt;z-index:251712000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSY4Jp5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DuEmMOEXXosOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lp2m23YpeBJGUH997pLfXY9+xg0KnwRQ8nc05U0ZCpU1T8B/f7z+s&#10;OXNemEp0YFTBj8rx6937d9vB5moBLXSVQkYgxuWDLXjrvc2TxMlW9cLNwCpDxRqwF55CbJIKxUDo&#10;fZcs5vOrZACsLIJUzlH2biryXcSvayX9Y1075VlXcOLm44nxLMOZ7LYib1DYVssTDfEKFr3Qhpqe&#10;oe6EF2yP+j+oXksEB7WfSegTqGstVdRAatL5P2qeWmFV1ELmOHu2yb0drPx6eLLfkPnxI4w0wCjC&#10;2QeQPx0zcNsK06gbRBhaJSpqnAbLksG6/PRpsNrlLoCUwxeoaMhi7yECjTX2wRXSyQidBnA8m65G&#10;zyQlV5vsKss4k1RKN6vlOosdRP78sUXnPynoWbgUHGmmEVwcHpwPZET+/CT0MnCvuy7OtTN/Jehh&#10;yETyge/E3I/lyHRV8MU6NA5iSqiOJAdhWhdab7q0gL85G2hVCu5+7QUqzrrPhizZpMtl2K0YLLPV&#10;ggK8rJSXFWEkQRXcczZdb/20j3uLummp0zQEAzdkY62jxBdWJ/60DlH5aXXDvl3G8dXLD7b7AwAA&#10;//8DAFBLAwQUAAYACAAAACEAN0maeN4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j7D5GRuLFk08aW0nSaQFxBbAOJW9Z4bUXjVE22ln+PObGb7ff0/L18M/pWXLCPTSADs6kCgVQG&#10;11Bl4LB/uV+DiMmSs20gNPCDETbF5Ca3mQsDveNllyrBIRQza6BOqcukjGWN3sZp6JBYO4Xe28Rr&#10;X0nX24HDfSvnSj1IbxviD7Xt8KnG8nt39gY+Xk9fnwv1Vj37ZTeEUUnyWhpzdztuH0EkHNO/Gf7w&#10;GR0KZjqGM7koWgMrrVdsZWGhuRQ79HzJw5EvazUDWeTyukPxCwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJJjgmnlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADdJmnjeAAAACwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="26161665" id="Text Box 312" o:spid="_x0000_s1054" type="#_x0000_t202" style="position:absolute;margin-left:399.85pt;margin-top:74.5pt;width:62.65pt;height:15.55pt;z-index:251658356;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSY4Jp5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DuEmMOEXXosOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lp2m23YpeBJGUH997pLfXY9+xg0KnwRQ8nc05U0ZCpU1T8B/f7z+s&#10;OXNemEp0YFTBj8rx6937d9vB5moBLXSVQkYgxuWDLXjrvc2TxMlW9cLNwCpDxRqwF55CbJIKxUDo&#10;fZcs5vOrZACsLIJUzlH2biryXcSvayX9Y1075VlXcOLm44nxLMOZ7LYib1DYVssTDfEKFr3Qhpqe&#10;oe6EF2yP+j+oXksEB7WfSegTqGstVdRAatL5P2qeWmFV1ELmOHu2yb0drPx6eLLfkPnxI4w0wCjC&#10;2QeQPx0zcNsK06gbRBhaJSpqnAbLksG6/PRpsNrlLoCUwxeoaMhi7yECjTX2wRXSyQidBnA8m65G&#10;zyQlV5vsKss4k1RKN6vlOosdRP78sUXnPynoWbgUHGmmEVwcHpwPZET+/CT0MnCvuy7OtTN/Jehh&#10;yETyge/E3I/lyHRV8MU6NA5iSqiOJAdhWhdab7q0gL85G2hVCu5+7QUqzrrPhizZpMtl2K0YLLPV&#10;ggK8rJSXFWEkQRXcczZdb/20j3uLummp0zQEAzdkY62jxBdWJ/60DlH5aXXDvl3G8dXLD7b7AwAA&#10;//8DAFBLAwQUAAYACAAAACEAN0maeN4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j7D5GRuLFk08aW0nSaQFxBbAOJW9Z4bUXjVE22ln+PObGb7ff0/L18M/pWXLCPTSADs6kCgVQG&#10;11Bl4LB/uV+DiMmSs20gNPCDETbF5Ca3mQsDveNllyrBIRQza6BOqcukjGWN3sZp6JBYO4Xe28Rr&#10;X0nX24HDfSvnSj1IbxviD7Xt8KnG8nt39gY+Xk9fnwv1Vj37ZTeEUUnyWhpzdztuH0EkHNO/Gf7w&#10;GR0KZjqGM7koWgMrrVdsZWGhuRQ79HzJw5EvazUDWeTyukPxCwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJJjgmnlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADdJmnjeAAAACwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5DA818B6" w14:textId="2A320615" w:rsidR="002F0AAC" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
+                    <w:p w14:paraId="5DA818B6" w14:textId="3D77E8AA" w:rsidR="002F0AAC" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Jun</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A0FB32D" wp14:editId="63A770D3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A0FB32D" wp14:editId="63A770D3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5376545</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1018540</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="540385" cy="72390"/>
                 <wp:effectExtent l="4445" t="2540" r="0" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="754967557" name="Rectangle 200"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="540385" cy="72390"/>
                         </a:xfrm>
@@ -9825,63 +10931,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2B9845BE" id="Rectangle 200" o:spid="_x0000_s1026" style="position:absolute;margin-left:423.35pt;margin-top:80.2pt;width:42.55pt;height:5.7pt;z-index:251683328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaNAg25gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Idu0kEy0HgwEWB&#10;9AGk+YA1RUlEKS67pC27X98l7ThGewuqA8HlksOZ4Whxt++t2GkKBl0lJ6OxFNoprI1rK/n8Y/3h&#10;RooQwdVg0elKHnSQd8v37xaDL/UUO7S1JsEgLpSDr2QXoy+LIqhO9xBG6LXjZoPUQ+SS2qImGBi9&#10;t8V0PP5YDEi1J1Q6BF59ODblMuM3jVbxW9MEHYWtJHOLeaQ8btJYLBdQtgS+M+pEA97Aogfj+NIz&#10;1ANEEFsy/0D1RhEGbOJIYV9g0xilswZWMxn/peapA6+zFjYn+LNN4f/Bqq+7J/+dEvXgH1H9DMLh&#10;qgPX6nsiHDoNNV83SUYVgw/l+UAqAh8Vm+EL1vy0sI2YPdg31CdAVif22erD2Wq9j0Lx4nw2vrqZ&#10;S6G4dT29us0vUUD5ctZTiJ809iJNKkn8kBkbdo8hJi5QvmzJ3NGaem2szQW1m5UlsQN+9HX+Mn2W&#10;eLnNurTZYTp2REwrWWTSlSIUyg3WB9ZIeEwOJ50nHdJvKQZOTSXDry2QlsJ+duzT7WQ2SzHLxWx+&#10;PeWCLjubyw44xVCVjFIcp6t4jObWk2k7vmmSRTu8Z28bk4W/sjqR5WRkP04pTtG7rPOu139t+QcA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJF37nDfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYMlayrTSdENJOwIENiavXZG1F45Qm3cq/x5zYzfZ7ev5esZl8J05uiG0gA/OZAuGo&#10;Cral2sDHfnu3AhETksUukDPw4yJsyuurAnMbzvTuTrtUCw6hmKOBJqU+lzJWjfMYZ6F3xNoxDB4T&#10;r0Mt7YBnDvedvFdKS48t8YcGe/fcuOprN3oDqDP7/XZcvO5fRo3relLbh09lzO3N9PQIIrkp/Zvh&#10;D5/RoWSmQxjJRtEZWGV6yVYWtMpAsGO9mHOZA1+WPMiykJcdyl8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAGjQINuYBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAkXfucN8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="6322F106" id="Rectangle 200" o:spid="_x0000_s1026" style="position:absolute;margin-left:423.35pt;margin-top:80.2pt;width:42.55pt;height:5.7pt;z-index:251658328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaNAg25gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Idu0kEy0HgwEWB&#10;9AGk+YA1RUlEKS67pC27X98l7ThGewuqA8HlksOZ4Whxt++t2GkKBl0lJ6OxFNoprI1rK/n8Y/3h&#10;RooQwdVg0elKHnSQd8v37xaDL/UUO7S1JsEgLpSDr2QXoy+LIqhO9xBG6LXjZoPUQ+SS2qImGBi9&#10;t8V0PP5YDEi1J1Q6BF59ODblMuM3jVbxW9MEHYWtJHOLeaQ8btJYLBdQtgS+M+pEA97Aogfj+NIz&#10;1ANEEFsy/0D1RhEGbOJIYV9g0xilswZWMxn/peapA6+zFjYn+LNN4f/Bqq+7J/+dEvXgH1H9DMLh&#10;qgPX6nsiHDoNNV83SUYVgw/l+UAqAh8Vm+EL1vy0sI2YPdg31CdAVif22erD2Wq9j0Lx4nw2vrqZ&#10;S6G4dT29us0vUUD5ctZTiJ809iJNKkn8kBkbdo8hJi5QvmzJ3NGaem2szQW1m5UlsQN+9HX+Mn2W&#10;eLnNurTZYTp2REwrWWTSlSIUyg3WB9ZIeEwOJ50nHdJvKQZOTSXDry2QlsJ+duzT7WQ2SzHLxWx+&#10;PeWCLjubyw44xVCVjFIcp6t4jObWk2k7vmmSRTu8Z28bk4W/sjqR5WRkP04pTtG7rPOu139t+QcA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJF37nDfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYMlayrTSdENJOwIENiavXZG1F45Qm3cq/x5zYzfZ7ev5esZl8J05uiG0gA/OZAuGo&#10;Cral2sDHfnu3AhETksUukDPw4yJsyuurAnMbzvTuTrtUCw6hmKOBJqU+lzJWjfMYZ6F3xNoxDB4T&#10;r0Mt7YBnDvedvFdKS48t8YcGe/fcuOprN3oDqDP7/XZcvO5fRo3relLbh09lzO3N9PQIIrkp/Zvh&#10;D5/RoWSmQxjJRtEZWGV6yVYWtMpAsGO9mHOZA1+WPMiykJcdyl8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAGjQINuYBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAkXfucN8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710976" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3865F25D" wp14:editId="03294F45">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658355" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3865F25D" wp14:editId="03294F45">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3916045</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>946150</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="795655" cy="197485"/>
                 <wp:effectExtent l="1270" t="0" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1399228184" name="Text Box 311"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="795655" cy="197485"/>
                         </a:xfrm>
@@ -9892,187 +10999,188 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7CB4CE43" w14:textId="194728BD" w:rsidR="002F0AAC" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
+                          <w:p w14:paraId="7CB4CE43" w14:textId="61BA9EB2" w:rsidR="002F0AAC" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3865F25D" id="Text Box 311" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;margin-left:308.35pt;margin-top:74.5pt;width:62.65pt;height:15.55pt;z-index:251710976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyLXeF5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DpGmMOEXXosOA&#10;bh3Q7QNkWbKF2aJGKbGzrx8lp2m23YZdBJGUH997pLc3Y9+xg0JvwJY8n805U1ZCbWxT8m9fH95d&#10;c+aDsLXowKqSH5XnN7u3b7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vOrbACsHYJU3lP2firyXcLXWsnwpLVXgXUlJ24hnZjOKp7ZbiuKBoVrjTzREP/AohfGUtMz&#10;1L0Igu3R/AXVG4ngQYeZhD4DrY1USQOpyed/qHluhVNJC5nj3dkm//9g5efDs/uCLIzvYaQBJhHe&#10;PYL87pmFu1bYRt0iwtAqUVPjPFqWDc4Xp0+j1b7wEaQaPkFNQxb7AAlo1NhHV0gnI3QawPFsuhoD&#10;k5Rcb1ZXqxVnkkr5Zr28XqUOonj52KEPHxT0LF5KjjTTBC4Ojz5EMqJ4eRJ7WXgwXZfm2tnfEvQw&#10;ZhL5yHdiHsZqZKYu+WITG0cxFdRHkoMwrQutN11awJ+cDbQqJfc/9gIVZ91HS5Zs8uUy7lYKlqv1&#10;ggK8rFSXFWElQZU8cDZd78K0j3uHpmmp0zQEC7dkozZJ4iurE39ah6T8tLpx3y7j9Or1B9v9AgAA&#10;//8DAFBLAwQUAAYACAAAACEAthBD094AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j7D5GRuLGkU+m20nSaQFxBbAOJW9Z4bUXjVE22ln+PObGb7ff0/L1iM7lOXHAIrScNyVyBQKq8&#10;banWcNi/3K9AhGjIms4TavjBAJtydlOY3PqR3vGyi7XgEAq50dDE2OdShqpBZ8Lc90isnfzgTOR1&#10;qKUdzMjhrpMLpTLpTEv8oTE9PjVYfe/OTsPH6+nrM1Vv9bN76Ec/KUluLbW+u522jyAiTvHfDH/4&#10;jA4lMx39mWwQnYYsyZZsZSFdcyl2LNMFD0e+rFQCsizkdYfyFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADItd4XlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALYQQ9PeAAAACwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="3865F25D" id="Text Box 311" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;margin-left:308.35pt;margin-top:74.5pt;width:62.65pt;height:15.55pt;z-index:251658355;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyLXeF5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DpGmMOEXXosOA&#10;bh3Q7QNkWbKF2aJGKbGzrx8lp2m23YZdBJGUH997pLc3Y9+xg0JvwJY8n805U1ZCbWxT8m9fH95d&#10;c+aDsLXowKqSH5XnN7u3b7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWihqwF4FCbLIaxUDo&#10;fZct5vOrbACsHYJU3lP2firyXcLXWsnwpLVXgXUlJ24hnZjOKp7ZbiuKBoVrjTzREP/AohfGUtMz&#10;1L0Igu3R/AXVG4ngQYeZhD4DrY1USQOpyed/qHluhVNJC5nj3dkm//9g5efDs/uCLIzvYaQBJhHe&#10;PYL87pmFu1bYRt0iwtAqUVPjPFqWDc4Xp0+j1b7wEaQaPkFNQxb7AAlo1NhHV0gnI3QawPFsuhoD&#10;k5Rcb1ZXqxVnkkr5Zr28XqUOonj52KEPHxT0LF5KjjTTBC4Ojz5EMqJ4eRJ7WXgwXZfm2tnfEvQw&#10;ZhL5yHdiHsZqZKYu+WITG0cxFdRHkoMwrQutN11awJ+cDbQqJfc/9gIVZ91HS5Zs8uUy7lYKlqv1&#10;ggK8rFSXFWElQZU8cDZd78K0j3uHpmmp0zQEC7dkozZJ4iurE39ah6T8tLpx3y7j9Or1B9v9AgAA&#10;//8DAFBLAwQUAAYACAAAACEAthBD094AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j7D5GRuLGkU+m20nSaQFxBbAOJW9Z4bUXjVE22ln+PObGb7ff0/L1iM7lOXHAIrScNyVyBQKq8&#10;banWcNi/3K9AhGjIms4TavjBAJtydlOY3PqR3vGyi7XgEAq50dDE2OdShqpBZ8Lc90isnfzgTOR1&#10;qKUdzMjhrpMLpTLpTEv8oTE9PjVYfe/OTsPH6+nrM1Vv9bN76Ec/KUluLbW+u522jyAiTvHfDH/4&#10;jA4lMx39mWwQnYYsyZZsZSFdcyl2LNMFD0e+rFQCsizkdYfyFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADItd4XlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALYQQ9PeAAAACwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7CB4CE43" w14:textId="194728BD" w:rsidR="002F0AAC" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
+                    <w:p w14:paraId="7CB4CE43" w14:textId="61BA9EB2" w:rsidR="002F0AAC" w:rsidRPr="00180BF7" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682304" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07599394" wp14:editId="75C6682E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658327" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07599394" wp14:editId="75C6682E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3916045</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1009015</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="615950" cy="81915"/>
                 <wp:effectExtent l="1270" t="2540" r="1905" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="78617689" name="Rectangle 199"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="615950" cy="81915"/>
                         </a:xfrm>
@@ -10093,63 +11201,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6C9926EF" id="Rectangle 199" o:spid="_x0000_s1026" style="position:absolute;margin-left:308.35pt;margin-top:79.45pt;width:48.5pt;height:6.45pt;z-index:251682304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCH5teA5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkq4x4hRFigwD&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zgyCK1BHP4fHq7jhYcdAUDLpalpOpFNopbIzravn92/bd&#10;rRQhgmvAotO1fNZB3q3fvlmNvtIz7NE2mgSDuFCNvpZ9jL4qiqB6PUCYoNeOky3SAJFD6oqGYGT0&#10;wRaz6fSmGJEaT6h0CHz6cErKdcZvW63il7YNOgpbS+4t5pXyuktrsV5B1RH43qhzG/APXQxgHD96&#10;gXqACGJP5i+owSjCgG2cKBwKbFujdObAbMrpH2yeevA6c2Fxgr/IFP4frPp8ePJfKbUe/COqH0E4&#10;3PTgOn1PhGOvoeHnyiRUMfpQXS6kIPBVsRs/YcOjhX3ErMGxpSEBMjtxzFI/X6TWxygUH96Ui+WC&#10;B6I4dVsuy0V+AKqXu55C/KBxEGlTS+JBZmw4PIaYeoHqpST3jtY0W2NtDqjbbSyJA/DQt/k7o4fr&#10;MutSscN07YSYTjLJxCtZKFQ7bJ6ZI+HJOex03vRIv6QY2TW1DD/3QFoK+9GxTstyPk82y8F88X7G&#10;AV1ndtcZcIqhahmlOG038WTNvSfT9fxSmUk7vGdtW5OJv3Z1bpadkfU4uzhZ7zrOVa//2vo3AAAA&#10;//8DAFBLAwQUAAYACAAAACEA9fq1P98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KgdSpM0xKkQUk/AgRaJ6zZ2k4h4HWKnDX/PcqLHnXmanSk3s+vFyY6h86QhWSgQlmpv&#10;Omo0fOy3dzmIEJEM9p6shh8bYFNdX5VYGH+md3vaxUZwCIUCNbQxDoWUoW6tw7DwgyX2jn50GPkc&#10;G2lGPHO46+W9Uql02BF/aHGwz62tv3aT04Dpg/l+Oy5f9y9TiutmVtvVp9L69mZ+egQR7Rz/Yfir&#10;z9Wh4k4HP5EJoteQJmnGKBurfA2CiSxZsnJgJUtykFUpLzdUvwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCH5teA5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD1+rU/3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="55B35388" id="Rectangle 199" o:spid="_x0000_s1026" style="position:absolute;margin-left:308.35pt;margin-top:79.45pt;width:48.5pt;height:6.45pt;z-index:251658327;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCH5teA5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkq4x4hRFigwD&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zgyCK1BHP4fHq7jhYcdAUDLpalpOpFNopbIzravn92/bd&#10;rRQhgmvAotO1fNZB3q3fvlmNvtIz7NE2mgSDuFCNvpZ9jL4qiqB6PUCYoNeOky3SAJFD6oqGYGT0&#10;wRaz6fSmGJEaT6h0CHz6cErKdcZvW63il7YNOgpbS+4t5pXyuktrsV5B1RH43qhzG/APXQxgHD96&#10;gXqACGJP5i+owSjCgG2cKBwKbFujdObAbMrpH2yeevA6c2Fxgr/IFP4frPp8ePJfKbUe/COqH0E4&#10;3PTgOn1PhGOvoeHnyiRUMfpQXS6kIPBVsRs/YcOjhX3ErMGxpSEBMjtxzFI/X6TWxygUH96Ui+WC&#10;B6I4dVsuy0V+AKqXu55C/KBxEGlTS+JBZmw4PIaYeoHqpST3jtY0W2NtDqjbbSyJA/DQt/k7o4fr&#10;MutSscN07YSYTjLJxCtZKFQ7bJ6ZI+HJOex03vRIv6QY2TW1DD/3QFoK+9GxTstyPk82y8F88X7G&#10;AV1ndtcZcIqhahmlOG038WTNvSfT9fxSmUk7vGdtW5OJv3Z1bpadkfU4uzhZ7zrOVa//2vo3AAAA&#10;//8DAFBLAwQUAAYACAAAACEA9fq1P98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KgdSpM0xKkQUk/AgRaJ6zZ2k4h4HWKnDX/PcqLHnXmanSk3s+vFyY6h86QhWSgQlmpv&#10;Omo0fOy3dzmIEJEM9p6shh8bYFNdX5VYGH+md3vaxUZwCIUCNbQxDoWUoW6tw7DwgyX2jn50GPkc&#10;G2lGPHO46+W9Uql02BF/aHGwz62tv3aT04Dpg/l+Oy5f9y9TiutmVtvVp9L69mZ+egQR7Rz/Yfir&#10;z9Wh4k4HP5EJoteQJmnGKBurfA2CiSxZsnJgJUtykFUpLzdUvwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCH5teA5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD1+rU/3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684352" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35E6DC82" wp14:editId="36D9670F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658329" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35E6DC82" wp14:editId="36D9670F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2466340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1019175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="608330" cy="71755"/>
                 <wp:effectExtent l="0" t="3175" r="1905" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1991779269" name="Rectangle 201"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="608330" cy="71755"/>
                         </a:xfrm>
@@ -10170,63 +11279,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5AD25D5E" id="Rectangle 201" o:spid="_x0000_s1026" style="position:absolute;margin-left:194.2pt;margin-top:80.25pt;width:47.9pt;height:5.65pt;z-index:251684352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCso9My5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IcO04Fy0HgwEWB&#10;9AGk/QCKoiSiFJdd0pbdr++SchyjvRXVgeByl8Od2dH6/jgYdlDoNdiKF7OcM2UlNNp2Ff/+bffu&#10;jjMfhG2EAasqflKe32/evlmPrlRz6ME0ChmBWF+OruJ9CK7MMi97NQg/A6csJVvAQQQKscsaFCOh&#10;Dyab5/ltNgI2DkEq7+n0cUryTcJvWyXDl7b1KjBTceotpBXTWsc126xF2aFwvZbnNsQ/dDEIbenR&#10;C9SjCILtUf8FNWiJ4KENMwlDBm2rpUociE2R/8HmuRdOJS4kjncXmfz/g5WfD8/uK8bWvXsC+cMz&#10;C9te2E49IMLYK9HQc0UUKhudLy8XYuDpKqvHT9DQaMU+QNLg2OIQAYkdOyapTxep1TEwSYe3+d3N&#10;DQ1EUmpVrJbL9IAoX+469OGDgoHFTcWRBpmwxeHJh9iLKF9KUu9gdLPTxqQAu3prkB0EDX2XvjO6&#10;vy4zNhZbiNcmxHiSSEZe0UK+rKE5EUeEyTnkdNr0gL84G8k1Ffc/9wIVZ+ajJZ3eF4tFtFkKFsvV&#10;nAK8ztTXGWElQVU8cDZtt2Gy5t6h7np6qUikLTyQtq1OxF+7OjdLzkh6nF0crXcdp6rXf23zGwAA&#10;//8DAFBLAwQUAAYACAAAACEAFvBzDt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbizZ1pWuazohpJ2AAxsSV6/J2orGKU26lbfHnNjR/j/9/lxsJ9eJsx1C60nDfKZAWKq8&#10;aanW8HHYPWQgQkQy2HmyGn5sgG15e1NgbvyF3u15H2vBJRRy1NDE2OdShqqxDsPM95Y4O/nBYeRx&#10;qKUZ8MLlrpMLpVLpsCW+0GBvnxtbfe1HpwHTxHy/nZavh5cxxXU9qd3qU2l9fzc9bUBEO8V/GP70&#10;WR1Kdjr6kUwQnYZlliWMcpCqFQgmkixZgDjy5nGegSwLef1D+QsAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCso9My5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAW8HMO3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="21E87820" id="Rectangle 201" o:spid="_x0000_s1026" style="position:absolute;margin-left:194.2pt;margin-top:80.25pt;width:47.9pt;height:5.65pt;z-index:251658329;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCso9My5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IcO04Fy0HgwEWB&#10;9AGk/QCKoiSiFJdd0pbdr++SchyjvRXVgeByl8Od2dH6/jgYdlDoNdiKF7OcM2UlNNp2Ff/+bffu&#10;jjMfhG2EAasqflKe32/evlmPrlRz6ME0ChmBWF+OruJ9CK7MMi97NQg/A6csJVvAQQQKscsaFCOh&#10;Dyab5/ltNgI2DkEq7+n0cUryTcJvWyXDl7b1KjBTceotpBXTWsc126xF2aFwvZbnNsQ/dDEIbenR&#10;C9SjCILtUf8FNWiJ4KENMwlDBm2rpUociE2R/8HmuRdOJS4kjncXmfz/g5WfD8/uK8bWvXsC+cMz&#10;C9te2E49IMLYK9HQc0UUKhudLy8XYuDpKqvHT9DQaMU+QNLg2OIQAYkdOyapTxep1TEwSYe3+d3N&#10;DQ1EUmpVrJbL9IAoX+469OGDgoHFTcWRBpmwxeHJh9iLKF9KUu9gdLPTxqQAu3prkB0EDX2XvjO6&#10;vy4zNhZbiNcmxHiSSEZe0UK+rKE5EUeEyTnkdNr0gL84G8k1Ffc/9wIVZ+ajJZ3eF4tFtFkKFsvV&#10;nAK8ztTXGWElQVU8cDZtt2Gy5t6h7np6qUikLTyQtq1OxF+7OjdLzkh6nF0crXcdp6rXf23zGwAA&#10;//8DAFBLAwQUAAYACAAAACEAFvBzDt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbizZ1pWuazohpJ2AAxsSV6/J2orGKU26lbfHnNjR/j/9/lxsJ9eJsx1C60nDfKZAWKq8&#10;aanW8HHYPWQgQkQy2HmyGn5sgG15e1NgbvyF3u15H2vBJRRy1NDE2OdShqqxDsPM95Y4O/nBYeRx&#10;qKUZ8MLlrpMLpVLpsCW+0GBvnxtbfe1HpwHTxHy/nZavh5cxxXU9qd3qU2l9fzc9bUBEO8V/GP70&#10;WR1Kdjr6kUwQnYZlliWMcpCqFQgmkixZgDjy5nGegSwLef1D+QsAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCso9My5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAW8HMO3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709952" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74A6481B" wp14:editId="7A0B81C8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658354" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74A6481B" wp14:editId="7A0B81C8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2555875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>696595</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1647190" cy="222250"/>
                 <wp:effectExtent l="3175" t="4445" r="0" b="1905"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1992190341" name="Text Box 310"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1647190" cy="222250"/>
                         </a:xfrm>
@@ -10237,201 +11347,202 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="40F0931D" w14:textId="26DD2AC4" w:rsidR="002F0AAC" w:rsidRPr="00BF2D04" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
+                          <w:p w14:paraId="40F0931D" w14:textId="6956174D" w:rsidR="002F0AAC" w:rsidRPr="00BF2D04" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
                             <w:pPr>
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>July 20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> through June 20</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="74A6481B" id="Text Box 310" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;margin-left:201.25pt;margin-top:54.85pt;width:129.7pt;height:17.5pt;z-index:251709952;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBp52wn4wEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46ztF2NOEXXosOA&#10;rhvQ9QNkWY6F2aJGKrGzrx8lp2m23ob5IIii9PjeI726GvtO7AySBVfKfDaXwjgNtXWbUj59v3v3&#10;QQoKytWqA2dKuTckr9Zv36wGX5gFtNDVBgWDOCoGX8o2BF9kGenW9Ipm4I3jZAPYq8AhbrIa1cDo&#10;fZct5vPzbACsPYI2RHx6OyXlOuE3jdHha9OQCaIrJXMLacW0VnHN1itVbFD51uoDDfUPLHplHRc9&#10;Qt2qoMQW7Suo3moEgibMNPQZNI3VJmlgNfn8LzWPrfImaWFzyB9tov8Hqx92j/4bijB+hJEbmESQ&#10;vwf9g4SDm1a5jblGhKE1qubCebQsGzwVh6fRaiooglTDF6i5yWobIAGNDfbRFdYpGJ0bsD+absYg&#10;dCx5vrzILzmlObfg7yx1JVPF82uPFD4Z6EXclBK5qQld7e4pRDaqeL4Sizm4s12XGtu5Pw74YjxJ&#10;7CPhiXoYq1HYupTvU+GopoJ6z3oQpnnh+eZNC/hLioFnpZT0c6vQSNF9duzJZb5cxuFKwfLsYsEB&#10;nmaq04xymqFKGaSYtjdhGsitR7tpudLUBQfX7GNjk8QXVgf+PA9J+WF248CdxunWyx+2/g0AAP//&#10;AwBQSwMEFAAGAAgAAAAhABtEXETeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkJG4s2dR1tDSdpiGuILaBxC1rvLaicaomW8vbY07saP+ffn8u1pPrxAWH0HrSMJ8pEEiVty3V&#10;Gg77l4dHECEasqbzhBp+MMC6vL0pTG79SO942cVacAmF3GhoYuxzKUPVoDNh5nskzk5+cCbyONTS&#10;DmbkctfJhVKpdKYlvtCYHrcNVt+7s9Pw8Xr6+kzUW/3slv3oJyXJZVLr+7tp8wQi4hT/YfjTZ3Uo&#10;2enoz2SD6DQkarFklAOVrUAwkabzDMSRN0myAlkW8vqH8hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBp52wn4wEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAbRFxE3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="74A6481B" id="Text Box 310" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;margin-left:201.25pt;margin-top:54.85pt;width:129.7pt;height:17.5pt;z-index:251658354;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBp52wn4wEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46ztF2NOEXXosOA&#10;rhvQ9QNkWY6F2aJGKrGzrx8lp2m23ob5IIii9PjeI726GvtO7AySBVfKfDaXwjgNtXWbUj59v3v3&#10;QQoKytWqA2dKuTckr9Zv36wGX5gFtNDVBgWDOCoGX8o2BF9kGenW9Ipm4I3jZAPYq8AhbrIa1cDo&#10;fZct5vPzbACsPYI2RHx6OyXlOuE3jdHha9OQCaIrJXMLacW0VnHN1itVbFD51uoDDfUPLHplHRc9&#10;Qt2qoMQW7Suo3moEgibMNPQZNI3VJmlgNfn8LzWPrfImaWFzyB9tov8Hqx92j/4bijB+hJEbmESQ&#10;vwf9g4SDm1a5jblGhKE1qubCebQsGzwVh6fRaiooglTDF6i5yWobIAGNDfbRFdYpGJ0bsD+absYg&#10;dCx5vrzILzmlObfg7yx1JVPF82uPFD4Z6EXclBK5qQld7e4pRDaqeL4Sizm4s12XGtu5Pw74YjxJ&#10;7CPhiXoYq1HYupTvU+GopoJ6z3oQpnnh+eZNC/hLioFnpZT0c6vQSNF9duzJZb5cxuFKwfLsYsEB&#10;nmaq04xymqFKGaSYtjdhGsitR7tpudLUBQfX7GNjk8QXVgf+PA9J+WF248CdxunWyx+2/g0AAP//&#10;AwBQSwMEFAAGAAgAAAAhABtEXETeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkJG4s2dR1tDSdpiGuILaBxC1rvLaicaomW8vbY07saP+ffn8u1pPrxAWH0HrSMJ8pEEiVty3V&#10;Gg77l4dHECEasqbzhBp+MMC6vL0pTG79SO942cVacAmF3GhoYuxzKUPVoDNh5nskzk5+cCbyONTS&#10;DmbkctfJhVKpdKYlvtCYHrcNVt+7s9Pw8Xr6+kzUW/3slv3oJyXJZVLr+7tp8wQi4hT/YfjTZ3Uo&#10;2enoz2SD6DQkarFklAOVrUAwkabzDMSRN0myAlkW8vqH8hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBp52wn4wEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAbRFxE3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="40F0931D" w14:textId="26DD2AC4" w:rsidR="002F0AAC" w:rsidRPr="00BF2D04" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
+                    <w:p w14:paraId="40F0931D" w14:textId="6956174D" w:rsidR="002F0AAC" w:rsidRPr="00BF2D04" w:rsidRDefault="002F0AAC" w:rsidP="002F0AAC">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>July 20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> through June 20</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A292EB1" wp14:editId="72D0B2DC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658331" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A292EB1" wp14:editId="72D0B2DC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2574290</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>752475</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1242695" cy="135890"/>
                 <wp:effectExtent l="2540" t="3175" r="2540" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="641122209" name="Rectangle 208"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1242695" cy="135890"/>
                         </a:xfrm>
@@ -10452,63 +11563,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="207ADC16" id="Rectangle 208" o:spid="_x0000_s1026" style="position:absolute;margin-left:202.7pt;margin-top:59.25pt;width:97.85pt;height:10.7pt;z-index:251686400;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJd6wI6AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1ol23UdLXqqghp&#10;YZEWPsBxnMTC8Zix27R8PWOn263ghsjB8ng8z/PevKzvjoNhB4Veg614PptzpqyERtuu4t+/7d7d&#10;cuaDsI0wYFXFT8rzu83bN+vRlaqAHkyjkBGI9eXoKt6H4Mos87JXg/AzcMpSsgUcRKAQu6xBMRL6&#10;YLJiPr/JRsDGIUjlPZ0+TEm+Sfhtq2R4aluvAjMVp95CWjGtdVyzzVqUHQrXa3luQ/xDF4PQlh69&#10;QD2IINge9V9Qg5YIHtowkzBk0LZaqsSB2OTzP9g898KpxIXE8e4ik/9/sPLL4dl9xdi6d48gf3hm&#10;YdsL26l7RBh7JRp6Lo9CZaPz5aUgBp5KWT1+hoZGK/YBkgbHFocISOzYMUl9ukitjoFJOsyLRXGz&#10;WnImKZe/X96u0iwyUb5UO/Tho4KBxU3FkUaZ0MXh0YfYjShfrqTuwehmp41JAXb11iA7CBr7Ln2J&#10;AJG8vmZsvGwhlk2I8STRjMyiiXxZQ3MilgiTd8jrtOkBf3E2km8q7n/uBSrOzCdLSq3yxSIaLQWL&#10;5YeCArzO1NcZYSVBVTxwNm23YTLn3qHuenopT6Qt3JO6rU7EX7s6N0veSHqcfRzNdx2nW69/2+Y3&#10;AAAA//8DAFBLAwQUAAYACAAAACEA/slABt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2Qkbiwpa6u1NJ0Q0k7AgQ2Jq9d4bUWTlCbdyttjTnC0/0+/P1fbxQ7iTFPovdOQrBQI&#10;co03vWs1vB92dxsQIaIzOHhHGr4pwLa+vqqwNP7i3ui8j63gEhdK1NDFOJZShqYji2HlR3Kcnfxk&#10;MfI4tdJMeOFyO8h7pXJpsXd8ocORnjpqPvez1YB5ar5eT+uXw/OcY9Euapd9KK1vb5bHBxCRlvgH&#10;w68+q0PNTkc/OxPEoCFVWcooB8kmA8FErpIExJE366IAWVfy/w/1DwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDJd6wI6AEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQD+yUAG3wAAAAsBAAAPAAAAAAAAAAAAAAAAAEIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="435FDD0F" id="Rectangle 208" o:spid="_x0000_s1026" style="position:absolute;margin-left:202.7pt;margin-top:59.25pt;width:97.85pt;height:10.7pt;z-index:251658331;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJd6wI6AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1ol23UdLXqqghp&#10;YZEWPsBxnMTC8Zix27R8PWOn263ghsjB8ng8z/PevKzvjoNhB4Veg614PptzpqyERtuu4t+/7d7d&#10;cuaDsI0wYFXFT8rzu83bN+vRlaqAHkyjkBGI9eXoKt6H4Mos87JXg/AzcMpSsgUcRKAQu6xBMRL6&#10;YLJiPr/JRsDGIUjlPZ0+TEm+Sfhtq2R4aluvAjMVp95CWjGtdVyzzVqUHQrXa3luQ/xDF4PQlh69&#10;QD2IINge9V9Qg5YIHtowkzBk0LZaqsSB2OTzP9g898KpxIXE8e4ik/9/sPLL4dl9xdi6d48gf3hm&#10;YdsL26l7RBh7JRp6Lo9CZaPz5aUgBp5KWT1+hoZGK/YBkgbHFocISOzYMUl9ukitjoFJOsyLRXGz&#10;WnImKZe/X96u0iwyUb5UO/Tho4KBxU3FkUaZ0MXh0YfYjShfrqTuwehmp41JAXb11iA7CBr7Ln2J&#10;AJG8vmZsvGwhlk2I8STRjMyiiXxZQ3MilgiTd8jrtOkBf3E2km8q7n/uBSrOzCdLSq3yxSIaLQWL&#10;5YeCArzO1NcZYSVBVTxwNm23YTLn3qHuenopT6Qt3JO6rU7EX7s6N0veSHqcfRzNdx2nW69/2+Y3&#10;AAAA//8DAFBLAwQUAAYACAAAACEA/slABt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2Qkbiwpa6u1NJ0Q0k7AgQ2Jq9d4bUWTlCbdyttjTnC0/0+/P1fbxQ7iTFPovdOQrBQI&#10;co03vWs1vB92dxsQIaIzOHhHGr4pwLa+vqqwNP7i3ui8j63gEhdK1NDFOJZShqYji2HlR3Kcnfxk&#10;MfI4tdJMeOFyO8h7pXJpsXd8ocORnjpqPvez1YB5ar5eT+uXw/OcY9Euapd9KK1vb5bHBxCRlvgH&#10;w68+q0PNTkc/OxPEoCFVWcooB8kmA8FErpIExJE366IAWVfy/w/1DwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDJd6wI6AEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQD+yUAG3wAAAAsBAAAPAAAAAAAAAAAAAAAAAEIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708928" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08F111F3" wp14:editId="0F5268D1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658353" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08F111F3" wp14:editId="0F5268D1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2172970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>259080</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="708660" cy="184150"/>
                 <wp:effectExtent l="1270" t="0" r="4445" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="891510880" name="Text Box 309"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="708660" cy="184150"/>
                         </a:xfrm>
@@ -10519,145 +11631,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="42A6FB44" w14:textId="79CF8BF3" w:rsidR="007D40AB" w:rsidRPr="002F0AAC" w:rsidRDefault="007D40AB" w:rsidP="007D40AB">
+                          <w:p w14:paraId="42A6FB44" w14:textId="6F9EF807" w:rsidR="007D40AB" w:rsidRPr="002F0AAC" w:rsidRDefault="007D40AB" w:rsidP="007D40AB">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002F0AAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>06/30/20</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="08F111F3" id="Text Box 309" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;margin-left:171.1pt;margin-top:20.4pt;width:55.8pt;height:14.5pt;z-index:251708928;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCW2dsj5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7azNM2MOEXXosOA&#10;rhvQ9QNkWYqF2aJGKbGzrx8lp2m23oZdBJGUH997pNdXY9+xvUJvwFa8mOWcKSuhMXZb8afvd+9W&#10;nPkgbCM6sKriB+X51ebtm/XgSjWHFrpGISMQ68vBVbwNwZVZ5mWreuFn4JSlogbsRaAQt1mDYiD0&#10;vsvmeb7MBsDGIUjlPWVvpyLfJHytlQxftfYqsK7ixC2kE9NZxzPbrEW5ReFaI480xD+w6IWx1PQE&#10;dSuCYDs0r6B6IxE86DCT0GegtZEqaSA1Rf6XmsdWOJW0kDnenWzy/w9WPuwf3TdkYfwIIw0wifDu&#10;HuQPzyzctMJu1TUiDK0SDTUuomXZ4Hx5/DRa7UsfQerhCzQ0ZLELkIBGjX10hXQyQqcBHE6mqzEw&#10;ScnLfLVcUkVSqVgtios0lEyUzx879OGTgp7FS8WRZprAxf7eh0hGlM9PYi8Ld6br0lw7+0eCHsZM&#10;Ih/5TszDWI/MNBV/n6RFMTU0B5KDMK0LrTddWsBfnA20KhX3P3cCFWfdZ0uWfCgWi7hbKVhcXM4p&#10;wPNKfV4RVhJUxQNn0/UmTPu4c2i2LXWahmDhmmzUJkl8YXXkT+uQlB9XN+7beZxevfxgm98AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBMPua23gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbv&#10;SPyHyEjcWELXTVtXd0IgriDGh7Rb1nptReNUTbaWf485sZstP3r9vPl2cp060xBazwj3MwOKuPRV&#10;yzXCx/vz3QpUiJYr23kmhB8KsC2ur3KbVX7kNzrvYq0khENmEZoY+0zrUDbkbJj5nlhuRz84G2Ud&#10;al0NdpRw1+nEmKV2tmX50NieHhsqv3cnh/D5ctx/pea1fnKLfvST0ezWGvH2ZnrYgIo0xX8Y/vRF&#10;HQpxOvgTV0F1CPM0SQRFSI1UECBdzGU4ICzXK9BFri8bFL8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAltnbI+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEATD7mtt4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="08F111F3" id="Text Box 309" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;margin-left:171.1pt;margin-top:20.4pt;width:55.8pt;height:14.5pt;z-index:251658353;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCW2dsj5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7azNM2MOEXXosOA&#10;rhvQ9QNkWYqF2aJGKbGzrx8lp2m23oZdBJGUH997pNdXY9+xvUJvwFa8mOWcKSuhMXZb8afvd+9W&#10;nPkgbCM6sKriB+X51ebtm/XgSjWHFrpGISMQ68vBVbwNwZVZ5mWreuFn4JSlogbsRaAQt1mDYiD0&#10;vsvmeb7MBsDGIUjlPWVvpyLfJHytlQxftfYqsK7ixC2kE9NZxzPbrEW5ReFaI480xD+w6IWx1PQE&#10;dSuCYDs0r6B6IxE86DCT0GegtZEqaSA1Rf6XmsdWOJW0kDnenWzy/w9WPuwf3TdkYfwIIw0wifDu&#10;HuQPzyzctMJu1TUiDK0SDTUuomXZ4Hx5/DRa7UsfQerhCzQ0ZLELkIBGjX10hXQyQqcBHE6mqzEw&#10;ScnLfLVcUkVSqVgtios0lEyUzx879OGTgp7FS8WRZprAxf7eh0hGlM9PYi8Ld6br0lw7+0eCHsZM&#10;Ih/5TszDWI/MNBV/n6RFMTU0B5KDMK0LrTddWsBfnA20KhX3P3cCFWfdZ0uWfCgWi7hbKVhcXM4p&#10;wPNKfV4RVhJUxQNn0/UmTPu4c2i2LXWahmDhmmzUJkl8YXXkT+uQlB9XN+7beZxevfxgm98AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBMPua23gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbv&#10;SPyHyEjcWELXTVtXd0IgriDGh7Rb1nptReNUTbaWf485sZstP3r9vPl2cp060xBazwj3MwOKuPRV&#10;yzXCx/vz3QpUiJYr23kmhB8KsC2ur3KbVX7kNzrvYq0khENmEZoY+0zrUDbkbJj5nlhuRz84G2Ud&#10;al0NdpRw1+nEmKV2tmX50NieHhsqv3cnh/D5ctx/pea1fnKLfvST0ezWGvH2ZnrYgIo0xX8Y/vRF&#10;HQpxOvgTV0F1CPM0SQRFSI1UECBdzGU4ICzXK9BFri8bFL8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAltnbI+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEATD7mtt4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="42A6FB44" w14:textId="79CF8BF3" w:rsidR="007D40AB" w:rsidRPr="002F0AAC" w:rsidRDefault="007D40AB" w:rsidP="007D40AB">
+                    <w:p w14:paraId="42A6FB44" w14:textId="6F9EF807" w:rsidR="007D40AB" w:rsidRPr="002F0AAC" w:rsidRDefault="007D40AB" w:rsidP="007D40AB">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002F0AAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>06/30/20</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251707904" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="234A3BFF" wp14:editId="63D3B5CE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658352" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="234A3BFF" wp14:editId="63D3B5CE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1515745</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>252730</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="688340" cy="184150"/>
                 <wp:effectExtent l="1270" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="539591882" name="Text Box 308"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="688340" cy="184150"/>
                         </a:xfrm>
@@ -10668,145 +11781,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3DB44EB2" w14:textId="7819106A" w:rsidR="00290EE4" w:rsidRPr="00290EE4" w:rsidRDefault="00290EE4" w:rsidP="00290EE4">
+                          <w:p w14:paraId="3DB44EB2" w14:textId="25944B77" w:rsidR="00290EE4" w:rsidRPr="0056698D" w:rsidRDefault="00290EE4" w:rsidP="00290EE4">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00290EE4">
+                            <w:r w:rsidRPr="0056698D">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>07/01/20</w:t>
                             </w:r>
-                            <w:r w:rsidR="009753E4">
+                            <w:r w:rsidR="009753E4" w:rsidRPr="0056698D">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA" w:rsidRPr="0056698D">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="234A3BFF" id="Text Box 308" o:spid="_x0000_s1058" type="#_x0000_t202" style="position:absolute;margin-left:119.35pt;margin-top:19.9pt;width:54.2pt;height:14.5pt;z-index:251707904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6Wp7O5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6bpSo6TQ2DSGN&#10;gTT4ARfHaSwSnzm7Tcqv5+x0XYE3xIvlu3O++77vLuvrse/EXpM3aEuZz+ZSaKuwNnZbym9f79+s&#10;pPABbA0dWl3Kg/byevP61XpwhV5gi12tSTCI9cXgStmG4Ios86rVPfgZOm252CD1EDikbVYTDIze&#10;d9liPr/KBqTaESrtPWfvpqLcJPym0Sp8bhqvg+hKydxCOimdVTyzzRqKLYFrjTrSgH9g0YOx3PQE&#10;dQcBxI7MX1C9UYQemzBT2GfYNEbppIHV5PM/1Dy14HTSwuZ4d7LJ/z9Y9bh/cl9IhPE9jjzAJMK7&#10;B1TfvbB424Ld6hsiHFoNNTfOo2XZ4Hxx/DRa7QsfQarhE9Y8ZNgFTEBjQ310hXUKRucBHE6m6zEI&#10;xcmr1epiyRXFpXy1zC/TUDIonj925MMHjb2Il1ISzzSBw/7Bh0gGiucnsZfFe9N1aa6d/S3BD2Mm&#10;kY98J+ZhrEZh6lJeLKK0KKbC+sByCKd14fXmS4v0U4qBV6WU/scOSEvRfbRsybt8GQWEFCwv3y44&#10;oPNKdV4BqxiqlEGK6Xobpn3cOTLbljtNQ7B4wzY2Jkl8YXXkz+uQlB9XN+7beZxevfxgm18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCtGjQq3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsqN2mtGnIpEIgtqCWh8TOTaZJRDyOYrcJf8+wguVoju49N99OrlNnGkLrGWE+M6CIS1+1&#10;XCO8vT7dpKBCtFzZzjMhfFOAbXF5kdus8iPv6LyPtZIQDplFaGLsM61D2ZCzYeZ7Yvkd/eBslHOo&#10;dTXYUcJdpxfGrLSzLUtDY3t6aKj82p8cwvvz8fNjaV7qR3fbj34ymt1GI15fTfd3oCJN8Q+GX31R&#10;h0KcDv7EVVAdwiJJ14IiJBuZIECyXM9BHRBWaQq6yPX/BcUPAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAPpans7kAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAK0aNCrfAAAACQEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="234A3BFF" id="Text Box 308" o:spid="_x0000_s1058" type="#_x0000_t202" style="position:absolute;margin-left:119.35pt;margin-top:19.9pt;width:54.2pt;height:14.5pt;z-index:251658352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6Wp7O5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6bpSo6TQ2DSGN&#10;gTT4ARfHaSwSnzm7Tcqv5+x0XYE3xIvlu3O++77vLuvrse/EXpM3aEuZz+ZSaKuwNnZbym9f79+s&#10;pPABbA0dWl3Kg/byevP61XpwhV5gi12tSTCI9cXgStmG4Ios86rVPfgZOm252CD1EDikbVYTDIze&#10;d9liPr/KBqTaESrtPWfvpqLcJPym0Sp8bhqvg+hKydxCOimdVTyzzRqKLYFrjTrSgH9g0YOx3PQE&#10;dQcBxI7MX1C9UYQemzBT2GfYNEbppIHV5PM/1Dy14HTSwuZ4d7LJ/z9Y9bh/cl9IhPE9jjzAJMK7&#10;B1TfvbB424Ld6hsiHFoNNTfOo2XZ4Hxx/DRa7QsfQarhE9Y8ZNgFTEBjQ310hXUKRucBHE6m6zEI&#10;xcmr1epiyRXFpXy1zC/TUDIonj925MMHjb2Il1ISzzSBw/7Bh0gGiucnsZfFe9N1aa6d/S3BD2Mm&#10;kY98J+ZhrEZh6lJeLKK0KKbC+sByCKd14fXmS4v0U4qBV6WU/scOSEvRfbRsybt8GQWEFCwv3y44&#10;oPNKdV4BqxiqlEGK6Xobpn3cOTLbljtNQ7B4wzY2Jkl8YXXkz+uQlB9XN+7beZxevfxgm18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCtGjQq3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsqN2mtGnIpEIgtqCWh8TOTaZJRDyOYrcJf8+wguVoju49N99OrlNnGkLrGWE+M6CIS1+1&#10;XCO8vT7dpKBCtFzZzjMhfFOAbXF5kdus8iPv6LyPtZIQDplFaGLsM61D2ZCzYeZ7Yvkd/eBslHOo&#10;dTXYUcJdpxfGrLSzLUtDY3t6aKj82p8cwvvz8fNjaV7qR3fbj34ymt1GI15fTfd3oCJN8Q+GX31R&#10;h0KcDv7EVVAdwiJJ14IiJBuZIECyXM9BHRBWaQq6yPX/BcUPAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAPpans7kAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAK0aNCrfAAAACQEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3DB44EB2" w14:textId="7819106A" w:rsidR="00290EE4" w:rsidRPr="00290EE4" w:rsidRDefault="00290EE4" w:rsidP="00290EE4">
+                    <w:p w14:paraId="3DB44EB2" w14:textId="25944B77" w:rsidR="00290EE4" w:rsidRPr="0056698D" w:rsidRDefault="00290EE4" w:rsidP="00290EE4">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00290EE4">
+                      <w:r w:rsidRPr="0056698D">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>07/01/20</w:t>
                       </w:r>
-                      <w:r w:rsidR="009753E4">
+                      <w:r w:rsidR="009753E4" w:rsidRPr="0056698D">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA" w:rsidRPr="0056698D">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71EC5942" wp14:editId="029A61A7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658326" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71EC5942" wp14:editId="029A61A7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2261235</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>301625</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="383540" cy="90805"/>
                 <wp:effectExtent l="3810" t="0" r="3175" b="4445"/>
                 <wp:wrapNone/>
                 <wp:docPr id="560731312" name="Rectangle 192"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="383540" cy="90805"/>
                         </a:xfrm>
@@ -10827,63 +11941,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="43734B2F" id="Rectangle 192" o:spid="_x0000_s1026" style="position:absolute;margin-left:178.05pt;margin-top:23.75pt;width:30.2pt;height:7.15pt;z-index:251681280;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7M9gX5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTZEuNOEWRIsOA&#10;bh3Q7QNkWbaFyaJGKXGyrx8lp2mw3Yb5IIgi+cj3SK/vjoNhB4Veg614Mcs5U1ZCo21X8e/fdu9W&#10;nPkgbCMMWFXxk/L8bvP2zXp0pZpDD6ZRyAjE+nJ0Fe9DcGWWedmrQfgZOGXJ2QIOIpCJXdagGAl9&#10;MNk8z99nI2DjEKTynl4fJiffJPy2VTI8ta1XgZmKU28hnZjOOp7ZZi3KDoXrtTy3If6hi0FoS0Uv&#10;UA8iCLZH/RfUoCWChzbMJAwZtK2WKnEgNkX+B5vnXjiVuJA43l1k8v8PVn45PLuvGFv37hHkD88s&#10;bHthO3WPCGOvREPliihUNjpfXhKi4SmV1eNnaGi0Yh8gaXBscYiAxI4dk9Sni9TqGJikx5vVzXJB&#10;A5Hkus1X+TIVEOVLrkMfPioYWLxUHGmQCVscHn2IvYjyJST1DkY3O21MMrCrtwbZQdDQd+k7o/vr&#10;MGNjsIWYNiHGl0Qy8oor5MsamhNxRJg2hzadLj3gL85G2pqK+597gYoz88mSTrfFIrIKyVgsP8zJ&#10;wGtPfe0RVhJUxQNn03UbptXcO9RdT5WKRNrCPWnb6kT8tatzs7QZSY/zFsfVu7ZT1Ou/tvkNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCO8pR23gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLC1rw1aaTghpJ+DAhrSr13htRZOUJt3K22NOcLPlT7+/v9zMthdnGkPnnYZ0kYAgV3vT&#10;uUbDx357twIRIjqDvXek4ZsCbKrrqxIL4y/unc672AgOcaFADW2MQyFlqFuyGBZ+IMe3kx8tRl7H&#10;RpoRLxxue3mfJEpa7Bx/aHGg55bqz91kNaDKzNfbafm6f5kUrps52eaHROvbm/npEUSkOf7B8KvP&#10;6lCx09FPzgTRa1jmKmVUQ/aQg2AgSxUPRw0qXYGsSvm/QfUDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAezPYF+QBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAjvKUdt4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="367CAE6C" id="Rectangle 192" o:spid="_x0000_s1026" style="position:absolute;margin-left:178.05pt;margin-top:23.75pt;width:30.2pt;height:7.15pt;z-index:251658326;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7M9gX5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTZEuNOEWRIsOA&#10;bh3Q7QNkWbaFyaJGKXGyrx8lp2mw3Yb5IIgi+cj3SK/vjoNhB4Veg614Mcs5U1ZCo21X8e/fdu9W&#10;nPkgbCMMWFXxk/L8bvP2zXp0pZpDD6ZRyAjE+nJ0Fe9DcGWWedmrQfgZOGXJ2QIOIpCJXdagGAl9&#10;MNk8z99nI2DjEKTynl4fJiffJPy2VTI8ta1XgZmKU28hnZjOOp7ZZi3KDoXrtTy3If6hi0FoS0Uv&#10;UA8iCLZH/RfUoCWChzbMJAwZtK2WKnEgNkX+B5vnXjiVuJA43l1k8v8PVn45PLuvGFv37hHkD88s&#10;bHthO3WPCGOvREPliihUNjpfXhKi4SmV1eNnaGi0Yh8gaXBscYiAxI4dk9Sni9TqGJikx5vVzXJB&#10;A5Hkus1X+TIVEOVLrkMfPioYWLxUHGmQCVscHn2IvYjyJST1DkY3O21MMrCrtwbZQdDQd+k7o/vr&#10;MGNjsIWYNiHGl0Qy8oor5MsamhNxRJg2hzadLj3gL85G2pqK+597gYoz88mSTrfFIrIKyVgsP8zJ&#10;wGtPfe0RVhJUxQNn03UbptXcO9RdT5WKRNrCPWnb6kT8tatzs7QZSY/zFsfVu7ZT1Ou/tvkNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCO8pR23gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLC1rw1aaTghpJ+DAhrSr13htRZOUJt3K22NOcLPlT7+/v9zMthdnGkPnnYZ0kYAgV3vT&#10;uUbDx357twIRIjqDvXek4ZsCbKrrqxIL4y/unc672AgOcaFADW2MQyFlqFuyGBZ+IMe3kx8tRl7H&#10;RpoRLxxue3mfJEpa7Bx/aHGg55bqz91kNaDKzNfbafm6f5kUrps52eaHROvbm/npEUSkOf7B8KvP&#10;6lCx09FPzgTRa1jmKmVUQ/aQg2AgSxUPRw0qXYGsSvm/QfUDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAezPYF+QBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAjvKUdt4AAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13293EF4" wp14:editId="48A9E781">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658321" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13293EF4" wp14:editId="48A9E781">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1617980</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>308610</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="374650" cy="88265"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2030873616" name="Rectangle 181"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="374650" cy="88265"/>
                         </a:xfrm>
@@ -10904,63 +12019,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5801B14D" id="Rectangle 181" o:spid="_x0000_s1026" style="position:absolute;margin-left:127.4pt;margin-top:24.3pt;width:29.5pt;height:6.95pt;z-index:251676160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAduXLa5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwAFlkaE1YoVVaVt&#10;t9K2H2AcJ7HqeNwZQ9h+fceGZVF7q5qD5fGMn+e9eVndHnsnDgbJgq/kZDSWwngNtfVtJb9/275b&#10;SkFR+Vo58KaSz4bk7frtm9UQSjOFDlxtUDCIp3IIlexiDGVRkO5Mr2gEwXhONoC9ihxiW9SoBkbv&#10;XTEdjxfFAFgHBG2I+PT+lJTrjN80RsfHpiEThask9xbzinndpbVYr1TZogqd1ec21D900Svr+dEL&#10;1L2KSuzR/gXVW41A0MSRhr6AprHaZA7MZjL+g81Tp4LJXFgcCheZ6P/B6i+Hp/AVU+sUHkD/IOFh&#10;0ynfmjtEGDqjan5ukoQqhkDl5UIKiK+K3fAZah6t2kfIGhwb7BMgsxPHLPXzRWpzjELz4fub2WLO&#10;A9GcWi6ni3l+QJUvdwNS/GigF2lTSeRBZmx1eKCYelHlS0nuHZytt9a5HGC72zgUB8VD3+bvjE7X&#10;Zc6nYg/p2gkxnWSSiVeyEJU7qJ+ZI8LJOex03nSAv6QY2DWVpJ97hUYK98mzTh8ms1myWQ5m85sp&#10;B3id2V1nlNcMVckoxWm7iSdr7gPatuOXJpm0hzvWtrGZ+GtX52bZGVmPs4uT9a7jXPX6r61/AwAA&#10;//8DAFBLAwQUAAYACAAAACEAdDZRSN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3KjT/FglxKkQUk/AgRaJ6zbeJhGxHWKnDW/PcoLjzo5mvqm2ix3EmabQe6dhvUpAkGu8&#10;6V2r4f2wu9uACBGdwcE70vBNAbb19VWFpfEX90bnfWwFh7hQooYuxrGUMjQdWQwrP5Lj38lPFiOf&#10;UyvNhBcOt4NMk0RJi73jhg5Heuqo+dzPVgOq3Hy9nrKXw/Os8L5dkl3xkWh9e7M8PoCItMQ/M/zi&#10;MzrUzHT0szNBDBrSImf0qCHfKBBsyNYZC0cNKi1A1pX8v6D+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAB25ctrlAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHQ2UUjeAAAACQEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="48D48A6B" id="Rectangle 181" o:spid="_x0000_s1026" style="position:absolute;margin-left:127.4pt;margin-top:24.3pt;width:29.5pt;height:6.95pt;z-index:251658321;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAduXLa5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwAFlkaE1YoVVaVt&#10;t9K2H2AcJ7HqeNwZQ9h+fceGZVF7q5qD5fGMn+e9eVndHnsnDgbJgq/kZDSWwngNtfVtJb9/275b&#10;SkFR+Vo58KaSz4bk7frtm9UQSjOFDlxtUDCIp3IIlexiDGVRkO5Mr2gEwXhONoC9ihxiW9SoBkbv&#10;XTEdjxfFAFgHBG2I+PT+lJTrjN80RsfHpiEThask9xbzinndpbVYr1TZogqd1ec21D900Svr+dEL&#10;1L2KSuzR/gXVW41A0MSRhr6AprHaZA7MZjL+g81Tp4LJXFgcCheZ6P/B6i+Hp/AVU+sUHkD/IOFh&#10;0ynfmjtEGDqjan5ukoQqhkDl5UIKiK+K3fAZah6t2kfIGhwb7BMgsxPHLPXzRWpzjELz4fub2WLO&#10;A9GcWi6ni3l+QJUvdwNS/GigF2lTSeRBZmx1eKCYelHlS0nuHZytt9a5HGC72zgUB8VD3+bvjE7X&#10;Zc6nYg/p2gkxnWSSiVeyEJU7qJ+ZI8LJOex03nSAv6QY2DWVpJ97hUYK98mzTh8ms1myWQ5m85sp&#10;B3id2V1nlNcMVckoxWm7iSdr7gPatuOXJpm0hzvWtrGZ+GtX52bZGVmPs4uT9a7jXPX6r61/AwAA&#10;//8DAFBLAwQUAAYACAAAACEAdDZRSN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3KjT/FglxKkQUk/AgRaJ6zbeJhGxHWKnDW/PcoLjzo5mvqm2ix3EmabQe6dhvUpAkGu8&#10;6V2r4f2wu9uACBGdwcE70vBNAbb19VWFpfEX90bnfWwFh7hQooYuxrGUMjQdWQwrP5Lj38lPFiOf&#10;UyvNhBcOt4NMk0RJi73jhg5Heuqo+dzPVgOq3Hy9nrKXw/Os8L5dkl3xkWh9e7M8PoCItMQ/M/zi&#10;MzrUzHT0szNBDBrSImf0qCHfKBBsyNYZC0cNKi1A1pX8v6D+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAB25ctrlAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHQ2UUjeAAAACQEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673088" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3060C16D" wp14:editId="0DE6229A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658318" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3060C16D" wp14:editId="0DE6229A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6350</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>563245</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="742950" cy="203200"/>
                 <wp:effectExtent l="0" t="4445" r="3175" b="1905"/>
                 <wp:wrapNone/>
                 <wp:docPr id="671781351" name="Text Box 178"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="742950" cy="203200"/>
                         </a:xfrm>
@@ -10971,145 +12087,146 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="19BAA4B3" w14:textId="61CCC32C" w:rsidR="00180BF7" w:rsidRPr="00094E17" w:rsidRDefault="00180BF7" w:rsidP="00180BF7">
+                          <w:p w14:paraId="19BAA4B3" w14:textId="010D438E" w:rsidR="00180BF7" w:rsidRPr="00094E17" w:rsidRDefault="00180BF7" w:rsidP="00180BF7">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>4/30/</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="001953AA">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3060C16D" id="Text Box 178" o:spid="_x0000_s1059" type="#_x0000_t202" style="position:absolute;margin-left:.5pt;margin-top:44.35pt;width:58.5pt;height:16pt;z-index:251673088;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYVymP5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0nTjrGo6TQ2DSGN&#10;gTT4AY5jJxaJz5zdJuXXc3a6rsAb4sXy3Tnffd93l831NPRsr9AbsBVfLnLOlJXQGNtW/NvX+zfv&#10;OPNB2Eb0YFXFD8rz6+3rV5vRlaqADvpGISMQ68vRVbwLwZVZ5mWnBuEX4JSlogYcRKAQ26xBMRL6&#10;0GdFnr/NRsDGIUjlPWXv5iLfJnytlQyftfYqsL7ixC2kE9NZxzPbbkTZonCdkUca4h9YDMJYanqC&#10;uhNBsB2av6AGIxE86LCQMGSgtZEqaSA1y/wPNU+dcCppIXO8O9nk/x+sfNw/uS/IwvQeJhpgEuHd&#10;A8jvnlm47YRt1Q0ijJ0SDTVeRsuy0fny+Gm02pc+gtTjJ2hoyGIXIAFNGofoCulkhE4DOJxMV1Ng&#10;kpKX6+LqgiqSSkW+oqGmDqJ8/tihDx8UDCxeKo400wQu9g8+RDKifH4Se1m4N32f5trb3xL0MGYS&#10;+ch3Zh6memKmqfhqFRtHMTU0B5KDMK8LrTddOsCfnI20KhX3P3YCFWf9R0uWXC3X67hbKVhfXBYU&#10;4HmlPq8IKwmq4oGz+Xob5n3cOTRtR53mIVi4IRu1SRJfWB350zok5cfVjft2HqdXLz/Y9hcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCZ1bvH2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXv&#10;SHyHyEjcWLIJWFeaTgjEFcT4I+3mNV5b0ThVk63l2+Od2M3Pz3r+vWI9+U4daYhtYAvzmQFFXAXX&#10;cm3h8+PlJgMVE7LDLjBZ+KUI6/LyosDchZHf6bhJtZIQjjlaaFLqc61j1ZDHOAs9sXj7MHhMIoda&#10;uwFHCfedXhhzrz22LB8a7Ompoepnc/AWvl732+9b81Y/+7t+DJPR7Ffa2uur6fEBVKIp/R/DCV/Q&#10;oRSmXTiwi6oTLU2ShSxbgjrZ80wWOxkWZgm6LPR5gfIPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAGFcpj+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmdW7x9sAAAAIAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="3060C16D" id="Text Box 178" o:spid="_x0000_s1059" type="#_x0000_t202" style="position:absolute;margin-left:.5pt;margin-top:44.35pt;width:58.5pt;height:16pt;z-index:251658318;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYVymP5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0nTjrGo6TQ2DSGN&#10;gTT4AY5jJxaJz5zdJuXXc3a6rsAb4sXy3Tnffd93l831NPRsr9AbsBVfLnLOlJXQGNtW/NvX+zfv&#10;OPNB2Eb0YFXFD8rz6+3rV5vRlaqADvpGISMQ68vRVbwLwZVZ5mWnBuEX4JSlogYcRKAQ26xBMRL6&#10;0GdFnr/NRsDGIUjlPWXv5iLfJnytlQyftfYqsL7ixC2kE9NZxzPbbkTZonCdkUca4h9YDMJYanqC&#10;uhNBsB2av6AGIxE86LCQMGSgtZEqaSA1y/wPNU+dcCppIXO8O9nk/x+sfNw/uS/IwvQeJhpgEuHd&#10;A8jvnlm47YRt1Q0ijJ0SDTVeRsuy0fny+Gm02pc+gtTjJ2hoyGIXIAFNGofoCulkhE4DOJxMV1Ng&#10;kpKX6+LqgiqSSkW+oqGmDqJ8/tihDx8UDCxeKo400wQu9g8+RDKifH4Se1m4N32f5trb3xL0MGYS&#10;+ch3Zh6memKmqfhqFRtHMTU0B5KDMK8LrTddOsCfnI20KhX3P3YCFWf9R0uWXC3X67hbKVhfXBYU&#10;4HmlPq8IKwmq4oGz+Xob5n3cOTRtR53mIVi4IRu1SRJfWB350zok5cfVjft2HqdXLz/Y9hcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCZ1bvH2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXv&#10;SHyHyEjcWLIJWFeaTgjEFcT4I+3mNV5b0ThVk63l2+Od2M3Pz3r+vWI9+U4daYhtYAvzmQFFXAXX&#10;cm3h8+PlJgMVE7LDLjBZ+KUI6/LyosDchZHf6bhJtZIQjjlaaFLqc61j1ZDHOAs9sXj7MHhMIoda&#10;uwFHCfedXhhzrz22LB8a7Ompoepnc/AWvl732+9b81Y/+7t+DJPR7Ffa2uur6fEBVKIp/R/DCV/Q&#10;oRSmXTiwi6oTLU2ShSxbgjrZ80wWOxkWZgm6LPR5gfIPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAGFcpj+QBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmdW7x9sAAAAIAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="19BAA4B3" w14:textId="61CCC32C" w:rsidR="00180BF7" w:rsidRPr="00094E17" w:rsidRDefault="00180BF7" w:rsidP="00180BF7">
+                    <w:p w14:paraId="19BAA4B3" w14:textId="010D438E" w:rsidR="00180BF7" w:rsidRPr="00094E17" w:rsidRDefault="00180BF7" w:rsidP="00180BF7">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>4/30/</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="001953AA">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AE94193" wp14:editId="30067039">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658317" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AE94193" wp14:editId="30067039">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>63500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>601345</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="425450" cy="139700"/>
                 <wp:effectExtent l="0" t="4445" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="785609244" name="Rectangle 176"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="425450" cy="139700"/>
                         </a:xfrm>
@@ -11130,138 +12247,167 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="02F5B4AC" id="Rectangle 176" o:spid="_x0000_s1026" style="position:absolute;margin-left:5pt;margin-top:47.35pt;width:33.5pt;height:11pt;z-index:251672064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC879b45wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlZdmo6WrVVRHS&#10;cpEWPmDqOImF4zFjt2n5esZut1vBGyIPlsfjOT5n5mR5dxis2GsKBl0ty8lUCu0UNsZ1tfz+bfPm&#10;vRQhgmvAotO1POog71avXy1HX+kZ9mgbTYJBXKhGX8s+Rl8VRVC9HiBM0GvHyRZpgMghdUVDMDL6&#10;YIvZdPquGJEaT6h0CHz6cErKVcZvW63il7YNOgpbS+YW80p53aa1WC2h6gh8b9SZBvwDiwGM40cv&#10;UA8QQezI/AU1GEUYsI0ThUOBbWuUzhpYTTn9Q81TD15nLdyc4C9tCv8PVn3eP/mvlKgH/4jqRxAO&#10;1z24Tt8T4dhraPi5MjWqGH2oLgUpCFwqtuMnbHi0sIuYe3BoaUiArE4ccquPl1brQxSKD+ezxXzB&#10;A1GcKt/e3kzzKAqonos9hfhB4yDSppbEk8zgsH8MMZGB6vlKJo/WNBtjbQ6o264tiT3w1Df5y/xZ&#10;4/U169Jlh6nshJhOssokLHkoVFtsjiyS8GQdtjpveqRfUoxsm1qGnzsgLYX96LhRt+V8nnyWg/ni&#10;ZsYBXWe21xlwiqFqGaU4bdfx5M2dJ9P1/FKZRTu85+a2Jgt/YXUmy9bI/TjbOHnvOs63Xn621W8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAWVhAY3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqF0oCQ1xKoTUE3CgReK6jbdJRLwusdOGv2c50ePbGc3OlKvJ9+pIQ+wCW5jPDCji&#10;OriOGwsf2/XNA6iYkB32gcnCD0VYVZcXJRYunPidjpvUKAnhWKCFNqVDoXWsW/IYZ+FALNo+DB6T&#10;4NBoN+BJwn2vb43JtMeO5UOLB3puqf7ajN4CZgv3/ba/e92+jBkum8ms7z+NtddX09MjqERT+jfD&#10;X32pDpV02oWRXVS9sJEpycJykYMSPc+Fd3KfZznoqtTnA6pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALzv1vjnAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABZWEBjcAAAACAEAAA8AAAAAAAAAAAAAAAAAQQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7CF8896A" id="Rectangle 176" o:spid="_x0000_s1026" style="position:absolute;margin-left:5pt;margin-top:47.35pt;width:33.5pt;height:11pt;z-index:251658317;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC879b45wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlZdmo6WrVVRHS&#10;cpEWPmDqOImF4zFjt2n5esZut1vBGyIPlsfjOT5n5mR5dxis2GsKBl0ty8lUCu0UNsZ1tfz+bfPm&#10;vRQhgmvAotO1POog71avXy1HX+kZ9mgbTYJBXKhGX8s+Rl8VRVC9HiBM0GvHyRZpgMghdUVDMDL6&#10;YIvZdPquGJEaT6h0CHz6cErKVcZvW63il7YNOgpbS+YW80p53aa1WC2h6gh8b9SZBvwDiwGM40cv&#10;UA8QQezI/AU1GEUYsI0ThUOBbWuUzhpYTTn9Q81TD15nLdyc4C9tCv8PVn3eP/mvlKgH/4jqRxAO&#10;1z24Tt8T4dhraPi5MjWqGH2oLgUpCFwqtuMnbHi0sIuYe3BoaUiArE4ccquPl1brQxSKD+ezxXzB&#10;A1GcKt/e3kzzKAqonos9hfhB4yDSppbEk8zgsH8MMZGB6vlKJo/WNBtjbQ6o264tiT3w1Df5y/xZ&#10;4/U169Jlh6nshJhOssokLHkoVFtsjiyS8GQdtjpveqRfUoxsm1qGnzsgLYX96LhRt+V8nnyWg/ni&#10;ZsYBXWe21xlwiqFqGaU4bdfx5M2dJ9P1/FKZRTu85+a2Jgt/YXUmy9bI/TjbOHnvOs63Xn621W8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAWVhAY3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqF0oCQ1xKoTUE3CgReK6jbdJRLwusdOGv2c50ePbGc3OlKvJ9+pIQ+wCW5jPDCji&#10;OriOGwsf2/XNA6iYkB32gcnCD0VYVZcXJRYunPidjpvUKAnhWKCFNqVDoXWsW/IYZ+FALNo+DB6T&#10;4NBoN+BJwn2vb43JtMeO5UOLB3puqf7ajN4CZgv3/ba/e92+jBkum8ms7z+NtddX09MjqERT+jfD&#10;X32pDpV02oWRXVS9sJEpycJykYMSPc+Fd3KfZznoqtTnA6pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALzv1vjnAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABZWEBjcAAAACAEAAA8AAAAAAAAAAAAAAAAAQQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3185691D" wp14:editId="14FD7D66">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3185691D" wp14:editId="24C7C545">
             <wp:extent cx="5947410" cy="3235960"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="15240" b="21590"/>
             <wp:docPr id="12" name="Picture 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5947410" cy="3235960"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78030B2A" w14:textId="77777777" w:rsidR="00C9540D" w:rsidRDefault="00AE3F70" w:rsidP="00AE3F70">
+    <w:p w14:paraId="78030B2A" w14:textId="77777777" w:rsidR="00C9540D" w:rsidRPr="00D24F02" w:rsidRDefault="00AE3F70" w:rsidP="00AE3F70">
       <w:pPr>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Observe: In figure 11</w:t>
       </w:r>
-      <w:r w:rsidR="00C9540D">
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>columns can be resized by left-button-click and hold on the diamond to the right of the first column (Pre-K) and drag it to the left and note the dotted line that will appear as shown in figure 12. Figure 13 School Profit &amp; Loss Budget Overview with columns resized.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D03F99" w14:textId="77777777" w:rsidR="00AE3F70" w:rsidRDefault="00AE3F70">
-      <w:r>
+    <w:p w14:paraId="27D03F99" w14:textId="77777777" w:rsidR="00AE3F70" w:rsidRPr="00D24F02" w:rsidRDefault="00AE3F70">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figure 12: School Profit &amp; Loss Budget Overview report by class resizing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B249570" w14:textId="5BDE2C3E" w:rsidR="00AE3F70" w:rsidRDefault="00053CE4">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7B249570" w14:textId="5BDE2C3E" w:rsidR="00AE3F70" w:rsidRPr="00D24F02" w:rsidRDefault="00053CE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3289CC63" wp14:editId="7398EF0E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658358" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3289CC63" wp14:editId="7398EF0E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3896677</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>943927</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="650240" cy="219075"/>
                 <wp:effectExtent l="0" t="3810" r="635" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1299147746" name="Text Box 314"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="650240" cy="219075"/>
                         </a:xfrm>
@@ -11272,173 +12418,174 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0321CB6C" w14:textId="3678AA2C" w:rsidR="009775AD" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="009775AD">
+                          <w:p w14:paraId="0321CB6C" w14:textId="3E91734D" w:rsidR="009775AD" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="009775AD">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3289CC63" id="Text Box 314" o:spid="_x0000_s1060" type="#_x0000_t202" style="position:absolute;margin-left:306.8pt;margin-top:74.3pt;width:51.2pt;height:17.25pt;z-index:251714048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBR9aWe5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7mw29Jos1VpVYRU&#10;ClLhAxzH3lgkHjP2brJ8PWNnu13gDfFieWacM+ecmayvp6Fne4XegK15scg5U1ZCa+y25t++3r95&#10;x5kPwraiB6tqflCeX29ev1qPrlIldNC3ChmBWF+NruZdCK7KMi87NQi/AKcsFTXgIAKFuM1aFCOh&#10;D31W5vlFNgK2DkEq7yl7Nxf5JuFrrWT4rLVXgfU1J24hnZjOJp7ZZi2qLQrXGXmkIf6BxSCMpaYn&#10;qDsRBNuh+QtqMBLBgw4LCUMGWhupkgZSU+R/qHnqhFNJC5nj3ckm//9g5eP+yX1BFqb3MNEAkwjv&#10;HkB+98zCbSfsVt0gwtgp0VLjIlqWjc5Xx0+j1b7yEaQZP0FLQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k5S8WOXlkiqSSmVxlV+uUgdRPX/s0IcPCgYWLzVHmmkCF/sHHyIZUT0/ib0s3Ju+T3Pt7W8Jehgz&#10;iXzkOzMPUzMx09b87TI2jmIaaA8kB2FeF1pvunSAPzkbaVVq7n/sBCrO+o+WLLkqllFASMFydVlS&#10;gOeV5rwirCSomgfO5uttmPdx59BsO+o0D8HCDdmoTZL4wurIn9YhKT+ubty38zi9evnBNr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCEaAi33gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEi7saTb6EppOiEmriAGQ+KWNV5brXGqJlvLv8ec4Gb7PT1/r9hMrhMXHELrSUMyVyCQKm9b&#10;qjV8vD/fZiBCNGRN5wk1fGOATXl9VZjc+pHe8LKLteAQCrnR0MTY51KGqkFnwtz3SKwd/eBM5HWo&#10;pR3MyOGukwulUulMS/yhMT0+NViddmenYf9y/Ppcqdd66+760U9KkruXWs9upscHEBGn+GeGX3xG&#10;h5KZDv5MNohOQ5osU7aysMp4YMc6SbndgS/ZMgFZFvJ/h/IHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAUfWlnuQBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAhGgIt94AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="3289CC63" id="Text Box 314" o:spid="_x0000_s1060" type="#_x0000_t202" style="position:absolute;margin-left:306.8pt;margin-top:74.3pt;width:51.2pt;height:17.25pt;z-index:251658358;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBR9aWe5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7mw29Jos1VpVYRU&#10;ClLhAxzH3lgkHjP2brJ8PWNnu13gDfFieWacM+ecmayvp6Fne4XegK15scg5U1ZCa+y25t++3r95&#10;x5kPwraiB6tqflCeX29ev1qPrlIldNC3ChmBWF+NruZdCK7KMi87NQi/AKcsFTXgIAKFuM1aFCOh&#10;D31W5vlFNgK2DkEq7yl7Nxf5JuFrrWT4rLVXgfU1J24hnZjOJp7ZZi2qLQrXGXmkIf6BxSCMpaYn&#10;qDsRBNuh+QtqMBLBgw4LCUMGWhupkgZSU+R/qHnqhFNJC5nj3ckm//9g5eP+yX1BFqb3MNEAkwjv&#10;HkB+98zCbSfsVt0gwtgp0VLjIlqWjc5Xx0+j1b7yEaQZP0FLQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k5S8WOXlkiqSSmVxlV+uUgdRPX/s0IcPCgYWLzVHmmkCF/sHHyIZUT0/ib0s3Ju+T3Pt7W8Jehgz&#10;iXzkOzMPUzMx09b87TI2jmIaaA8kB2FeF1pvunSAPzkbaVVq7n/sBCrO+o+WLLkqllFASMFydVlS&#10;gOeV5rwirCSomgfO5uttmPdx59BsO+o0D8HCDdmoTZL4wurIn9YhKT+ubty38zi9evnBNr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCEaAi33gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEi7saTb6EppOiEmriAGQ+KWNV5brXGqJlvLv8ec4Gb7PT1/r9hMrhMXHELrSUMyVyCQKm9b&#10;qjV8vD/fZiBCNGRN5wk1fGOATXl9VZjc+pHe8LKLteAQCrnR0MTY51KGqkFnwtz3SKwd/eBM5HWo&#10;pR3MyOGukwulUulMS/yhMT0+NViddmenYf9y/Ppcqdd66+760U9KkruXWs9upscHEBGn+GeGX3xG&#10;h5KZDv5MNohOQ5osU7aysMp4YMc6SbndgS/ZMgFZFvJ/h/IHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAUfWlnuQBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAhGgIt94AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0321CB6C" w14:textId="3678AA2C" w:rsidR="009775AD" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="009775AD">
+                    <w:p w14:paraId="0321CB6C" w14:textId="3E91734D" w:rsidR="009775AD" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="009775AD">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A25A8DE" wp14:editId="60141044">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658310" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A25A8DE" wp14:editId="60141044">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3938270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1003618</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="581025" cy="67310"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="8890"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1198355663" name="Rectangle 161"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="581025" cy="67310"/>
                         </a:xfrm>
@@ -11459,63 +12606,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="084AFFDE" id="Rectangle 161" o:spid="_x0000_s1026" style="position:absolute;margin-left:310.1pt;margin-top:79.05pt;width:45.75pt;height:5.3pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeq+Ur5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/0zSl3UbUdJo6FSEN&#10;hjT4gFvHSSwcX3PtNh1fz7XbdRW8IfJg+frax+ccnyxvD4MVe03BoKtlOZlKoZ3Cxriult+/bd7d&#10;SBEiuAYsOl3LZx3k7ertm+XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu242SINELmkrmgIRkYf&#10;bDGbTq+KEanxhEqHwKv3x6ZcZfy21So+tm3QUdhaMreYR8rjNo3FaglVR+B7o0404B9YDGAcX3qG&#10;uocIYkfmL6jBKMKAbZwoHApsW6N01sBqyukfap568DprYXOCP9sU/h+s+rJ/8l8pUQ/+AdWPIByu&#10;e3CdviPCsdfQ8HVlMqoYfajOB1IR+KjYjp+x4aeFXcTswaGlIQGyOnHIVj+frdaHKBQvLm7K6Wwh&#10;heLW1fX7Mr9EAdXLWU8hftQ4iDSpJfFDZmzYP4SYuED1siVzR2uajbE2F9Rt15bEHvjRN/nL9Fni&#10;5Tbr0maH6dgRMa1kkUlXilCottg8s0bCY3I46TzpkX5JMXJqahl+7oC0FPaTY58+lPN5ilku5ovr&#10;GRd02dledsAphqpllOI4XcdjNHeeTNfzTWUW7fCOvW1NFv7K6kSWk5H9OKU4Re+yzrte/7XVbwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAILmzrDfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4saWFtKU0nhLQTcGBD4uo1WVvROKVJt/L2mBMc7f/T78/VZnGDONkp9J40JCsFwlLj&#10;TU+thvf99qYAESKSwcGT1fBtA2zqy4sKS+PP9GZPu9gKLqFQooYuxrGUMjSddRhWfrTE2dFPDiOP&#10;UyvNhGcud4NMlcqkw574Qoejfeps87mbnQbM7szX6/H2Zf88Z3jfLmq7/lBaX18tjw8gol3iHwy/&#10;+qwONTsd/EwmiEFDlqqUUQ7WRQKCiTxJchAH3mRFDrKu5P8f6h8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAXqvlK+YBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAgubOsN8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="5CEEC7EB" id="Rectangle 161" o:spid="_x0000_s1026" style="position:absolute;margin-left:310.1pt;margin-top:79.05pt;width:45.75pt;height:5.3pt;z-index:251658310;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeq+Ur5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/0zSl3UbUdJo6FSEN&#10;hjT4gFvHSSwcX3PtNh1fz7XbdRW8IfJg+frax+ccnyxvD4MVe03BoKtlOZlKoZ3Cxriult+/bd7d&#10;SBEiuAYsOl3LZx3k7ertm+XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu242SINELmkrmgIRkYf&#10;bDGbTq+KEanxhEqHwKv3x6ZcZfy21So+tm3QUdhaMreYR8rjNo3FaglVR+B7o0404B9YDGAcX3qG&#10;uocIYkfmL6jBKMKAbZwoHApsW6N01sBqyukfap568DprYXOCP9sU/h+s+rJ/8l8pUQ/+AdWPIByu&#10;e3CdviPCsdfQ8HVlMqoYfajOB1IR+KjYjp+x4aeFXcTswaGlIQGyOnHIVj+frdaHKBQvLm7K6Wwh&#10;heLW1fX7Mr9EAdXLWU8hftQ4iDSpJfFDZmzYP4SYuED1siVzR2uajbE2F9Rt15bEHvjRN/nL9Fni&#10;5Tbr0maH6dgRMa1kkUlXilCottg8s0bCY3I46TzpkX5JMXJqahl+7oC0FPaTY58+lPN5ilku5ovr&#10;GRd02dledsAphqpllOI4XcdjNHeeTNfzTWUW7fCOvW1NFv7K6kSWk5H9OKU4Re+yzrte/7XVbwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAILmzrDfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4saWFtKU0nhLQTcGBD4uo1WVvROKVJt/L2mBMc7f/T78/VZnGDONkp9J40JCsFwlLj&#10;TU+thvf99qYAESKSwcGT1fBtA2zqy4sKS+PP9GZPu9gKLqFQooYuxrGUMjSddRhWfrTE2dFPDiOP&#10;UyvNhGcud4NMlcqkw574Qoejfeps87mbnQbM7szX6/H2Zf88Z3jfLmq7/lBaX18tjw8gol3iHwy/&#10;+qwONTsd/EwmiEFDlqqUUQ7WRQKCiTxJchAH3mRFDrKu5P8f6h8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAXqvlK+YBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAgubOsN8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B72C9A1" wp14:editId="395A0183">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658313" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B72C9A1" wp14:editId="395A0183">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2513965</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>943292</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="650240" cy="219075"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="824236418" name="Text Box 166"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="650240" cy="219075"/>
                         </a:xfrm>
@@ -11526,173 +12674,174 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1DF259C4" w14:textId="114C69D4" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="00EF73AE">
+                          <w:p w14:paraId="1DF259C4" w14:textId="16303207" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="00EF73AE">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t xml:space="preserve">6 </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> – Jun </w:t>
+                              <w:t xml:space="preserve">– Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6B72C9A1" id="Text Box 166" o:spid="_x0000_s1061" type="#_x0000_t202" style="position:absolute;margin-left:197.95pt;margin-top:74.25pt;width:51.2pt;height:17.25pt;z-index:251667968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxu1By4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7mw29Jos1VpVYRU&#10;ClLhAxzH3lgkHjP2brJ8PWNnu13gDfFieWacM+ecmayvp6Fne4XegK15scg5U1ZCa+y25t++3r95&#10;x5kPwraiB6tqflCeX29ev1qPrlIldNC3ChmBWF+NruZdCK7KMi87NQi/AKcsFTXgIAKFuM1aFCOh&#10;D31W5vlFNgK2DkEq7yl7Nxf5JuFrrWT4rLVXgfU1J24hnZjOJp7ZZi2qLQrXGXmkIf6BxSCMpaYn&#10;qDsRBNuh+QtqMBLBgw4LCUMGWhupkgZSU+R/qHnqhFNJC5nj3ckm//9g5eP+yX1BFqb3MNEAkwjv&#10;HkB+98zCbSfsVt0gwtgp0VLjIlqWjc5Xx0+j1b7yEaQZP0FLQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k5S8WOXlkiqSSmVxlV+uUgdRPX/s0IcPCgYWLzVHmmkCF/sHHyIZUT0/ib0s3Ju+T3Pt7W8Jehgz&#10;iXzkOzMPUzMx09b8bWocxTTQHkgOwrwutN506QB/cjbSqtTc/9gJVJz1Hy1ZclUso4CQguXqsqQA&#10;zyvNeUVYSVA1D5zN19sw7+POodl21GkegoUbslGbJPGF1ZE/rUNSflzduG/ncXr18oNtfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFIyJ4XeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkJG4sgbaoLU0nBOIKYsCk3bLGaysap2qytbw95sSO9v/p9+dqvbhBnHAKvScNtysFAqnxtqdW&#10;w+fHy00OIkRD1gyeUMMPBljXlxeVKa2f6R1Pm9gKLqFQGg1djGMpZWg6dCas/IjE2cFPzkQep1ba&#10;ycxc7gZ5p9S9dKYnvtCZEZ86bL43R6fh6/Ww26bqrX122Tj7RUlyhdT6+mp5fAARcYn/MPzpszrU&#10;7LT3R7JBDBqSIisY5SDNMxBMpEWegNjzJk8UyLqS5z/UvwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDxu1By4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBSMieF3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="6B72C9A1" id="Text Box 166" o:spid="_x0000_s1061" type="#_x0000_t202" style="position:absolute;margin-left:197.95pt;margin-top:74.25pt;width:51.2pt;height:17.25pt;z-index:251658313;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxu1By4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7mw29Jos1VpVYRU&#10;ClLhAxzH3lgkHjP2brJ8PWNnu13gDfFieWacM+ecmayvp6Fne4XegK15scg5U1ZCa+y25t++3r95&#10;x5kPwraiB6tqflCeX29ev1qPrlIldNC3ChmBWF+NruZdCK7KMi87NQi/AKcsFTXgIAKFuM1aFCOh&#10;D31W5vlFNgK2DkEq7yl7Nxf5JuFrrWT4rLVXgfU1J24hnZjOJp7ZZi2qLQrXGXmkIf6BxSCMpaYn&#10;qDsRBNuh+QtqMBLBgw4LCUMGWhupkgZSU+R/qHnqhFNJC5nj3ckm//9g5eP+yX1BFqb3MNEAkwjv&#10;HkB+98zCbSfsVt0gwtgp0VLjIlqWjc5Xx0+j1b7yEaQZP0FLQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k5S8WOXlkiqSSmVxlV+uUgdRPX/s0IcPCgYWLzVHmmkCF/sHHyIZUT0/ib0s3Ju+T3Pt7W8Jehgz&#10;iXzkOzMPUzMx09b8bWocxTTQHkgOwrwutN506QB/cjbSqtTc/9gJVJz1Hy1ZclUso4CQguXqsqQA&#10;zyvNeUVYSVA1D5zN19sw7+POodl21GkegoUbslGbJPGF1ZE/rUNSflzduG/ncXr18oNtfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFIyJ4XeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkJG4sgbaoLU0nBOIKYsCk3bLGaysap2qytbw95sSO9v/p9+dqvbhBnHAKvScNtysFAqnxtqdW&#10;w+fHy00OIkRD1gyeUMMPBljXlxeVKa2f6R1Pm9gKLqFQGg1djGMpZWg6dCas/IjE2cFPzkQep1ba&#10;ycxc7gZ5p9S9dKYnvtCZEZ86bL43R6fh6/Ww26bqrX122Tj7RUlyhdT6+mp5fAARcYn/MPzpszrU&#10;7LT3R7JBDBqSIisY5SDNMxBMpEWegNjzJk8UyLqS5z/UvwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDxu1By4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBSMieF3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="1DF259C4" w14:textId="114C69D4" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="00EF73AE">
+                    <w:p w14:paraId="1DF259C4" w14:textId="16303207" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="00EF73AE">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t xml:space="preserve">6 </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> – Jun </w:t>
+                        <w:t xml:space="preserve">– Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DAE1342" wp14:editId="7914A680">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658309" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DAE1342" wp14:editId="7914A680">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2514600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>989330</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="547370" cy="91123"/>
                 <wp:effectExtent l="0" t="0" r="5080" b="4445"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1115868516" name="Rectangle 159"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="547370" cy="91123"/>
                         </a:xfrm>
@@ -11713,63 +12862,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="193F1E5E" id="Rectangle 159" o:spid="_x0000_s1026" style="position:absolute;margin-left:198pt;margin-top:77.9pt;width:43.1pt;height:7.2pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/m2dz5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47TdF2NOEWRIsOA&#10;bh3Q7QMUWbaFyaJGKnGyrx+lpGmw3Yb5IIgi9cT3+Ly42w9O7AySBV/LcjKVwngNjfVdLb9/W7/7&#10;IAVF5RvlwJtaHgzJu+XbN4sxVGYGPbjGoGAQT9UYatnHGKqiIN2bQdEEgvGcbAEHFTnErmhQjYw+&#10;uGI2nb4vRsAmIGhDxKcPx6RcZvy2NTo+tS2ZKFwtubeYV8zrJq3FcqGqDlXorT61of6hi0FZz4+e&#10;oR5UVGKL9i+owWoEgjZONAwFtK3VJnNgNuX0DzbPvQomc2FxKJxlov8Hq7/snsNXTK1TeAT9g4SH&#10;Va98Z+4RYeyNavi5MglVjIGq84UUEF8Vm/EzNDxatY2QNdi3OCRAZif2WerDWWqzj0Lz4fX85uqG&#10;B6I5dVuWs6v8gKpe7gak+NHAINKmlsiDzNhq90gx9aKql5LcOzjbrK1zOcBus3IodoqHvs7fCZ0u&#10;y5xPxR7StSNiOskkE69kIao20ByYI8LROex03vSAv6QY2TW1pJ9bhUYK98mzTrflfJ5sloP59c2M&#10;A7zMbC4zymuGqmWU4rhdxaM1twFt1/NLZSbt4Z61bW0m/trVqVl2Rtbj5OJkvcs4V73+a8vfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAVR5t+N8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhN2oQ2jVMhpJ6AAy0S1228TaLGdoidNvw9y4ked2Y0O6/YTLYTZxpC652Gx5kCQa7y&#10;pnW1hs/99mEJIkR0BjvvSMMPBdiUtzcF5sZf3Aedd7EWXOJCjhqaGPtcylA1ZDHMfE+OvaMfLEY+&#10;h1qaAS9cbjuZKJVJi63jDw329NJQddqNVgNmC/P9fpy/7V/HDFf1pLbpl9L6/m56XoOINMX/MPzN&#10;5+lQ8qaDH50JotMwX2XMEtlIU2bgxGKZJCAOrDypBGRZyGuG8hcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD/m2dz5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBVHm343wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="6398A08D" id="Rectangle 159" o:spid="_x0000_s1026" style="position:absolute;margin-left:198pt;margin-top:77.9pt;width:43.1pt;height:7.2pt;z-index:251658309;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/m2dz5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47TdF2NOEWRIsOA&#10;bh3Q7QMUWbaFyaJGKnGyrx+lpGmw3Yb5IIgi9cT3+Ly42w9O7AySBV/LcjKVwngNjfVdLb9/W7/7&#10;IAVF5RvlwJtaHgzJu+XbN4sxVGYGPbjGoGAQT9UYatnHGKqiIN2bQdEEgvGcbAEHFTnErmhQjYw+&#10;uGI2nb4vRsAmIGhDxKcPx6RcZvy2NTo+tS2ZKFwtubeYV8zrJq3FcqGqDlXorT61of6hi0FZz4+e&#10;oR5UVGKL9i+owWoEgjZONAwFtK3VJnNgNuX0DzbPvQomc2FxKJxlov8Hq7/snsNXTK1TeAT9g4SH&#10;Va98Z+4RYeyNavi5MglVjIGq84UUEF8Vm/EzNDxatY2QNdi3OCRAZif2WerDWWqzj0Lz4fX85uqG&#10;B6I5dVuWs6v8gKpe7gak+NHAINKmlsiDzNhq90gx9aKql5LcOzjbrK1zOcBus3IodoqHvs7fCZ0u&#10;y5xPxR7StSNiOskkE69kIao20ByYI8LROex03vSAv6QY2TW1pJ9bhUYK98mzTrflfJ5sloP59c2M&#10;A7zMbC4zymuGqmWU4rhdxaM1twFt1/NLZSbt4Z61bW0m/trVqVl2Rtbj5OJkvcs4V73+a8vfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAVR5t+N8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhN2oQ2jVMhpJ6AAy0S1228TaLGdoidNvw9y4ked2Y0O6/YTLYTZxpC652Gx5kCQa7y&#10;pnW1hs/99mEJIkR0BjvvSMMPBdiUtzcF5sZf3Aedd7EWXOJCjhqaGPtcylA1ZDHMfE+OvaMfLEY+&#10;h1qaAS9cbjuZKJVJi63jDw329NJQddqNVgNmC/P9fpy/7V/HDFf1pLbpl9L6/m56XoOINMX/MPzN&#10;5+lQ8qaDH50JotMwX2XMEtlIU2bgxGKZJCAOrDypBGRZyGuG8hcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD/m2dz5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBVHm343wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="661E46AA" wp14:editId="17BAB321">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658359" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="661E46AA" wp14:editId="17BAB321">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5215890</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>948690</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="650240" cy="219075"/>
                 <wp:effectExtent l="0" t="3810" r="1270" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1090371257" name="Text Box 315"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="650240" cy="219075"/>
                         </a:xfrm>
@@ -11780,173 +12930,174 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="33D5D7D1" w14:textId="7F085E04" w:rsidR="009775AD" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="009775AD">
+                          <w:p w14:paraId="33D5D7D1" w14:textId="6F428996" w:rsidR="009775AD" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="009775AD">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="661E46AA" id="Text Box 315" o:spid="_x0000_s1062" type="#_x0000_t202" style="position:absolute;margin-left:410.7pt;margin-top:74.7pt;width:51.2pt;height:17.25pt;z-index:251715072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQbj6c5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviyJF2NOEXXosOA&#10;rhvQ9QNkWbaF2aJGKbGzrx8lp2m2vg17EURSPjznkN5cTUPP9gqdBlPybJFypoyEWpu25E/f7959&#10;4Mx5YWrRg1ElPyjHr7Zv32xGW6gcOuhrhYxAjCtGW/LOe1skiZOdGoRbgFWGig3gIDyF2CY1ipHQ&#10;hz7J03SdjIC1RZDKOcrezkW+jfhNo6T/2jROedaXnLj5eGI8q3Am240oWhS20/JIQ/wDi0FoQ01P&#10;ULfCC7ZD/Qpq0BLBQeMXEoYEmkZLFTWQmiz9S81jJ6yKWsgcZ082uf8HKx/2j/YbMj99hIkGGEU4&#10;ew/yh2MGbjphWnWNCGOnRE2Ns2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA4n09Xk&#10;maTkepXmS6pIKuXZZXqxih1E8fyxRec/KRhYuJQcaaYRXOzvnQ9kRPH8JPQycKf7Ps61N38k6GHI&#10;RPKB78zcT9XEdF3y9+vQOIipoD6QHIR5XWi96dIB/uJspFUpufu5E6g46z8bsuQyWwYBPgbL1UVO&#10;AZ5XqvOKMJKgSu45m683ft7HnUXddtRpHoKBa7Kx0VHiC6sjf1qHqPy4umHfzuP46uUH2/4GAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCJdd6a3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4sWRdmdrSdJpAXEGMgcQta7y2onGqJlvLv8ec4Gb7PT1/r9zOrhcXHEPnScNqqUAg1d52&#10;1Gg4vD3dZiBCNGRN7wk1fGOAbbW4Kk1h/USveNnHRnAIhcJoaGMcCilD3aIzYekHJNZOfnQm8jo2&#10;0o5m4nDXy0SpjXSmI/7QmgEfWqy/9men4f359PmRqpfm0d0Nk5+VJJdLrW+u5909iIhz/DPDLz6j&#10;Q8VMR38mG0SvIUtWKVtZSHMe2JEnay5z5Eu2zkFWpfzfofoBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAUG4+nOQBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAiXXemt4AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="661E46AA" id="Text Box 315" o:spid="_x0000_s1062" type="#_x0000_t202" style="position:absolute;margin-left:410.7pt;margin-top:74.7pt;width:51.2pt;height:17.25pt;z-index:251658359;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQbj6c5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviyJF2NOEXXosOA&#10;rhvQ9QNkWbaF2aJGKbGzrx8lp2m2vg17EURSPjznkN5cTUPP9gqdBlPybJFypoyEWpu25E/f7959&#10;4Mx5YWrRg1ElPyjHr7Zv32xGW6gcOuhrhYxAjCtGW/LOe1skiZOdGoRbgFWGig3gIDyF2CY1ipHQ&#10;hz7J03SdjIC1RZDKOcrezkW+jfhNo6T/2jROedaXnLj5eGI8q3Am240oWhS20/JIQ/wDi0FoQ01P&#10;ULfCC7ZD/Qpq0BLBQeMXEoYEmkZLFTWQmiz9S81jJ6yKWsgcZ082uf8HKx/2j/YbMj99hIkGGEU4&#10;ew/yh2MGbjphWnWNCGOnRE2Ns2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA4n09Xk&#10;maTkepXmS6pIKuXZZXqxih1E8fyxRec/KRhYuJQcaaYRXOzvnQ9kRPH8JPQycKf7Ps61N38k6GHI&#10;RPKB78zcT9XEdF3y9+vQOIipoD6QHIR5XWi96dIB/uJspFUpufu5E6g46z8bsuQyWwYBPgbL1UVO&#10;AZ5XqvOKMJKgSu45m683ft7HnUXddtRpHoKBa7Kx0VHiC6sjf1qHqPy4umHfzuP46uUH2/4GAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCJdd6a3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4sWRdmdrSdJpAXEGMgcQta7y2onGqJlvLv8ec4Gb7PT1/r9zOrhcXHEPnScNqqUAg1d52&#10;1Gg4vD3dZiBCNGRN7wk1fGOAbbW4Kk1h/USveNnHRnAIhcJoaGMcCilD3aIzYekHJNZOfnQm8jo2&#10;0o5m4nDXy0SpjXSmI/7QmgEfWqy/9men4f359PmRqpfm0d0Nk5+VJJdLrW+u5909iIhz/DPDLz6j&#10;Q8VMR38mG0SvIUtWKVtZSHMe2JEnay5z5Eu2zkFWpfzfofoBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAUG4+nOQBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAiXXemt4AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="33D5D7D1" w14:textId="7F085E04" w:rsidR="009775AD" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="009775AD">
+                    <w:p w14:paraId="33D5D7D1" w14:textId="6F428996" w:rsidR="009775AD" w:rsidRPr="00172B51" w:rsidRDefault="009775AD" w:rsidP="009775AD">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61CBF09D" wp14:editId="45C6C374">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658311" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61CBF09D" wp14:editId="45C6C374">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5356225</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>993140</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="549275" cy="85725"/>
                 <wp:effectExtent l="3175" t="635" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1801300704" name="Rectangle 164"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="549275" cy="85725"/>
                         </a:xfrm>
@@ -11967,63 +13118,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4A4E1074" id="Rectangle 164" o:spid="_x0000_s1026" style="position:absolute;margin-left:421.75pt;margin-top:78.2pt;width:43.25pt;height:6.75pt;z-index:251665920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrDh9k5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkrU14hRFigwD&#10;ugvQ7QMUWbaFyaJGKnGyrx+lpGmwvQ3zgyCK4iHP0fHy/jA4sTdIFnwty8lUCuM1NNZ3tfz+bfPu&#10;VgqKyjfKgTe1PBqS96u3b5ZjqMwMenCNQcEgnqox1LKPMVRFQbo3g6IJBOM52QIOKnKIXdGgGhl9&#10;cMVsOn1fjIBNQNCGiE8fT0m5yvhta3T80rZkonC15NliXjGv27QWq6WqOlSht/o8hvqHKQZlPTe9&#10;QD2qqMQO7V9Qg9UIBG2caBgKaFurTebAbMrpH2yeexVM5sLiULjIRP8PVn/eP4evmEan8AT6BwkP&#10;6175zjwgwtgb1XC7MglVjIGqS0EKiEvFdvwEDT+t2kXIGhxaHBIgsxOHLPXxIrU5RKH5cDG/m90s&#10;pNCcul3czBa5gapeagNS/GBgEGlTS+SHzNhq/0QxzaKqlyt5dnC22VjncoDddu1Q7BU/+iZ/Z3S6&#10;vuZ8uuwhlZ0Q00kmmXglC1G1hebIHBFOzmGn86YH/CXFyK6pJf3cKTRSuI+edbor5/NksxzMmRcH&#10;eJ3ZXmeU1wxVyyjFabuOJ2vuAtqu505lJu3hgbVtbSb+OtV5WHZG1uPs4mS96zjfev3XVr8BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCKmJFr3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcqA35URPiVAipJ+BAi8R1G7tJRLwOsdOGt2c50ePOfJqdqTaLG8TJTqH3pOF+pUBYarzp&#10;qdXwsd/erUGEiGRw8GQ1/NgAm/r6qsLS+DO929MutoJDKJSooYtxLKUMTWcdhpUfLbF39JPDyOfU&#10;SjPhmcPdIB+UyqXDnvhDh6N97mzztZudBsxT8/12TF73L3OORbuobfaptL69WZ4eQUS7xH8Y/upz&#10;dai508HPZIIYNKzTJGOUjSxPQTBRJIrXHVjJiwJkXcnLDfUvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOsOH2TkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIqYkWvfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="4EEACD47" id="Rectangle 164" o:spid="_x0000_s1026" style="position:absolute;margin-left:421.75pt;margin-top:78.2pt;width:43.25pt;height:6.75pt;z-index:251658311;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrDh9k5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkrU14hRFigwD&#10;ugvQ7QMUWbaFyaJGKnGyrx+lpGmwvQ3zgyCK4iHP0fHy/jA4sTdIFnwty8lUCuM1NNZ3tfz+bfPu&#10;VgqKyjfKgTe1PBqS96u3b5ZjqMwMenCNQcEgnqox1LKPMVRFQbo3g6IJBOM52QIOKnKIXdGgGhl9&#10;cMVsOn1fjIBNQNCGiE8fT0m5yvhta3T80rZkonC15NliXjGv27QWq6WqOlSht/o8hvqHKQZlPTe9&#10;QD2qqMQO7V9Qg9UIBG2caBgKaFurTebAbMrpH2yeexVM5sLiULjIRP8PVn/eP4evmEan8AT6BwkP&#10;6175zjwgwtgb1XC7MglVjIGqS0EKiEvFdvwEDT+t2kXIGhxaHBIgsxOHLPXxIrU5RKH5cDG/m90s&#10;pNCcul3czBa5gapeagNS/GBgEGlTS+SHzNhq/0QxzaKqlyt5dnC22VjncoDddu1Q7BU/+iZ/Z3S6&#10;vuZ8uuwhlZ0Q00kmmXglC1G1hebIHBFOzmGn86YH/CXFyK6pJf3cKTRSuI+edbor5/NksxzMmRcH&#10;eJ3ZXmeU1wxVyyjFabuOJ2vuAtqu505lJu3hgbVtbSb+OtV5WHZG1uPs4mS96zjfev3XVr8BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCKmJFr3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcqA35URPiVAipJ+BAi8R1G7tJRLwOsdOGt2c50ePOfJqdqTaLG8TJTqH3pOF+pUBYarzp&#10;qdXwsd/erUGEiGRw8GQ1/NgAm/r6qsLS+DO929MutoJDKJSooYtxLKUMTWcdhpUfLbF39JPDyOfU&#10;SjPhmcPdIB+UyqXDnvhDh6N97mzztZudBsxT8/12TF73L3OORbuobfaptL69WZ4eQUS7xH8Y/upz&#10;dai508HPZIIYNKzTJGOUjSxPQTBRJIrXHVjJiwJkXcnLDfUvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOsOH2TkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIqYkWvfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67DA9811" wp14:editId="6C40E74C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658357" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67DA9811" wp14:editId="6C40E74C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2609850</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>706120</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1647190" cy="222250"/>
                 <wp:effectExtent l="0" t="0" r="635" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="798063566" name="Text Box 313"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1647190" cy="222250"/>
                         </a:xfrm>
@@ -12034,201 +13186,202 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0EE186D5" w14:textId="4E3211DA" w:rsidR="00F94E7E" w:rsidRPr="00BF2D04" w:rsidRDefault="00F94E7E" w:rsidP="00F94E7E">
+                          <w:p w14:paraId="0EE186D5" w14:textId="48BEF000" w:rsidR="00F94E7E" w:rsidRPr="00BF2D04" w:rsidRDefault="00F94E7E" w:rsidP="00F94E7E">
                             <w:pPr>
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>July 20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> through June 20</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00E16F94">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="67DA9811" id="Text Box 313" o:spid="_x0000_s1063" type="#_x0000_t202" style="position:absolute;margin-left:205.5pt;margin-top:55.6pt;width:129.7pt;height:17.5pt;z-index:251713024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKBDXM5AEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lKt7Ko6TQ2DSGN&#10;gTT4AY7jNBaJz9y5Tcqv5+x0XYE3RB4sn8/+7vu+u6yvx74Te4NkwZUyn82lME5Dbd22lN++3r95&#10;JwUF5WrVgTOlPBiS15vXr9aDL8wCWuhqg4JBHBWDL2Ubgi+yjHRrekUz8MZxsgHsVeAQt1mNamD0&#10;vssW8/llNgDWHkEbIj69m5Jyk/CbxujwuWnIBNGVkrmFtGJaq7hmm7Uqtqh8a/WRhvoHFr2yjoue&#10;oO5UUGKH9i+o3moEgibMNPQZNI3VJmlgNfn8DzVPrfImaWFzyJ9sov8Hqx/3T/4LijC+h5EbmESQ&#10;fwD9nYSD21a5rblBhKE1qubCebQsGzwVx6fRaiooglTDJ6i5yWoXIAGNDfbRFdYpGJ0bcDiZbsYg&#10;dCx5uVzlV5zSnFvwd5G6kqni+bVHCh8M9CJuSonc1ISu9g8UIhtVPF+JxRzc265Lje3cbwd8MZ4k&#10;9pHwRD2M1ShsXcq3q6gtqqmgPrAehGleeL550wL+lGLgWSkl/dgpNFJ0Hx17cpUvl3G4UrC8WC04&#10;wPNMdZ5RTjNUKYMU0/Y2TAO582i3LVeauuDghn1sbJL4wurIn+chKT/Obhy48zjdevnDNr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDy1l0v3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqO0oBAhxKgTiCqJApd7ceJtExOsodpvw9ywnOO7MaPZNtV78IE44xT6QAb1SIJCa4Hpq&#10;DXy8P1/dgojJkrNDIDTwjRHW9flZZUsXZnrD0ya1gksoltZAl9JYShmbDr2NqzAisXcIk7eJz6mV&#10;brIzl/tBZkoV0tue+ENnR3zssPnaHL2Bz5fDbpur1/bJX49zWJQkfyeNubxYHu5BJFzSXxh+8Rkd&#10;ambahyO5KAYDuda8JbGhdQaCE8WNykHsWcmLDGRdyf8b6h8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAygQ1zOQBAACpAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8tZdL94AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="67DA9811" id="Text Box 313" o:spid="_x0000_s1063" type="#_x0000_t202" style="position:absolute;margin-left:205.5pt;margin-top:55.6pt;width:129.7pt;height:17.5pt;z-index:251658357;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKBDXM5AEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lKt7Ko6TQ2DSGN&#10;gTT4AY7jNBaJz9y5Tcqv5+x0XYE3RB4sn8/+7vu+u6yvx74Te4NkwZUyn82lME5Dbd22lN++3r95&#10;JwUF5WrVgTOlPBiS15vXr9aDL8wCWuhqg4JBHBWDL2Ubgi+yjHRrekUz8MZxsgHsVeAQt1mNamD0&#10;vssW8/llNgDWHkEbIj69m5Jyk/CbxujwuWnIBNGVkrmFtGJaq7hmm7Uqtqh8a/WRhvoHFr2yjoue&#10;oO5UUGKH9i+o3moEgibMNPQZNI3VJmlgNfn8DzVPrfImaWFzyJ9sov8Hqx/3T/4LijC+h5EbmESQ&#10;fwD9nYSD21a5rblBhKE1qubCebQsGzwVx6fRaiooglTDJ6i5yWoXIAGNDfbRFdYpGJ0bcDiZbsYg&#10;dCx5uVzlV5zSnFvwd5G6kqni+bVHCh8M9CJuSonc1ISu9g8UIhtVPF+JxRzc265Lje3cbwd8MZ4k&#10;9pHwRD2M1ShsXcq3q6gtqqmgPrAehGleeL550wL+lGLgWSkl/dgpNFJ0Hx17cpUvl3G4UrC8WC04&#10;wPNMdZ5RTjNUKYMU0/Y2TAO582i3LVeauuDghn1sbJL4wurIn+chKT/Obhy48zjdevnDNr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDy1l0v3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqO0oBAhxKgTiCqJApd7ceJtExOsodpvw9ywnOO7MaPZNtV78IE44xT6QAb1SIJCa4Hpq&#10;DXy8P1/dgojJkrNDIDTwjRHW9flZZUsXZnrD0ya1gksoltZAl9JYShmbDr2NqzAisXcIk7eJz6mV&#10;brIzl/tBZkoV0tue+ENnR3zssPnaHL2Bz5fDbpur1/bJX49zWJQkfyeNubxYHu5BJFzSXxh+8Rkd&#10;ambahyO5KAYDuda8JbGhdQaCE8WNykHsWcmLDGRdyf8b6h8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAygQ1zOQBAACpAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8tZdL94AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0EE186D5" w14:textId="4E3211DA" w:rsidR="00F94E7E" w:rsidRPr="00BF2D04" w:rsidRDefault="00F94E7E" w:rsidP="00F94E7E">
+                    <w:p w14:paraId="0EE186D5" w14:textId="48BEF000" w:rsidR="00F94E7E" w:rsidRPr="00BF2D04" w:rsidRDefault="00F94E7E" w:rsidP="00F94E7E">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>July 20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> through June 20</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00E16F94">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4808A6A2" wp14:editId="7ED1BAEF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658332" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4808A6A2" wp14:editId="7ED1BAEF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2612390</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>727075</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1238885" cy="140970"/>
                 <wp:effectExtent l="2540" t="1270" r="0" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="332423929" name="Rectangle 212"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1238885" cy="140970"/>
                         </a:xfrm>
@@ -12249,63 +13402,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1F10B549" id="Rectangle 212" o:spid="_x0000_s1026" style="position:absolute;margin-left:205.7pt;margin-top:57.25pt;width:97.55pt;height:11.1pt;z-index:251687424;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnWwQC6AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46zdE2NOEWRIsOA&#10;bh3Q7QMYWbaFyaJGKXG6rx+lpGmw3Yb5IIii+MT3+Ly8PQxW7DUFg66W5WQqhXYKG+O6Wn7/tnm3&#10;kCJEcA1YdLqWzzrI29XbN8vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9NpxskUaIHJIXdEQjIw+&#10;2GI2nX4oRqTGEyodAp/eH5NylfHbVqv42LZBR2Fryb3FvFJet2ktVkuoOgLfG3VqA/6hiwGM40fP&#10;UPcQQezI/AU1GEUYsI0ThUOBbWuUzhyYTTn9g81TD15nLixO8GeZwv+DVV/2T/4rpdaDf0D1IwiH&#10;6x5cp++IcOw1NPxcmYQqRh+qc0EKApeK7fgZGx4t7CJmDQ4tDQmQ2YlDlvr5LLU+RKH4sJy9XywW&#10;V1IozpXz6c11nkUB1Uu1pxA/ahxE2tSSeJQZHfYPIaZuoHq5krtHa5qNsTYH1G3XlsQeeOyb/GUC&#10;TPLymnXpssNUdkRMJ5lmYpZMFKotNs/MkvDoHfY6b3qkX1KM7Jtahp87IC2F/eRYqZtyPk9Gy8H8&#10;6nrGAV1mtpcZcIqhahmlOG7X8WjOnSfT9fxSmUk7vGN1W5OJv3Z1apa9kfU4+TiZ7zLOt17/ttVv&#10;AAAA//8DAFBLAwQUAAYACAAAACEAVJLmtd4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/D&#10;MAyF70j8h8hI3FhS1gUoTSeEtBNwYEPi6jVZW9E4pUm38u8xJ3az/Z6ev1euZ9+LoxtjF8hAtlAg&#10;HNXBdtQY+Nhtbu5BxIRksQ/kDPy4COvq8qLEwoYTvbvjNjWCQygWaKBNaSikjHXrPMZFGByxdgij&#10;x8Tr2Eg74onDfS9vldLSY0f8ocXBPbeu/tpO3gDq3H6/HZavu5dJ40Mzq83qUxlzfTU/PYJIbk7/&#10;ZvjDZ3SomGkfJrJR9AbyLMvZykKWr0CwQyvNw54vS30HsirleYfqFwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGdbBALoAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFSS5rXeAAAACwEAAA8AAAAAAAAAAAAAAAAAQgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="69400DAA" id="Rectangle 212" o:spid="_x0000_s1026" style="position:absolute;margin-left:205.7pt;margin-top:57.25pt;width:97.55pt;height:11.1pt;z-index:251658332;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnWwQC6AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46zdE2NOEWRIsOA&#10;bh3Q7QMYWbaFyaJGKXG6rx+lpGmw3Yb5IIii+MT3+Ly8PQxW7DUFg66W5WQqhXYKG+O6Wn7/tnm3&#10;kCJEcA1YdLqWzzrI29XbN8vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9NpxskUaIHJIXdEQjIw+&#10;2GI2nX4oRqTGEyodAp/eH5NylfHbVqv42LZBR2Fryb3FvFJet2ktVkuoOgLfG3VqA/6hiwGM40fP&#10;UPcQQezI/AU1GEUYsI0ThUOBbWuUzhyYTTn9g81TD15nLixO8GeZwv+DVV/2T/4rpdaDf0D1IwiH&#10;6x5cp++IcOw1NPxcmYQqRh+qc0EKApeK7fgZGx4t7CJmDQ4tDQmQ2YlDlvr5LLU+RKH4sJy9XywW&#10;V1IozpXz6c11nkUB1Uu1pxA/ahxE2tSSeJQZHfYPIaZuoHq5krtHa5qNsTYH1G3XlsQeeOyb/GUC&#10;TPLymnXpssNUdkRMJ5lmYpZMFKotNs/MkvDoHfY6b3qkX1KM7Jtahp87IC2F/eRYqZtyPk9Gy8H8&#10;6nrGAV1mtpcZcIqhahmlOG7X8WjOnSfT9fxSmUk7vGN1W5OJv3Z1apa9kfU4+TiZ7zLOt17/ttVv&#10;AAAA//8DAFBLAwQUAAYACAAAACEAVJLmtd4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/D&#10;MAyF70j8h8hI3FhS1gUoTSeEtBNwYEPi6jVZW9E4pUm38u8xJ3az/Z6ev1euZ9+LoxtjF8hAtlAg&#10;HNXBdtQY+Nhtbu5BxIRksQ/kDPy4COvq8qLEwoYTvbvjNjWCQygWaKBNaSikjHXrPMZFGByxdgij&#10;x8Tr2Eg74onDfS9vldLSY0f8ocXBPbeu/tpO3gDq3H6/HZavu5dJ40Mzq83qUxlzfTU/PYJIbk7/&#10;ZvjDZ3SomGkfJrJR9AbyLMvZykKWr0CwQyvNw54vS30HsirleYfqFwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGdbBALoAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFSS5rXeAAAACwEAAA8AAAAAAAAAAAAAAAAAQgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EED6241" wp14:editId="66FBC5B5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658314" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EED6241" wp14:editId="66FBC5B5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2177415</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>257175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="698500" cy="231775"/>
                 <wp:effectExtent l="0" t="0" r="635" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1170721419" name="Text Box 172"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="698500" cy="231775"/>
                         </a:xfrm>
@@ -12316,137 +13470,138 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="45892031" w14:textId="166C8AAC" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="00273347" w:rsidP="00EF73AE">
+                          <w:p w14:paraId="45892031" w14:textId="66BEFF48" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="00273347" w:rsidP="00EF73AE">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>06/30/20</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0EED6241" id="Text Box 172" o:spid="_x0000_s1064" type="#_x0000_t202" style="position:absolute;margin-left:171.45pt;margin-top:20.25pt;width:55pt;height:18.25pt;z-index:251668992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDl8cjY5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTpEmNOEXXosOA&#10;rhvQ9QNkWbaF2aJGKbGzrx8lp2m23YpdBJGUH997pDfXY9+xvUKnwRQ8m6WcKSOh0qYp+PP3+w9r&#10;zpwXphIdGFXwg3L8evv+3WawuZpDC12lkBGIcflgC956b/MkcbJVvXAzsMpQsQbshacQm6RCMRB6&#10;3yXzNL1MBsDKIkjlHGXvpiLfRvy6VtJ/rWunPOsKTtx8PDGeZTiT7UbkDQrbanmkId7AohfaUNMT&#10;1J3wgu1Q/wPVa4ngoPYzCX0Cda2lihpITZb+peapFVZFLWSOsyeb3P+DlY/7J/sNmR8/wkgDjCKc&#10;fQD5wzEDt60wjbpBhKFVoqLGWbAsGazLj58Gq13uAkg5fIGKhix2HiLQWGMfXCGdjNBpAIeT6Wr0&#10;TFLy8mq9TKkiqTS/yFarZewg8pePLTr/SUHPwqXgSDON4GL/4HwgI/KXJ6GXgXvddXGunfkjQQ9D&#10;JpIPfCfmfixHpquCX6xD4yCmhOpAchCmdaH1pksL+IuzgVal4O7nTqDirPtsyJKrbLEIuxWDxXI1&#10;pwDPK+V5RRhJUAX3nE3XWz/t486iblrqNA3BwA3ZWOso8ZXVkT+tQ1R+XN2wb+dxfPX6g21/AwAA&#10;//8DAFBLAwQUAAYACAAAACEAt72Uf90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbizZaDfW1Z0QiCtog03iljVeW9E4VZOt5e3JTuxo+9Pv78/Xo23FmXrfOEaYThQI4tKZ&#10;hiuEr8+3hycQPmg2unVMCL/kYV3c3uQ6M27gDZ23oRIxhH2mEeoQukxKX9ZktZ+4jjjejq63OsSx&#10;r6Tp9RDDbStnSs2l1Q3HD7Xu6KWm8md7sgi79+P3PlEf1atNu8GNSrJdSsT7u/F5BSLQGP5huOhH&#10;dSii08Gd2HjRIjwms2VEERKVgohAkl4WB4TFQoEscnndoPgDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA5fHI2OUBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAt72Uf90AAAAJAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="0EED6241" id="Text Box 172" o:spid="_x0000_s1064" type="#_x0000_t202" style="position:absolute;margin-left:171.45pt;margin-top:20.25pt;width:55pt;height:18.25pt;z-index:251658314;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDl8cjY5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTpEmNOEXXosOA&#10;rhvQ9QNkWbaF2aJGKbGzrx8lp2m23YpdBJGUH997pDfXY9+xvUKnwRQ8m6WcKSOh0qYp+PP3+w9r&#10;zpwXphIdGFXwg3L8evv+3WawuZpDC12lkBGIcflgC956b/MkcbJVvXAzsMpQsQbshacQm6RCMRB6&#10;3yXzNL1MBsDKIkjlHGXvpiLfRvy6VtJ/rWunPOsKTtx8PDGeZTiT7UbkDQrbanmkId7AohfaUNMT&#10;1J3wgu1Q/wPVa4ngoPYzCX0Cda2lihpITZb+peapFVZFLWSOsyeb3P+DlY/7J/sNmR8/wkgDjCKc&#10;fQD5wzEDt60wjbpBhKFVoqLGWbAsGazLj58Gq13uAkg5fIGKhix2HiLQWGMfXCGdjNBpAIeT6Wr0&#10;TFLy8mq9TKkiqTS/yFarZewg8pePLTr/SUHPwqXgSDON4GL/4HwgI/KXJ6GXgXvddXGunfkjQQ9D&#10;JpIPfCfmfixHpquCX6xD4yCmhOpAchCmdaH1pksL+IuzgVal4O7nTqDirPtsyJKrbLEIuxWDxXI1&#10;pwDPK+V5RRhJUAX3nE3XWz/t486iblrqNA3BwA3ZWOso8ZXVkT+tQ1R+XN2wb+dxfPX6g21/AwAA&#10;//8DAFBLAwQUAAYACAAAACEAt72Uf90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbizZaDfW1Z0QiCtog03iljVeW9E4VZOt5e3JTuxo+9Pv78/Xo23FmXrfOEaYThQI4tKZ&#10;hiuEr8+3hycQPmg2unVMCL/kYV3c3uQ6M27gDZ23oRIxhH2mEeoQukxKX9ZktZ+4jjjejq63OsSx&#10;r6Tp9RDDbStnSs2l1Q3HD7Xu6KWm8md7sgi79+P3PlEf1atNu8GNSrJdSsT7u/F5BSLQGP5huOhH&#10;dSii08Gd2HjRIjwms2VEERKVgohAkl4WB4TFQoEscnndoPgDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA5fHI2OUBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAt72Uf90AAAAJAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="45892031" w14:textId="166C8AAC" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="00273347" w:rsidP="00EF73AE">
+                    <w:p w14:paraId="45892031" w14:textId="66BEFF48" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="00273347" w:rsidP="00EF73AE">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>06/30/20</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43DF2371" wp14:editId="6C1032AC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658308" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43DF2371" wp14:editId="6C1032AC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2268855</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>297180</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="378460" cy="95250"/>
                 <wp:effectExtent l="1905" t="0" r="635" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="358599388" name="Rectangle 158"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="378460" cy="95250"/>
                         </a:xfrm>
@@ -12467,63 +13622,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="522B31DF" id="Rectangle 158" o:spid="_x0000_s1026" style="position:absolute;margin-left:178.65pt;margin-top:23.4pt;width:29.8pt;height:7.5pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBURJxt5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJkl6MOEWRIsOA&#10;7gJ0/QBGlm1hsqhRSpzs60cpaRpsb8X8IIiieHQOeby42/dW7DQFg66Sk9FYCu0U1sa1lXz+sf5w&#10;I0WI4Gqw6HQlDzrIu+X7d4vBl3qKHdpak2AQF8rBV7KL0ZdFEVSnewgj9NpxskHqIXJIbVETDIze&#10;22I6Hl8VA1LtCZUOgU8fjkm5zPhNo1X81jRBR2ErydxiXimvm7QWywWULYHvjDrRgDew6ME4fvQM&#10;9QARxJbMP1C9UYQBmzhS2BfYNEbprIHVTMZ/qXnqwOushZsT/LlN4f/Bqq+7J/+dEvXgH1H9DMLh&#10;qgPX6nsiHDoNNT83SY0qBh/Kc0EKApeKzfAFax4tbCPmHuwb6hMgqxP73OrDudV6H4Xiw4/XN7Mr&#10;Hoji1O18Os+TKKB8qfUU4ieNvUibShIPMmPD7jHExAXKlyuZO1pTr421OaB2s7IkdsBDX+cv02eJ&#10;l9esS5cdprIjYjrJIpOuZKFQbrA+sEbCo3PY6bzpkH5LMbBrKhl+bYG0FPaz4z7dTmazZLMczObX&#10;Uw7oMrO5zIBTDFXJKMVxu4pHa249mbbjlyZZtMN77m1jsvBXViey7Izcj5OLk/Uu43zr9V9b/gEA&#10;AP//AwBQSwMEFAAGAAgAAAAhAPo94X/eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoE5KaNmRTIaSegAMtEtdtvE0iYjvEThv+HnOix9U+zbwpN7PpxYlH3zmLkC4SEGxr&#10;pzvbIHzst3crED6Q1dQ7ywg/7GFTXV+VVGh3tu982oVGxBDrC0JoQxgKKX3dsiG/cAPb+Du60VCI&#10;59hIPdI5hpte3ieJkoY6GxtaGvi55fprNxkEUrn+fjtmr/uXSdG6mZPt8jNBvL2Znx5BBJ7DPwx/&#10;+lEdquh0cJPVXvQI2fIhiyhCruKECOSpWoM4IKh0BbIq5eWC6hcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBURJxt5gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD6PeF/3gAAAAkBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="5AEDA3CB" id="Rectangle 158" o:spid="_x0000_s1026" style="position:absolute;margin-left:178.65pt;margin-top:23.4pt;width:29.8pt;height:7.5pt;z-index:251658308;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBURJxt5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJkl6MOEWRIsOA&#10;7gJ0/QBGlm1hsqhRSpzs60cpaRpsb8X8IIiieHQOeby42/dW7DQFg66Sk9FYCu0U1sa1lXz+sf5w&#10;I0WI4Gqw6HQlDzrIu+X7d4vBl3qKHdpak2AQF8rBV7KL0ZdFEVSnewgj9NpxskHqIXJIbVETDIze&#10;22I6Hl8VA1LtCZUOgU8fjkm5zPhNo1X81jRBR2ErydxiXimvm7QWywWULYHvjDrRgDew6ME4fvQM&#10;9QARxJbMP1C9UYQBmzhS2BfYNEbprIHVTMZ/qXnqwOushZsT/LlN4f/Bqq+7J/+dEvXgH1H9DMLh&#10;qgPX6nsiHDoNNT83SY0qBh/Kc0EKApeKzfAFax4tbCPmHuwb6hMgqxP73OrDudV6H4Xiw4/XN7Mr&#10;Hoji1O18Os+TKKB8qfUU4ieNvUibShIPMmPD7jHExAXKlyuZO1pTr421OaB2s7IkdsBDX+cv02eJ&#10;l9esS5cdprIjYjrJIpOuZKFQbrA+sEbCo3PY6bzpkH5LMbBrKhl+bYG0FPaz4z7dTmazZLMczObX&#10;Uw7oMrO5zIBTDFXJKMVxu4pHa249mbbjlyZZtMN77m1jsvBXViey7Izcj5OLk/Uu43zr9V9b/gEA&#10;AP//AwBQSwMEFAAGAAgAAAAhAPo94X/eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoE5KaNmRTIaSegAMtEtdtvE0iYjvEThv+HnOix9U+zbwpN7PpxYlH3zmLkC4SEGxr&#10;pzvbIHzst3crED6Q1dQ7ywg/7GFTXV+VVGh3tu982oVGxBDrC0JoQxgKKX3dsiG/cAPb+Du60VCI&#10;59hIPdI5hpte3ieJkoY6GxtaGvi55fprNxkEUrn+fjtmr/uXSdG6mZPt8jNBvL2Znx5BBJ7DPwx/&#10;+lEdquh0cJPVXvQI2fIhiyhCruKECOSpWoM4IKh0BbIq5eWC6hcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBURJxt5gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD6PeF/3gAAAAkBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="625F78FF" wp14:editId="79FB53A6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="625F78FF" wp14:editId="79FB53A6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1520825</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>255905</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="558165" cy="240030"/>
                 <wp:effectExtent l="0" t="0" r="0" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="931783824" name="Text Box 165"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="558165" cy="240030"/>
                         </a:xfrm>
@@ -12534,137 +13690,138 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2741C449" w14:textId="585DB332" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="00273347" w:rsidP="00EF73AE">
+                          <w:p w14:paraId="2741C449" w14:textId="6B642E9A" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="00273347" w:rsidP="00EF73AE">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>07/01/20</w:t>
                             </w:r>
                             <w:r w:rsidR="00F14FCC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="625F78FF" id="Text Box 165" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;margin-left:119.75pt;margin-top:20.15pt;width:43.95pt;height:18.9pt;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6/MKQ5gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOk6414hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vQ17EURSPjznkN7cTEPP9gq9AVvxYpFzpqyExti24t++Pry5&#10;4swHYRvRg1UVPyjPb7avX21GV6oldNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz5b5vllNgI2DkEq7yl7Pxf5NuFrrWT4rLVXgfUVJ24hnZjOOp7ZdiPKFoXrjDzSEP/AYhDGUtMT&#10;1L0Igu3Q/AU1GIngQYeFhCEDrY1USQOpKfI/1Dx1wqmkhczx7mST/3+w8tP+yX1BFqZ3MNEAkwjv&#10;HkF+98zCXSdsq24RYeyUaKhxES3LRufL46fRal/6CFKPH6GhIYtdgAQ0aRyiK6STEToN4HAyXU2B&#10;SUqu11fF5ZozSaXlKs8v0lAyUT5/7NCH9woGFi8VR5ppAhf7Rx8iGVE+P4m9LDyYvk9z7e1vCXoY&#10;M4l85DszD1M9MdNU/OI6SotiamgOJAdhXhdab7p0gD85G2lVKu5/7AQqzvoPliy5LlaruFspWK3f&#10;LinA80p9XhFWElTFA2fz9S7M+7hzaNqOOs1DsHBLNmqTJL6wOvKndUjKj6sb9+08Tq9efrDtLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAGZxiVzeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyo3SSlbcimQiCuoBZaiZsbb5OIeB3FbhP+HnOC42qeZt4Wm8l24kKDbx0jzGcKBHHl&#10;TMs1wsf7y90KhA+aje4cE8I3ediU11eFzo0beUuXXahFLGGfa4QmhD6X0lcNWe1nrieO2ckNVod4&#10;DrU0gx5jue1kotS9tLrluNDonp4aqr52Z4uwfz19HjL1Vj/bRT+6SUm2a4l4ezM9PoAINIU/GH71&#10;ozqU0enozmy86BCSdL2IKEKmUhARSJNlBuKIsFzNQZaF/P9B+QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA6/MKQ5gEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmcYlc3gAAAAkBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="625F78FF" id="Text Box 165" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;margin-left:119.75pt;margin-top:20.15pt;width:43.95pt;height:18.9pt;z-index:251658312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6/MKQ5gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOk6414hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vQ17EURSPjznkN7cTEPP9gq9AVvxYpFzpqyExti24t++Pry5&#10;4swHYRvRg1UVPyjPb7avX21GV6oldNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAKF2GYNipHQ&#10;hz5b5vllNgI2DkEq7yl7Pxf5NuFrrWT4rLVXgfUVJ24hnZjOOp7ZdiPKFoXrjDzSEP/AYhDGUtMT&#10;1L0Igu3Q/AU1GIngQYeFhCEDrY1USQOpKfI/1Dx1wqmkhczx7mST/3+w8tP+yX1BFqZ3MNEAkwjv&#10;HkF+98zCXSdsq24RYeyUaKhxES3LRufL46fRal/6CFKPH6GhIYtdgAQ0aRyiK6STEToN4HAyXU2B&#10;SUqu11fF5ZozSaXlKs8v0lAyUT5/7NCH9woGFi8VR5ppAhf7Rx8iGVE+P4m9LDyYvk9z7e1vCXoY&#10;M4l85DszD1M9MdNU/OI6SotiamgOJAdhXhdab7p0gD85G2lVKu5/7AQqzvoPliy5LlaruFspWK3f&#10;LinA80p9XhFWElTFA2fz9S7M+7hzaNqOOs1DsHBLNmqTJL6wOvKndUjKj6sb9+08Tq9efrDtLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAGZxiVzeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyo3SSlbcimQiCuoBZaiZsbb5OIeB3FbhP+HnOC42qeZt4Wm8l24kKDbx0jzGcKBHHl&#10;TMs1wsf7y90KhA+aje4cE8I3ediU11eFzo0beUuXXahFLGGfa4QmhD6X0lcNWe1nrieO2ckNVod4&#10;DrU0gx5jue1kotS9tLrluNDonp4aqr52Z4uwfz19HjL1Vj/bRT+6SUm2a4l4ezM9PoAINIU/GH71&#10;ozqU0enozmy86BCSdL2IKEKmUhARSJNlBuKIsFzNQZaF/P9B+QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA6/MKQ5gEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmcYlc3gAAAAkBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2741C449" w14:textId="585DB332" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="00273347" w:rsidP="00EF73AE">
+                    <w:p w14:paraId="2741C449" w14:textId="6B642E9A" w:rsidR="00EF73AE" w:rsidRPr="00172B51" w:rsidRDefault="00273347" w:rsidP="00EF73AE">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>07/01/20</w:t>
                       </w:r>
                       <w:r w:rsidR="00F14FCC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03B1AB67" wp14:editId="36A90C5C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658307" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03B1AB67" wp14:editId="36A90C5C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1590040</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>304165</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="383540" cy="81280"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1449817959" name="Rectangle 157"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="383540" cy="81280"/>
                         </a:xfrm>
@@ -12685,63 +13842,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5E03AD59" id="Rectangle 157" o:spid="_x0000_s1026" style="position:absolute;margin-left:125.2pt;margin-top:23.95pt;width:30.2pt;height:6.4pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANOW0G5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zTdLpSo6WrVVRHS&#10;cpEWPmDqOImF4zFjt2n5esZut1vBGyIPlsfjOT7nzGR5dxis2GsKBl0ty8lUCu0UNsZ1tfz+bfNm&#10;IUWI4Bqw6HQtjzrIu9XrV8vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9NpxskUaIHJIXdEQjIw+&#10;2GI2nb4tRqTGEyodAp8+nJJylfHbVqv4pW2DjsLWkrnFvFJet2ktVkuoOgLfG3WmAf/AYgDj+NEL&#10;1ANEEDsyf0ENRhEGbONE4VBg2xqlswZWU07/UPPUg9dZC5sT/MWm8P9g1ef9k/9KiXrwj6h+BOFw&#10;3YPr9D0Rjr2Ghp8rk1HF6EN1KUhB4FKxHT9hw62FXcTswaGlIQGyOnHIVh8vVutDFIoPbxY3t3Nu&#10;iOLUopwtcicKqJ5rPYX4QeMg0qaWxI3M2LB/DDFxger5SuaO1jQbY20OqNuuLYk9cNM3+cv0WeL1&#10;NevSZYep7ISYTrLIpCuNUKi22BxZI+FpcnjSedMj/ZJi5KmpZfi5A9JS2I+OfXpfzpOqmIP57bsZ&#10;B3Sd2V5nwCmGqmWU4rRdx9No7jyZrueXyiza4T1725os/IXVmSxPRvbjPMVp9K7jfOvlX1v9BgAA&#10;//8DAFBLAwQUAAYACAAAACEA4pgq8d8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF&#10;7yb8h82YeJNdoBSpnRJjwkk9CCZeh+7SNnZ3S3cL5d8znvQ4mS/vfS/fjLYVZ9OHxjuE2VSBMK70&#10;unEVwtd++/gEIkRymlrvDMLVBNgUk7ucMu0v7tOcd7ESHOJCRgh1jF0mZShrYylMfWcc/46+txT5&#10;7Cupe7pwuG3lXKlUWmocN9TUmdfalD+7wSJQmujTx3Hxvn8bUlpXo9ouvxXiw/348gwimjH+wfCr&#10;z+pQsNPBD04H0SLMlyphFCFZrUEwsJgp3nJASNUKZJHL/wuKGwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQANOW0G5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDimCrx3wAAAAkBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="24F94E0B" id="Rectangle 157" o:spid="_x0000_s1026" style="position:absolute;margin-left:125.2pt;margin-top:23.95pt;width:30.2pt;height:6.4pt;z-index:251658307;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANOW0G5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zTdLpSo6WrVVRHS&#10;cpEWPmDqOImF4zFjt2n5esZut1vBGyIPlsfjOT7nzGR5dxis2GsKBl0ty8lUCu0UNsZ1tfz+bfNm&#10;IUWI4Bqw6HQtjzrIu9XrV8vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9NpxskUaIHJIXdEQjIw+&#10;2GI2nb4tRqTGEyodAp8+nJJylfHbVqv4pW2DjsLWkrnFvFJet2ktVkuoOgLfG3WmAf/AYgDj+NEL&#10;1ANEEDsyf0ENRhEGbONE4VBg2xqlswZWU07/UPPUg9dZC5sT/MWm8P9g1ef9k/9KiXrwj6h+BOFw&#10;3YPr9D0Rjr2Ghp8rk1HF6EN1KUhB4FKxHT9hw62FXcTswaGlIQGyOnHIVh8vVutDFIoPbxY3t3Nu&#10;iOLUopwtcicKqJ5rPYX4QeMg0qaWxI3M2LB/DDFxger5SuaO1jQbY20OqNuuLYk9cNM3+cv0WeL1&#10;NevSZYep7ISYTrLIpCuNUKi22BxZI+FpcnjSedMj/ZJi5KmpZfi5A9JS2I+OfXpfzpOqmIP57bsZ&#10;B3Sd2V5nwCmGqmWU4rRdx9No7jyZrueXyiza4T1725os/IXVmSxPRvbjPMVp9K7jfOvlX1v9BgAA&#10;//8DAFBLAwQUAAYACAAAACEA4pgq8d8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF&#10;7yb8h82YeJNdoBSpnRJjwkk9CCZeh+7SNnZ3S3cL5d8znvQ4mS/vfS/fjLYVZ9OHxjuE2VSBMK70&#10;unEVwtd++/gEIkRymlrvDMLVBNgUk7ucMu0v7tOcd7ESHOJCRgh1jF0mZShrYylMfWcc/46+txT5&#10;7Cupe7pwuG3lXKlUWmocN9TUmdfalD+7wSJQmujTx3Hxvn8bUlpXo9ouvxXiw/348gwimjH+wfCr&#10;z+pQsNPBD04H0SLMlyphFCFZrUEwsJgp3nJASNUKZJHL/wuKGwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQANOW0G5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDimCrx3wAAAAkBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52093CF3" wp14:editId="2BC5DA8E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658316" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52093CF3" wp14:editId="2BC5DA8E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="723900" cy="266700"/>
                 <wp:effectExtent l="0" t="1270" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2103268689" name="Text Box 175"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="723900" cy="266700"/>
                         </a:xfrm>
@@ -12752,137 +13910,138 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="138B49B4" w14:textId="60280A74" w:rsidR="00EF73AE" w:rsidRPr="00094E17" w:rsidRDefault="00EF73AE" w:rsidP="00EF73AE">
+                          <w:p w14:paraId="138B49B4" w14:textId="50F07520" w:rsidR="00EF73AE" w:rsidRPr="00094E17" w:rsidRDefault="00EF73AE" w:rsidP="00EF73AE">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00094E17">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>4/30/</w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A6E9A">
+                            <w:r w:rsidR="002E1692">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="52093CF3" id="Text Box 175" o:spid="_x0000_s1066" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:42.25pt;width:57pt;height:21pt;z-index:251671040;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhp9V84QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShtGzUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnix5mKfmXNmvL2ehp4dFHoDtuLLRc6ZshIaY9uKf/t6/+ot&#10;Zz4I24gerKr4UXl+vXv5Yju6UhXQQd8oZARifTm6inchuDLLvOzUIPwCnLKU1ICDCORimzUoRkIf&#10;+qzI83U2AjYOQSrvKXo3J/ku4WutZPistVeB9RWn3kI6MZ11PLPdVpQtCtcZeWpD/EMXgzCWip6h&#10;7kQQbI/mL6jBSAQPOiwkDBlobaRKHIjNMv+DzWMnnEpcSBzvzjL5/wcrPx0e3RdkYXoHEw0wkfDu&#10;AeR3zyzcdsK26gYRxk6Jhgovo2TZ6Hx5ehql9qWPIPX4ERoastgHSECTxiGqQjwZodMAjmfR1RSY&#10;pOCmeH2VU0ZSqlivN2THCqJ8euzQh/cKBhaNiiPNNIGLw4MP89WnK7GWhXvT92muvf0tQJgxkpqP&#10;/c6dh6memGkqvkqFI5kamiPRQZjXhdabjA7wJ2cjrUrF/Y+9QMVZ/8GSJFfLFb1lITmrN5uCHLzM&#10;1JcZYSVBVTxwNpu3Yd7HvUPTdlRpHoKFG5JRm0TxuatT/7QOSaTT6sZ9u/TTrecPtvsFAAD//wMA&#10;UEsDBBQABgAIAAAAIQCm3uar2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyH&#10;yEjcWLKpnUapOyEQVxDjj8Qta7y2onGqJlvLt8c7wc3Pz3rv53I7+16daIxdYITlwoAiroPruEF4&#10;f3u62YCKybKzfWBC+KEI2+ryorSFCxO/0mmXGiUhHAuL0KY0FFrHuiVv4yIMxOIdwuhtEjk22o12&#10;knDf65Uxa+1tx9LQ2oEeWqq/d0eP8PF8+PrMzEvz6PNhCrPR7G814vXVfH8HKtGc/o7hjC/oUAnT&#10;PhzZRdUjyCMJYZPloM7uMpPFXobVOgddlfo/f/ULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAIafVfOEBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEApt7mq9sAAAAHAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="52093CF3" id="Text Box 175" o:spid="_x0000_s1066" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:42.25pt;width:57pt;height:21pt;z-index:251658316;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhp9V84QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShtGzUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnix5mKfmXNmvL2ehp4dFHoDtuLLRc6ZshIaY9uKf/t6/+ot&#10;Zz4I24gerKr4UXl+vXv5Yju6UhXQQd8oZARifTm6inchuDLLvOzUIPwCnLKU1ICDCORimzUoRkIf&#10;+qzI83U2AjYOQSrvKXo3J/ku4WutZPistVeB9RWn3kI6MZ11PLPdVpQtCtcZeWpD/EMXgzCWip6h&#10;7kQQbI/mL6jBSAQPOiwkDBlobaRKHIjNMv+DzWMnnEpcSBzvzjL5/wcrPx0e3RdkYXoHEw0wkfDu&#10;AeR3zyzcdsK26gYRxk6Jhgovo2TZ6Hx5ehql9qWPIPX4ERoastgHSECTxiGqQjwZodMAjmfR1RSY&#10;pOCmeH2VU0ZSqlivN2THCqJ8euzQh/cKBhaNiiPNNIGLw4MP89WnK7GWhXvT92muvf0tQJgxkpqP&#10;/c6dh6memGkqvkqFI5kamiPRQZjXhdabjA7wJ2cjrUrF/Y+9QMVZ/8GSJFfLFb1lITmrN5uCHLzM&#10;1JcZYSVBVTxwNpu3Yd7HvUPTdlRpHoKFG5JRm0TxuatT/7QOSaTT6sZ9u/TTrecPtvsFAAD//wMA&#10;UEsDBBQABgAIAAAAIQCm3uar2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyH&#10;yEjcWLKpnUapOyEQVxDjj8Qta7y2onGqJlvLt8c7wc3Pz3rv53I7+16daIxdYITlwoAiroPruEF4&#10;f3u62YCKybKzfWBC+KEI2+ryorSFCxO/0mmXGiUhHAuL0KY0FFrHuiVv4yIMxOIdwuhtEjk22o12&#10;knDf65Uxa+1tx9LQ2oEeWqq/d0eP8PF8+PrMzEvz6PNhCrPR7G814vXVfH8HKtGc/o7hjC/oUAnT&#10;PhzZRdUjyCMJYZPloM7uMpPFXobVOgddlfo/f/ULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAIafVfOEBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEApt7mq9sAAAAHAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="138B49B4" w14:textId="60280A74" w:rsidR="00EF73AE" w:rsidRPr="00094E17" w:rsidRDefault="00EF73AE" w:rsidP="00EF73AE">
+                    <w:p w14:paraId="138B49B4" w14:textId="50F07520" w:rsidR="00EF73AE" w:rsidRPr="00094E17" w:rsidRDefault="00EF73AE" w:rsidP="00EF73AE">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00094E17">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>4/30/</w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A6E9A">
+                      <w:r w:rsidR="002E1692">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47740866" wp14:editId="7E3332D5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658315" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47740866" wp14:editId="7E3332D5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>44450</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>555625</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="431800" cy="165100"/>
                 <wp:effectExtent l="0" t="1270" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2020264394" name="Rectangle 173"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="431800" cy="165100"/>
                         </a:xfrm>
@@ -12903,123 +14062,140 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3FA3A09F" id="Rectangle 173" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.5pt;margin-top:43.75pt;width:34pt;height:13pt;z-index:251670016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdxyEr5AEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjO0q4z4hRFigwD&#10;ugvQ7QMUWbaFyaJGKnG6rx8lp2mwvQ3zgyCK5BHP0fHq9jg4cTBIFnwty9lcCuM1NNZ3tfz+bfvm&#10;RgqKyjfKgTe1fDIkb9evX63GUJkF9OAag4JBPFVjqGUfY6iKgnRvBkUzCMZzsgUcVOQQu6JBNTL6&#10;4IrFfH5djIBNQNCGiE/vp6RcZ/y2NTp+aVsyUbha8mwxr5jXXVqL9UpVHarQW30aQ/3DFIOyni89&#10;Q92rqMQe7V9Qg9UIBG2caRgKaFurTebAbMr5H2weexVM5sLiUDjLRP8PVn8+PIavmEan8AD6BwkP&#10;m175ztwhwtgb1fB1ZRKqGANV54YUELeK3fgJGn5atY+QNTi2OCRAZieOWeqns9TmGIXmw+Xb8mbO&#10;D6I5VV5flbxPN6jquTkgxQ8GBpE2tUR+yQyuDg8Up9Lnkjw8ONtsrXM5wG63cSgOil99m78TOl2W&#10;OZ+KPaS2CTGdZJaJWPIQVTtonpgkwmQdtjpvesBfUoxsm1rSz71CI4X76Fmo9+VymXyWg+XVuwUH&#10;eJnZXWaU1wxVyyjFtN3EyZv7gLbr+aYyk/Zwx+K2NhN/meo0LFsjS3eycfLeZZyrXn629W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAttz5K3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqFNKkhLiVAipJ+BAi8R1G2+TiHgdYqcNf89yguNoRjNvys3senWiMXSeDSwXCSji2tuO&#10;GwPv++3NGlSIyBZ7z2TgmwJsqsuLEgvrz/xGp11slJRwKNBAG+NQaB3qlhyGhR+IxTv60WEUOTba&#10;jniWctfr2yTJtMOOZaHFgZ5aqj93kzOA2Z39ej2uXvbPU4b3zZxs04/EmOur+fEBVKQ5/oXhF1/Q&#10;oRKmg5/YBtUbyOVJNLDOU1Bi56nog8SWqxR0Ver//NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAB3HISvkAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAC23PkrcAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="01E9CD08" id="Rectangle 173" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.5pt;margin-top:43.75pt;width:34pt;height:13pt;z-index:251658315;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdxyEr5AEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjO0q4z4hRFigwD&#10;ugvQ7QMUWbaFyaJGKnG6rx8lp2mwvQ3zgyCK5BHP0fHq9jg4cTBIFnwty9lcCuM1NNZ3tfz+bfvm&#10;RgqKyjfKgTe1fDIkb9evX63GUJkF9OAag4JBPFVjqGUfY6iKgnRvBkUzCMZzsgUcVOQQu6JBNTL6&#10;4IrFfH5djIBNQNCGiE/vp6RcZ/y2NTp+aVsyUbha8mwxr5jXXVqL9UpVHarQW30aQ/3DFIOyni89&#10;Q92rqMQe7V9Qg9UIBG2caRgKaFurTebAbMr5H2weexVM5sLiUDjLRP8PVn8+PIavmEan8AD6BwkP&#10;m175ztwhwtgb1fB1ZRKqGANV54YUELeK3fgJGn5atY+QNTi2OCRAZieOWeqns9TmGIXmw+Xb8mbO&#10;D6I5VV5flbxPN6jquTkgxQ8GBpE2tUR+yQyuDg8Up9Lnkjw8ONtsrXM5wG63cSgOil99m78TOl2W&#10;OZ+KPaS2CTGdZJaJWPIQVTtonpgkwmQdtjpvesBfUoxsm1rSz71CI4X76Fmo9+VymXyWg+XVuwUH&#10;eJnZXWaU1wxVyyjFtN3EyZv7gLbr+aYyk/Zwx+K2NhN/meo0LFsjS3eycfLeZZyrXn629W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAttz5K3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqFNKkhLiVAipJ+BAi8R1G2+TiHgdYqcNf89yguNoRjNvys3senWiMXSeDSwXCSji2tuO&#10;GwPv++3NGlSIyBZ7z2TgmwJsqsuLEgvrz/xGp11slJRwKNBAG+NQaB3qlhyGhR+IxTv60WEUOTba&#10;jniWctfr2yTJtMOOZaHFgZ5aqj93kzOA2Z39ej2uXvbPU4b3zZxs04/EmOur+fEBVKQ5/oXhF1/Q&#10;oRKmg5/YBtUbyOVJNLDOU1Bi56nog8SWqxR0Ver//NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAB3HISvkAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAC23PkrcAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49730DE4" wp14:editId="70847262">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49730DE4" wp14:editId="3929B3EF">
             <wp:extent cx="5947410" cy="3235960"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="15240" b="21590"/>
             <wp:docPr id="13" name="Picture 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 13"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5947410" cy="3235960"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4585E71E" w14:textId="77777777" w:rsidR="00AE3F70" w:rsidRDefault="00AE3F70">
-      <w:r>
+    <w:p w14:paraId="4585E71E" w14:textId="77777777" w:rsidR="00AE3F70" w:rsidRPr="00D24F02" w:rsidRDefault="00AE3F70">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 13: School Profit &amp; Loss Budget Overview report by class resizing completed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D00466F" w14:textId="5A99B5F4" w:rsidR="00AE3F70" w:rsidRDefault="00A3155E">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3D00466F" w14:textId="5A99B5F4" w:rsidR="00AE3F70" w:rsidRPr="00D24F02" w:rsidRDefault="00A3155E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251716096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B280A01" wp14:editId="63B0DF67">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B280A01" wp14:editId="63B0DF67">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1711325</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>305752</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="558165" cy="240030"/>
                 <wp:effectExtent l="0" t="0" r="0" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="689269102" name="Text Box 316"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="558165" cy="240030"/>
                         </a:xfrm>
@@ -13030,137 +14206,138 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7EC78730" w14:textId="02A74C0E" w:rsidR="00370158" w:rsidRPr="00172B51" w:rsidRDefault="00370158" w:rsidP="00370158">
+                          <w:p w14:paraId="7EC78730" w14:textId="6FD1950E" w:rsidR="00370158" w:rsidRPr="00172B51" w:rsidRDefault="00370158" w:rsidP="00370158">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>07/01/20</w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7B280A01" id="Text Box 316" o:spid="_x0000_s1067" type="#_x0000_t202" style="position:absolute;margin-left:134.75pt;margin-top:24.05pt;width:43.95pt;height:18.9pt;z-index:251716096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPO5jV5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkq4z4hRdiw4D&#10;ugvQ7gNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkN5cTUPP9gq9AVvxYpFzpqyExti24t8f795c&#10;cuaDsI3owaqKH5TnV9vXrzajK9USOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58t8/wiGwEbhyCV95S9nYt8m/C1VjJ81dqrwPqKE7eQTkxnHc9suxFli8J1Rh5piH9gMQhjqekJ&#10;6lYEwXZoXkANRiJ40GEhYchAayNV0kBqivwvNQ+dcCppIXO8O9nk/x+s/LJ/cN+QhekDTDTAJMK7&#10;e5A/PLNw0wnbqmtEGDslGmpcRMuy0fny+Gm02pc+gtTjZ2hoyGIXIAFNGofoCulkhE4DOJxMV1Ng&#10;kpLr9WVxseZMUmm5yvO3aSiZKJ8+dujDRwUDi5eKI800gYv9vQ+RjCifnsReFu5M36e59vaPBD2M&#10;mUQ+8p2Zh6memGkqvkrSopgamgPJQZjXhdabLh3gL85GWpWK+587gYqz/pMlS94Xq1XcrRSs1u+W&#10;FOB5pT6vCCsJquKBs/l6E+Z93Dk0bUed5iFYuCYbtUkSn1kd+dM6JOXH1Y37dh6nV88/2PY3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAVh2iK94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KjdkrRJyKZCIK4gCkXi5sbbJCJeR7HbhL/HnOC4mqeZt+V2tr040+g7xwjLhQJBXDvT&#10;cYPw/vZ0k4HwQbPRvWNC+CYP2+ryotSFcRO/0nkXGhFL2BcaoQ1hKKT0dUtW+4UbiGN2dKPVIZ5j&#10;I82op1hue7lSai2t7jgutHqgh5bqr93JIuyfj58fiXppHm06TG5Wkm0uEa+v5vs7EIHm8AfDr35U&#10;hyo6HdyJjRc9wmqdpxFFSLIliAjcppsExAEhS3OQVSn/f1D9AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAI87mNXlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFYdoiveAAAACQEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="7B280A01" id="Text Box 316" o:spid="_x0000_s1067" type="#_x0000_t202" style="position:absolute;margin-left:134.75pt;margin-top:24.05pt;width:43.95pt;height:18.9pt;z-index:251658360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPO5jV5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkq4z4hRdiw4D&#10;ugvQ7gNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkN5cTUPP9gq9AVvxYpFzpqyExti24t8f795c&#10;cuaDsI3owaqKH5TnV9vXrzajK9USOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIFCbLMGxUjo&#10;Q58t8/wiGwEbhyCV95S9nYt8m/C1VjJ81dqrwPqKE7eQTkxnHc9suxFli8J1Rh5piH9gMQhjqekJ&#10;6lYEwXZoXkANRiJ40GEhYchAayNV0kBqivwvNQ+dcCppIXO8O9nk/x+s/LJ/cN+QhekDTDTAJMK7&#10;e5A/PLNw0wnbqmtEGDslGmpcRMuy0fny+Gm02pc+gtTjZ2hoyGIXIAFNGofoCulkhE4DOJxMV1Ng&#10;kpLr9WVxseZMUmm5yvO3aSiZKJ8+dujDRwUDi5eKI800gYv9vQ+RjCifnsReFu5M36e59vaPBD2M&#10;mUQ+8p2Zh6memGkqvkrSopgamgPJQZjXhdabLh3gL85GWpWK+587gYqz/pMlS94Xq1XcrRSs1u+W&#10;FOB5pT6vCCsJquKBs/l6E+Z93Dk0bUed5iFYuCYbtUkSn1kd+dM6JOXH1Y37dh6nV88/2PY3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAVh2iK94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KjdkrRJyKZCIK4gCkXi5sbbJCJeR7HbhL/HnOC4mqeZt+V2tr040+g7xwjLhQJBXDvT&#10;cYPw/vZ0k4HwQbPRvWNC+CYP2+ryotSFcRO/0nkXGhFL2BcaoQ1hKKT0dUtW+4UbiGN2dKPVIZ5j&#10;I82op1hue7lSai2t7jgutHqgh5bqr93JIuyfj58fiXppHm06TG5Wkm0uEa+v5vs7EIHm8AfDr35U&#10;hyo6HdyJjRc9wmqdpxFFSLIliAjcppsExAEhS3OQVSn/f1D9AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAI87mNXlAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFYdoiveAAAACQEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7EC78730" w14:textId="02A74C0E" w:rsidR="00370158" w:rsidRPr="00172B51" w:rsidRDefault="00370158" w:rsidP="00370158">
+                    <w:p w14:paraId="7EC78730" w14:textId="6FD1950E" w:rsidR="00370158" w:rsidRPr="00172B51" w:rsidRDefault="00370158" w:rsidP="00370158">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>07/01/20</w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A9B91A2" wp14:editId="10EDDC20">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658302" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A9B91A2" wp14:editId="10EDDC20">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1766889</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>344805</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="422910" cy="102870"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="210930182" name="Rectangle 140"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="422910" cy="102870"/>
                         </a:xfrm>
@@ -13181,63 +14358,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="22647F86" id="Rectangle 140" o:spid="_x0000_s1026" style="position:absolute;margin-left:139.15pt;margin-top:27.15pt;width:33.3pt;height:8.1pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpdA665gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46NbG2NOEWRIsOA&#10;bivQ7QMYWbaFyaJGKXG6rx+lpGmw3Yb5IIii+PQe+by8PYxW7DUFg66R5WwuhXYKW+P6Rn7/tnl3&#10;LUWI4Fqw6HQjn3WQt6u3b5aTr3WFA9pWk2AQF+rJN3KI0ddFEdSgRwgz9NpxskMaIXJIfdESTIw+&#10;2qKazz8UE1LrCZUOgU/vj0m5yvhdp1X82nVBR2EbydxiXimv27QWqyXUPYEfjDrRgH9gMYJx/OgZ&#10;6h4iiB2Zv6BGowgDdnGmcCyw64zSWQOrKed/qHkawOushZsT/LlN4f/Bqi/7J/9IiXrwD6h+BOFw&#10;PYDr9R0RToOGlp8rU6OKyYf6XJCCwKViO33GlkcLu4i5B4eOxgTI6sQht/r53Gp9iELx4aKqbkoe&#10;iOJUOa+ur/IoCqhfij2F+FHjKNKmkcSTzOCwfwgxkYH65Uomj9a0G2NtDqjfri2JPfDUN/nL/Fnj&#10;5TXr0mWHqeyImE6yyiQseSjUW2yfWSTh0Tpsdd4MSL+kmNg2jQw/d0BaCvvJcaNuysUi+SwHi/dX&#10;FQd0mdleZsAphmpklOK4XcejN3eeTD/wS2UW7fCOm9uZLPyV1YksWyP342Tj5L3LON96/dlWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhACVaAiXfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAM&#10;hu9I/IfISNxYwvqxrTSdENJOwIENiavXZG1F45Qm3cq/x5zgZFl+9Pp5y+3senG2Y+g8abhfKBCW&#10;am86ajS8H3Z3axAhIhnsPVkN3zbAtrq+KrEw/kJv9ryPjeAQCgVqaGMcCilD3VqHYeEHS3w7+dFh&#10;5HVspBnxwuGul0ulcumwI/7Q4mCfWlt/7ienAfPUfL2ekpfD85TjppnVLvtQWt/ezI8PIKKd4x8M&#10;v/qsDhU7Hf1EJohew3K1ThjVkKU8GUjSdAPiqGGlMpBVKf83qH4AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAqXQOuuYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAJVoCJd8AAAAJAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="70B29B1F" id="Rectangle 140" o:spid="_x0000_s1026" style="position:absolute;margin-left:139.15pt;margin-top:27.15pt;width:33.3pt;height:8.1pt;z-index:251658302;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpdA665gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46NbG2NOEWRIsOA&#10;bivQ7QMYWbaFyaJGKXG6rx+lpGmw3Yb5IIii+PQe+by8PYxW7DUFg66R5WwuhXYKW+P6Rn7/tnl3&#10;LUWI4Fqw6HQjn3WQt6u3b5aTr3WFA9pWk2AQF+rJN3KI0ddFEdSgRwgz9NpxskMaIXJIfdESTIw+&#10;2qKazz8UE1LrCZUOgU/vj0m5yvhdp1X82nVBR2EbydxiXimv27QWqyXUPYEfjDrRgH9gMYJx/OgZ&#10;6h4iiB2Zv6BGowgDdnGmcCyw64zSWQOrKed/qHkawOushZsT/LlN4f/Bqi/7J/9IiXrwD6h+BOFw&#10;PYDr9R0RToOGlp8rU6OKyYf6XJCCwKViO33GlkcLu4i5B4eOxgTI6sQht/r53Gp9iELx4aKqbkoe&#10;iOJUOa+ur/IoCqhfij2F+FHjKNKmkcSTzOCwfwgxkYH65Uomj9a0G2NtDqjfri2JPfDUN/nL/Fnj&#10;5TXr0mWHqeyImE6yyiQseSjUW2yfWSTh0Tpsdd4MSL+kmNg2jQw/d0BaCvvJcaNuysUi+SwHi/dX&#10;FQd0mdleZsAphmpklOK4XcejN3eeTD/wS2UW7fCOm9uZLPyV1YksWyP342Tj5L3LON96/dlWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhACVaAiXfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAM&#10;hu9I/IfISNxYwvqxrTSdENJOwIENiavXZG1F45Qm3cq/x5zgZFl+9Pp5y+3senG2Y+g8abhfKBCW&#10;am86ajS8H3Z3axAhIhnsPVkN3zbAtrq+KrEw/kJv9ryPjeAQCgVqaGMcCilD3VqHYeEHS3w7+dFh&#10;5HVspBnxwuGul0ulcumwI/7Q4mCfWlt/7ienAfPUfL2ekpfD85TjppnVLvtQWt/ezI8PIKKd4x8M&#10;v/qsDhU7Hf1EJohew3K1ThjVkKU8GUjSdAPiqGGlMpBVKf83qH4AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAqXQOuuYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAJVoCJd8AAAAJAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00053CE4">
-        <w:rPr>
+      <w:r w:rsidR="00053CE4" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14B19183" wp14:editId="2968FB30">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658361" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14B19183" wp14:editId="2968FB30">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2439035</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>294323</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="698500" cy="231775"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1659489248" name="Text Box 317"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="698500" cy="231775"/>
                         </a:xfrm>
@@ -13248,137 +14426,138 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1F8D6D07" w14:textId="6EF925B5" w:rsidR="00370158" w:rsidRPr="00172B51" w:rsidRDefault="00370158" w:rsidP="00370158">
+                          <w:p w14:paraId="1F8D6D07" w14:textId="5D606B7F" w:rsidR="00370158" w:rsidRPr="00172B51" w:rsidRDefault="00370158" w:rsidP="00370158">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>06/30/20</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="14B19183" id="Text Box 317" o:spid="_x0000_s1068" type="#_x0000_t202" style="position:absolute;margin-left:192.05pt;margin-top:23.2pt;width:55pt;height:18.25pt;z-index:251717120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRrQmf5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviypGmNOEXXosOA&#10;7gJ0/QBZlm1htqhRSuzs60fJaZqtb8NeBJGUD885pDfX09CzvUKnwZQ8W6ScKSOh1qYt+dP3+3eX&#10;nDkvTC16MKrkB+X49fbtm81oC5VDB32tkBGIccVoS955b4skcbJTg3ALsMpQsQEchKcQ26RGMRL6&#10;0Cd5ml4kI2BtEaRyjrJ3c5FvI37TKOm/No1TnvUlJ24+nhjPKpzJdiOKFoXttDzSEP/AYhDaUNMT&#10;1J3wgu1Qv4IatERw0PiFhCGBptFSRQ2kJkv/UvPYCauiFjLH2ZNN7v/Byi/7R/sNmZ8+wEQDjCKc&#10;fQD5wzEDt50wrbpBhLFToqbGWbAsGa0rjp8Gq13hAkg1foaahix2HiLQ1OAQXCGdjNBpAIeT6Wry&#10;TFLy4upylVJFUil/n63Xq9hBFM8fW3T+o4KBhUvJkWYawcX+wflARhTPT0IvA/e67+Nce/NHgh6G&#10;TCQf+M7M/VRNTNclX+ahcRBTQX0gOQjzutB606UD/MXZSKtScvdzJ1Bx1n8yZMlVtlyG3YrBcrXO&#10;KcDzSnVeEUYSVMk9Z/P11s/7uLOo2446zUMwcEM2NjpKfGF15E/rEJUfVzfs23kcX738YNvfAAAA&#10;//8DAFBLAwQUAAYACAAAACEA1SopQN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG&#10;70j8h8hI3FiyEaa21J0QiCuI8SFxyxqvrWicqsnW8u/JTuxo+9Hr5y03s+vFkcbQeUZYLhQI4trb&#10;jhuEj/fnmwxEiIat6T0Twi8F2FSXF6UprJ/4jY7b2IgUwqEwCG2MQyFlqFtyJiz8QJxuez86E9M4&#10;NtKOZkrhrpcrpdbSmY7Th9YM9NhS/bM9OITPl/33l1avzZO7GyY/K8kul4jXV/PDPYhIc/yH4aSf&#10;1KFKTjt/YBtEj3Cb6WVCEfRag0iAzk+LHUK2ykFWpTxvUP0BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAUa0Jn+UBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA1SopQN0AAAAJAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="14B19183" id="Text Box 317" o:spid="_x0000_s1068" type="#_x0000_t202" style="position:absolute;margin-left:192.05pt;margin-top:23.2pt;width:55pt;height:18.25pt;z-index:251658361;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRrQmf5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviypGmNOEXXosOA&#10;7gJ0/QBZlm1htqhRSuzs60fJaZqtb8NeBJGUD885pDfX09CzvUKnwZQ8W6ScKSOh1qYt+dP3+3eX&#10;nDkvTC16MKrkB+X49fbtm81oC5VDB32tkBGIccVoS955b4skcbJTg3ALsMpQsQEchKcQ26RGMRL6&#10;0Cd5ml4kI2BtEaRyjrJ3c5FvI37TKOm/No1TnvUlJ24+nhjPKpzJdiOKFoXttDzSEP/AYhDaUNMT&#10;1J3wgu1Qv4IatERw0PiFhCGBptFSRQ2kJkv/UvPYCauiFjLH2ZNN7v/Byi/7R/sNmZ8+wEQDjCKc&#10;fQD5wzEDt50wrbpBhLFToqbGWbAsGa0rjp8Gq13hAkg1foaahix2HiLQ1OAQXCGdjNBpAIeT6Wry&#10;TFLy4upylVJFUil/n63Xq9hBFM8fW3T+o4KBhUvJkWYawcX+wflARhTPT0IvA/e67+Nce/NHgh6G&#10;TCQf+M7M/VRNTNclX+ahcRBTQX0gOQjzutB606UD/MXZSKtScvdzJ1Bx1n8yZMlVtlyG3YrBcrXO&#10;KcDzSnVeEUYSVMk9Z/P11s/7uLOo2446zUMwcEM2NjpKfGF15E/rEJUfVzfs23kcX738YNvfAAAA&#10;//8DAFBLAwQUAAYACAAAACEA1SopQN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG&#10;70j8h8hI3FiyEaa21J0QiCuI8SFxyxqvrWicqsnW8u/JTuxo+9Hr5y03s+vFkcbQeUZYLhQI4trb&#10;jhuEj/fnmwxEiIat6T0Twi8F2FSXF6UprJ/4jY7b2IgUwqEwCG2MQyFlqFtyJiz8QJxuez86E9M4&#10;NtKOZkrhrpcrpdbSmY7Th9YM9NhS/bM9OITPl/33l1avzZO7GyY/K8kul4jXV/PDPYhIc/yH4aSf&#10;1KFKTjt/YBtEj3Cb6WVCEfRag0iAzk+LHUK2ykFWpTxvUP0BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAUa0Jn+UBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA1SopQN0AAAAJAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="1F8D6D07" w14:textId="6EF925B5" w:rsidR="00370158" w:rsidRPr="00172B51" w:rsidRDefault="00370158" w:rsidP="00370158">
+                    <w:p w14:paraId="1F8D6D07" w14:textId="5D606B7F" w:rsidR="00370158" w:rsidRPr="00172B51" w:rsidRDefault="00370158" w:rsidP="00370158">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>06/30/20</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00053CE4">
-        <w:rPr>
+      <w:r w:rsidR="00053CE4" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A14CA24" wp14:editId="14DA4C3F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658303" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A14CA24" wp14:editId="14DA4C3F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2524125</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>343218</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="394335" cy="103187"/>
                 <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1599238281" name="Rectangle 141"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="394335" cy="103187"/>
                         </a:xfrm>
@@ -13399,63 +14578,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3DC9704E" id="Rectangle 141" o:spid="_x0000_s1026" style="position:absolute;margin-left:198.75pt;margin-top:27.05pt;width:31.05pt;height:8.1pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7xSbZ5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO0rU14hRFigwD&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zgyCK4iHP0fHy7jBYsdcUDLpalpOpFNopbIzravn92+bd&#10;jRQhgmvAotO1fNZB3q3evlmOvtIz7NE2mgSDuFCNvpZ9jL4qiqB6PUCYoNeOky3SAJFD6oqGYGT0&#10;wRaz6fR9MSI1nlDpEPj04ZiUq4zftlrFL20bdBS2ljxbzCvldZvWYrWEqiPwvVGnMeAfphjAOG56&#10;hnqACGJH5i+owSjCgG2cKBwKbFujdObAbMrpH2yeevA6c2Fxgj/LFP4frPq8f/JfKY0e/COqH0E4&#10;XPfgOn1PhGOvoeF2ZRKqGH2ozgUpCFwqtuMnbPhpYRcxa3BoaUiAzE4cstTPZ6n1IQrFh/PbxXx+&#10;JYXiVDmdlzfXuQNUL8WeQvygcRBpU0vil8zgsH8MMQ0D1cuVPDxa02yMtTmgbru2JPbAr77J3wk9&#10;XF6zLl12mMqOiOkks0zEkodCtcXmmUkSHq3DVudNj/RLipFtU8vwcwekpbAfHQt1Wy4WyWc5WFxd&#10;zzigy8z2MgNOMVQtoxTH7ToevbnzZLqeO5WZtMN7Frc1mfjrVKdh2RpZj5ONk/cu43zr9Wdb/QYA&#10;AP//AwBQSwMEFAAGAAgAAAAhABVu9EPfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQ&#10;RfdI/IM1SOyoXfIoCXEqhNQVsKBFYjuNp0lEPA6x24a/x6zocnSP7j1TrWc7iBNNvnesYblQIIgb&#10;Z3puNXzsNncPIHxANjg4Jg0/5GFdX19VWBp35nc6bUMrYgn7EjV0IYyllL7pyKJfuJE4Zgc3WQzx&#10;nFppJjzHcjvIe6VyabHnuNDhSM8dNV/bo9WAeWq+3w7J6+7lmGPRzmqTfSqtb2/mp0cQgebwD8Of&#10;flSHOjrt3ZGNF4OGpFhlEdWQpUsQEUizIgex17BSCci6kpcf1L8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAe8Um2eYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAFW70Q98AAAAJAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="213AF938" id="Rectangle 141" o:spid="_x0000_s1026" style="position:absolute;margin-left:198.75pt;margin-top:27.05pt;width:31.05pt;height:8.1pt;z-index:251658303;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7xSbZ5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO0rU14hRFigwD&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zgyCK4iHP0fHy7jBYsdcUDLpalpOpFNopbIzravn92+bd&#10;jRQhgmvAotO1fNZB3q3evlmOvtIz7NE2mgSDuFCNvpZ9jL4qiqB6PUCYoNeOky3SAJFD6oqGYGT0&#10;wRaz6fR9MSI1nlDpEPj04ZiUq4zftlrFL20bdBS2ljxbzCvldZvWYrWEqiPwvVGnMeAfphjAOG56&#10;hnqACGJH5i+owSjCgG2cKBwKbFujdObAbMrpH2yeevA6c2Fxgj/LFP4frPq8f/JfKY0e/COqH0E4&#10;XPfgOn1PhGOvoeF2ZRKqGH2ozgUpCFwqtuMnbPhpYRcxa3BoaUiAzE4cstTPZ6n1IQrFh/PbxXx+&#10;JYXiVDmdlzfXuQNUL8WeQvygcRBpU0vil8zgsH8MMQ0D1cuVPDxa02yMtTmgbru2JPbAr77J3wk9&#10;XF6zLl12mMqOiOkks0zEkodCtcXmmUkSHq3DVudNj/RLipFtU8vwcwekpbAfHQt1Wy4WyWc5WFxd&#10;zzigy8z2MgNOMVQtoxTH7ToevbnzZLqeO5WZtMN7Frc1mfjrVKdh2RpZj5ONk/cu43zr9Wdb/QYA&#10;AP//AwBQSwMEFAAGAAgAAAAhABVu9EPfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQ&#10;RfdI/IM1SOyoXfIoCXEqhNQVsKBFYjuNp0lEPA6x24a/x6zocnSP7j1TrWc7iBNNvnesYblQIIgb&#10;Z3puNXzsNncPIHxANjg4Jg0/5GFdX19VWBp35nc6bUMrYgn7EjV0IYyllL7pyKJfuJE4Zgc3WQzx&#10;nFppJjzHcjvIe6VyabHnuNDhSM8dNV/bo9WAeWq+3w7J6+7lmGPRzmqTfSqtb2/mp0cQgebwD8Of&#10;flSHOjrt3ZGNF4OGpFhlEdWQpUsQEUizIgex17BSCci6kpcf1L8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAe8Um2eYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAFW70Q98AAAAJAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251721216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DE8BFB0" wp14:editId="6B50A0B2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658365" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DE8BFB0" wp14:editId="6B50A0B2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5227955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1071245</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="650240" cy="219075"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                 <wp:wrapNone/>
                 <wp:docPr id="794555382" name="Text Box 321"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="650240" cy="219075"/>
                         </a:xfrm>
@@ -13466,173 +14646,174 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0482B3BB" w14:textId="75AD6E60" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
+                          <w:p w14:paraId="0482B3BB" w14:textId="41689BCD" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5DE8BFB0" id="Text Box 321" o:spid="_x0000_s1069" type="#_x0000_t202" style="position:absolute;margin-left:411.65pt;margin-top:84.35pt;width:51.2pt;height:17.25pt;z-index:251721216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDvcg65AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7mw29Jos1VpVYRU&#10;ClLhAxzH3lgkHjP2brJ8PWNnu13gDfFieWacM+ecmayvp6Fne4XegK15scg5U1ZCa+y25t++3r95&#10;x5kPwraiB6tqflCeX29ev1qPrlIldNC3ChmBWF+NruZdCK7KMi87NQi/AKcsFTXgIAKFuM1aFCOh&#10;D31W5vlFNgK2DkEq7yl7Nxf5JuFrrWT4rLVXgfU1J24hnZjOJp7ZZi2qLQrXGXmkIf6BxSCMpaYn&#10;qDsRBNuh+QtqMBLBgw4LCUMGWhupkgZSU+R/qHnqhFNJC5nj3ckm//9g5eP+yX1BFqb3MNEAkwjv&#10;HkB+98zCbSfsVt0gwtgp0VLjIlqWjc5Xx0+j1b7yEaQZP0FLQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k5S8WOXlkiqSSmVxlV+uUgdRPX/s0IcPCgYWLzVHmmkCF/sHHyIZUT0/ib0s3Ju+T3Pt7W8Jehgz&#10;iXzkOzMPUzMx09Z8+TY2jmIaaA8kB2FeF1pvunSAPzkbaVVq7n/sBCrO+o+WLLkqllFASMFydVlS&#10;gOeV5rwirCSomgfO5uttmPdx59BsO+o0D8HCDdmoTZL4wurIn9YhKT+ubty38zi9evnBNr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAThmCI3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbv&#10;SPyHyEjcWELKRleaTgjEFbTxIXHLGq+taJyqydby7zEnuNl6H71+XG5m34sTjrELZOB6oUAg1cF1&#10;1Bh4e326ykHEZMnZPhAa+MYIm+r8rLSFCxNt8bRLjeASioU10KY0FFLGukVv4yIMSJwdwuht4nVs&#10;pBvtxOW+l1qplfS2I77Q2gEfWqy/dkdv4P358Plxo16aR78cpjArSX4tjbm8mO/vQCSc0x8Mv/qs&#10;DhU77cORXBS9gVxnGaMcrPJbEEys9ZKHvQGtMg2yKuX/H6ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEO9yDrkAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABOGYIjfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5DE8BFB0" id="Text Box 321" o:spid="_x0000_s1069" type="#_x0000_t202" style="position:absolute;margin-left:411.65pt;margin-top:84.35pt;width:51.2pt;height:17.25pt;z-index:251658365;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDvcg65AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7mw29Jos1VpVYRU&#10;ClLhAxzH3lgkHjP2brJ8PWNnu13gDfFieWacM+ecmayvp6Fne4XegK15scg5U1ZCa+y25t++3r95&#10;x5kPwraiB6tqflCeX29ev1qPrlIldNC3ChmBWF+NruZdCK7KMi87NQi/AKcsFTXgIAKFuM1aFCOh&#10;D31W5vlFNgK2DkEq7yl7Nxf5JuFrrWT4rLVXgfU1J24hnZjOJp7ZZi2qLQrXGXmkIf6BxSCMpaYn&#10;qDsRBNuh+QtqMBLBgw4LCUMGWhupkgZSU+R/qHnqhFNJC5nj3ckm//9g5eP+yX1BFqb3MNEAkwjv&#10;HkB+98zCbSfsVt0gwtgp0VLjIlqWjc5Xx0+j1b7yEaQZP0FLQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k5S8WOXlkiqSSmVxlV+uUgdRPX/s0IcPCgYWLzVHmmkCF/sHHyIZUT0/ib0s3Ju+T3Pt7W8Jehgz&#10;iXzkOzMPUzMx09Z8+TY2jmIaaA8kB2FeF1pvunSAPzkbaVVq7n/sBCrO+o+WLLkqllFASMFydVlS&#10;gOeV5rwirCSomgfO5uttmPdx59BsO+o0D8HCDdmoTZL4wurIn9YhKT+ubty38zi9evnBNr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAThmCI3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbv&#10;SPyHyEjcWELKRleaTgjEFbTxIXHLGq+taJyqydby7zEnuNl6H71+XG5m34sTjrELZOB6oUAg1cF1&#10;1Bh4e326ykHEZMnZPhAa+MYIm+r8rLSFCxNt8bRLjeASioU10KY0FFLGukVv4yIMSJwdwuht4nVs&#10;pBvtxOW+l1qplfS2I77Q2gEfWqy/dkdv4P358Plxo16aR78cpjArSX4tjbm8mO/vQCSc0x8Mv/qs&#10;DhU77cORXBS9gVxnGaMcrPJbEEys9ZKHvQGtMg2yKuX/H6ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEO9yDrkAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABOGYIjfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0482B3BB" w14:textId="75AD6E60" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
+                    <w:p w14:paraId="0482B3BB" w14:textId="41689BCD" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="357DAB44" wp14:editId="007CAEBB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658306" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="357DAB44" wp14:editId="007CAEBB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5200015</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1118235</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="614680" cy="88265"/>
                 <wp:effectExtent l="0" t="0" r="0" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="686564161" name="Rectangle 146"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="614680" cy="88265"/>
                         </a:xfrm>
@@ -13653,63 +14834,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1D1DC767" id="Rectangle 146" o:spid="_x0000_s1026" style="position:absolute;margin-left:409.45pt;margin-top:88.05pt;width:48.4pt;height:6.95pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4Itps5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3VLSVqulp1VYS0&#10;wEoLHzB1nMTC8Zix23T5esZut1vBDZGD5fGMn+e9eVndHgcrDpqCQVfLcjKVQjuFjXFdLb9/275b&#10;ShEiuAYsOl3LZx3k7frtm9XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu042SINEDmkrmgIRkYf&#10;bDGbThfFiNR4QqVD4NP7U1KuM37bahW/tm3QUdhacm8xr5TXXVqL9QqqjsD3Rp3bgH/oYgDj+NEL&#10;1D1EEHsyf0ENRhEGbONE4VBg2xqlMwdmU07/YPPUg9eZC4sT/EWm8P9g1ZfDk3+k1HrwD6h+BOFw&#10;04Pr9B0Rjr2Ghp8rk1DF6EN1uZCCwFfFbvyMDY8W9hGzBseWhgTI7MQxS/18kVofo1B8uCjniyUP&#10;RHFquZwtbvIDUL3c9RTiR42DSJtaEg8yY8PhIcTUC1QvJbl3tKbZGmtzQN1uY0kcgIe+zd8ZPVyX&#10;WZeKHaZrJ8R0kkkmXslCodph88wcCU/OYafzpkf6JcXIrqll+LkH0lLYT451+lDO58lmOZjfvJ9x&#10;QNeZ3XUGnGKoWkYpTttNPFlz78l0Pb9UZtIO71jb1mTir12dm2VnZD3OLk7Wu45z1eu/tv4NAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB3EkXb3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmwru2aTghpJ+DAhsTVa7K2WuOUJt3K22NOcLT/T78/l5vZ9eJsx9B50pAsFAhLtTcd&#10;NRo+9tu7DESISAZ7T1bDtw2wqa6vSiyMv9C7Pe9iI7iEQoEa2hiHQspQt9ZhWPjBEmdHPzqMPI6N&#10;NCNeuNz18l6pVDrsiC+0ONjn1tan3eQ0YPpovt6OD6/7lynFvJnVdvmptL69mZ/WIKKd4x8Mv/qs&#10;DhU7HfxEJoheQ5ZkOaMcrNIEBBN5slyBOPAmVwpkVcr/P1Q/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAHgi2mzkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHcSRdvfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="0C52CFFB" id="Rectangle 146" o:spid="_x0000_s1026" style="position:absolute;margin-left:409.45pt;margin-top:88.05pt;width:48.4pt;height:6.95pt;z-index:251658306;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4Itps5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3VLSVqulp1VYS0&#10;wEoLHzB1nMTC8Zix23T5esZut1vBDZGD5fGMn+e9eVndHgcrDpqCQVfLcjKVQjuFjXFdLb9/275b&#10;ShEiuAYsOl3LZx3k7frtm9XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu042SINEDmkrmgIRkYf&#10;bDGbThfFiNR4QqVD4NP7U1KuM37bahW/tm3QUdhacm8xr5TXXVqL9QqqjsD3Rp3bgH/oYgDj+NEL&#10;1D1EEHsyf0ENRhEGbONE4VBg2xqlMwdmU07/YPPUg9eZC4sT/EWm8P9g1ZfDk3+k1HrwD6h+BOFw&#10;04Pr9B0Rjr2Ghp8rk1DF6EN1uZCCwFfFbvyMDY8W9hGzBseWhgTI7MQxS/18kVofo1B8uCjniyUP&#10;RHFquZwtbvIDUL3c9RTiR42DSJtaEg8yY8PhIcTUC1QvJbl3tKbZGmtzQN1uY0kcgIe+zd8ZPVyX&#10;WZeKHaZrJ8R0kkkmXslCodph88wcCU/OYafzpkf6JcXIrqll+LkH0lLYT451+lDO58lmOZjfvJ9x&#10;QNeZ3XUGnGKoWkYpTttNPFlz78l0Pb9UZtIO71jb1mTir12dm2VnZD3OLk7Wu45z1eu/tv4NAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB3EkXb3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmwru2aTghpJ+DAhsTVa7K2WuOUJt3K22NOcLT/T78/l5vZ9eJsx9B50pAsFAhLtTcd&#10;NRo+9tu7DESISAZ7T1bDtw2wqa6vSiyMv9C7Pe9iI7iEQoEa2hiHQspQt9ZhWPjBEmdHPzqMPI6N&#10;NCNeuNz18l6pVDrsiC+0ONjn1tan3eQ0YPpovt6OD6/7lynFvJnVdvmptL69mZ/WIKKd4x8Mv/qs&#10;DhU7HfxEJoheQ5ZkOaMcrNIEBBN5slyBOPAmVwpkVcr/P1Q/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAHgi2mzkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHcSRdvfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251719168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="609AE22F" wp14:editId="56F4965F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658363" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="609AE22F" wp14:editId="56F4965F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3822700</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1064260</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="650240" cy="219075"/>
                 <wp:effectExtent l="3175" t="0" r="3810" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1728556832" name="Text Box 319"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="650240" cy="219075"/>
                         </a:xfrm>
@@ -13720,185 +14902,186 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="14D8551A" w14:textId="0E5B7AB3" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
+                          <w:p w14:paraId="14D8551A" w14:textId="4F1B1887" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">– Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="609AE22F" id="Text Box 319" o:spid="_x0000_s1070" type="#_x0000_t202" style="position:absolute;margin-left:301pt;margin-top:83.8pt;width:51.2pt;height:17.25pt;z-index:251719168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgXpHR4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvgCp12NOEXXosOA&#10;7gJ0+wBZlm1htqhRSuzs60fJaZqtb8VeBJGUD885pDfX8ziwvUKnwVQ8W6WcKSOh0aar+I/v9+/e&#10;c+a8MI0YwKiKH5Tj19u3bzaTLVUOPQyNQkYgxpWTrXjvvS2TxMlejcKtwCpDxRZwFJ5C7JIGxUTo&#10;45DkaXqRTICNRZDKOcreLUW+jfhtq6T/2rZOeTZUnLj5eGI863Am240oOxS21/JIQ7yCxSi0oaYn&#10;qDvhBduhfgE1aongoPUrCWMCbaulihpITZb+o+axF1ZFLWSOsyeb3P+DlV/2j/YbMj9/gJkGGEU4&#10;+wDyp2MGbnthOnWDCFOvREONs2BZMllXHj8NVrvSBZB6+gwNDVnsPESgucUxuEI6GaHTAA4n09Xs&#10;maTkxTrNC6pIKuXZVXq5jh1E+fSxRec/KhhZuFQcaaYRXOwfnA9kRPn0JPQycK+HIc51MH8l6GHI&#10;RPKB78Lcz/XMdFPxogiNg5gamgPJQVjWhdabLj3gb84mWpWKu187gYqz4ZMhS66yIgjwMSjWlzkF&#10;eF6pzyvCSIKquOdsud76ZR93FnXXU6dlCAZuyMZWR4nPrI78aR2i8uPqhn07j+Or5x9s+wcAAP//&#10;AwBQSwMEFAAGAAgAAAAhALr6eoHfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1lbhRu1FIIcSpEIgriAKVenPjbRI1Xkex26R/3+VEj6MZzbwpVpPrxAmH0HrSsJgrEEiVty3V&#10;Gn6+3+8fQYRoyJrOE2o4Y4BVeXtTmNz6kb7wtI614BIKudHQxNjnUoaqQWfC3PdI7O394ExkOdTS&#10;DmbkctfJRKlMOtMSLzSmx9cGq8P66DT8fuy3m1R91m/uoR/9pCS5J6n13Wx6eQYRcYr/YfjDZ3Qo&#10;mWnnj2SD6DRkKuEvkY1smYHgxFKlKYidhkQlC5BlIa8/lBcAAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA4F6R0eMBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAuvp6gd8AAAALAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="609AE22F" id="Text Box 319" o:spid="_x0000_s1070" type="#_x0000_t202" style="position:absolute;margin-left:301pt;margin-top:83.8pt;width:51.2pt;height:17.25pt;z-index:251658363;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgXpHR4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvgCp12NOEXXosOA&#10;7gJ0+wBZlm1htqhRSuzs60fJaZqtb8VeBJGUD885pDfX8ziwvUKnwVQ8W6WcKSOh0aar+I/v9+/e&#10;c+a8MI0YwKiKH5Tj19u3bzaTLVUOPQyNQkYgxpWTrXjvvS2TxMlejcKtwCpDxRZwFJ5C7JIGxUTo&#10;45DkaXqRTICNRZDKOcreLUW+jfhtq6T/2rZOeTZUnLj5eGI863Am240oOxS21/JIQ7yCxSi0oaYn&#10;qDvhBduhfgE1aongoPUrCWMCbaulihpITZb+o+axF1ZFLWSOsyeb3P+DlV/2j/YbMj9/gJkGGEU4&#10;+wDyp2MGbnthOnWDCFOvREONs2BZMllXHj8NVrvSBZB6+gwNDVnsPESgucUxuEI6GaHTAA4n09Xs&#10;maTkxTrNC6pIKuXZVXq5jh1E+fSxRec/KhhZuFQcaaYRXOwfnA9kRPn0JPQycK+HIc51MH8l6GHI&#10;RPKB78Lcz/XMdFPxogiNg5gamgPJQVjWhdabLj3gb84mWpWKu187gYqz4ZMhS66yIgjwMSjWlzkF&#10;eF6pzyvCSIKquOdsud76ZR93FnXXU6dlCAZuyMZWR4nPrI78aR2i8uPqhn07j+Or5x9s+wcAAP//&#10;AwBQSwMEFAAGAAgAAAAhALr6eoHfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1lbhRu1FIIcSpEIgriAKVenPjbRI1Xkex26R/3+VEj6MZzbwpVpPrxAmH0HrSsJgrEEiVty3V&#10;Gn6+3+8fQYRoyJrOE2o4Y4BVeXtTmNz6kb7wtI614BIKudHQxNjnUoaqQWfC3PdI7O394ExkOdTS&#10;DmbkctfJRKlMOtMSLzSmx9cGq8P66DT8fuy3m1R91m/uoR/9pCS5J6n13Wx6eQYRcYr/YfjDZ3Qo&#10;mWnnj2SD6DRkKuEvkY1smYHgxFKlKYidhkQlC5BlIa8/lBcAAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA4F6R0eMBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAuvp6gd8AAAALAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="14D8551A" w14:textId="0E5B7AB3" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
+                    <w:p w14:paraId="14D8551A" w14:textId="4F1B1887" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">– Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30E3FD6A" wp14:editId="06BB1BC9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658304" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30E3FD6A" wp14:editId="06BB1BC9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3851275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1120140</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="556895" cy="86360"/>
                 <wp:effectExtent l="3175" t="0" r="1905" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1308453634" name="Rectangle 144"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="556895" cy="86360"/>
                         </a:xfrm>
@@ -13919,63 +15102,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="73EEE4AD" id="Rectangle 144" o:spid="_x0000_s1026" style="position:absolute;margin-left:303.25pt;margin-top:88.2pt;width:43.85pt;height:6.8pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO09Wd5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9GO0zAQfEfiHyy/07SlLb2o6enUUxHS&#10;wSEdfMDWcRILx2vWbtPj61m7vV4Fb4g8WF6vPZ4ZT1a3x96Kg6Zg0FVyMhpLoZ3C2ri2kt+/bd8t&#10;pQgRXA0Wna7ksw7ydv32zWrwpZ5ih7bWJBjEhXLwlexi9GVRBNXpHsIIvXbcbJB6iFxSW9QEA6P3&#10;tpiOx4tiQKo9odIh8Or9qSnXGb9ptIqPTRN0FLaSzC3mkfK4S2OxXkHZEvjOqDMN+AcWPRjHl16g&#10;7iGC2JP5C6o3ijBgE0cK+wKbxiidNbCayfgPNU8deJ21sDnBX2wK/w9WfTk8+a+UqAf/gOpHEA43&#10;HbhW3xHh0Gmo+bpJMqoYfCgvB1IR+KjYDZ+x5qeFfcTswbGhPgGyOnHMVj9frNbHKBQvzueL5c1c&#10;CsWt5eL9Ir9EAeXLWU8hftTYizSpJPFDZmw4PISYuED5siVzR2vqrbE2F9TuNpbEAfjRt/nL9Fni&#10;9Tbr0maH6dgJMa1kkUlXilAod1g/s0bCU3I46TzpkH5JMXBqKhl+7oG0FPaTY59uJrNZilkuZvMP&#10;Uy7ourO77oBTDFXJKMVpuomnaO49mbbjmyZZtMM79rYxWfgrqzNZTkb245ziFL3rOu96/dfWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhAKz8rQLeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4sYXSBlqYTQtoJOLAhcfWarK1onNKkW3l7zIkd7f/T78/leva9OLoxdoEM3C4UCEd1&#10;sB01Bj52m5sHEDEhWewDOQM/LsK6urwosbDhRO/uuE2N4BKKBRpoUxoKKWPdOo9xEQZHnB3C6DHx&#10;ODbSjnjict/LpVJaeuyIL7Q4uOfW1V/byRtAndnvt8Pd6+5l0pg3s9qsPpUx11fz0yOI5Ob0D8Of&#10;PqtDxU77MJGNojeglV4xysG9zkAwofNsCWLPm1wpkFUpz3+ofgEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBO09Wd5gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCs/K0C3gAAAAsBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="54EF72EE" id="Rectangle 144" o:spid="_x0000_s1026" style="position:absolute;margin-left:303.25pt;margin-top:88.2pt;width:43.85pt;height:6.8pt;z-index:251658304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO09Wd5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9GO0zAQfEfiHyy/07SlLb2o6enUUxHS&#10;wSEdfMDWcRILx2vWbtPj61m7vV4Fb4g8WF6vPZ4ZT1a3x96Kg6Zg0FVyMhpLoZ3C2ri2kt+/bd8t&#10;pQgRXA0Wna7ksw7ydv32zWrwpZ5ih7bWJBjEhXLwlexi9GVRBNXpHsIIvXbcbJB6iFxSW9QEA6P3&#10;tpiOx4tiQKo9odIh8Or9qSnXGb9ptIqPTRN0FLaSzC3mkfK4S2OxXkHZEvjOqDMN+AcWPRjHl16g&#10;7iGC2JP5C6o3ijBgE0cK+wKbxiidNbCayfgPNU8deJ21sDnBX2wK/w9WfTk8+a+UqAf/gOpHEA43&#10;HbhW3xHh0Gmo+bpJMqoYfCgvB1IR+KjYDZ+x5qeFfcTswbGhPgGyOnHMVj9frNbHKBQvzueL5c1c&#10;CsWt5eL9Ir9EAeXLWU8hftTYizSpJPFDZmw4PISYuED5siVzR2vqrbE2F9TuNpbEAfjRt/nL9Fni&#10;9Tbr0maH6dgJMa1kkUlXilAod1g/s0bCU3I46TzpkH5JMXBqKhl+7oG0FPaTY59uJrNZilkuZvMP&#10;Uy7ourO77oBTDFXJKMVpuomnaO49mbbjmyZZtMM79rYxWfgrqzNZTkb245ziFL3rOu96/dfWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhAKz8rQLeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4sYXSBlqYTQtoJOLAhcfWarK1onNKkW3l7zIkd7f/T78/leva9OLoxdoEM3C4UCEd1&#10;sB01Bj52m5sHEDEhWewDOQM/LsK6urwosbDhRO/uuE2N4BKKBRpoUxoKKWPdOo9xEQZHnB3C6DHx&#10;ODbSjnjict/LpVJaeuyIL7Q4uOfW1V/byRtAndnvt8Pd6+5l0pg3s9qsPpUx11fz0yOI5Ob0D8Of&#10;PqtDxU77MJGNojeglV4xysG9zkAwofNsCWLPm1wpkFUpz3+ofgEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBO09Wd5gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCs/K0C3gAAAAsBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="450EB74D" wp14:editId="0832D842">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658364" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="450EB74D" wp14:editId="0832D842">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4535805</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1069975</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="650240" cy="219075"/>
                 <wp:effectExtent l="1905" t="0" r="0" b="4445"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1754535668" name="Text Box 320"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="650240" cy="219075"/>
                         </a:xfrm>
@@ -13986,185 +15170,186 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1CC3EF8E" w14:textId="6162FC8D" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
+                          <w:p w14:paraId="1CC3EF8E" w14:textId="36AA3E52" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">– Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="450EB74D" id="Text Box 320" o:spid="_x0000_s1071" type="#_x0000_t202" style="position:absolute;margin-left:357.15pt;margin-top:84.25pt;width:51.2pt;height:17.25pt;z-index:251720192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAEGQ94wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOknY14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vhV7EURSPjznkN5cT0PP9gq9AVvxYpFzpqyExti24j++3797&#10;z5kPwjaiB6sqflCeX2/fvtmMrlRL6KBvFDICsb4cXcW7EFyZZV52ahB+AU5ZKmrAQQQKsc0aFCOh&#10;D322zPOLbARsHIJU3lP2bi7ybcLXWsnwVWuvAusrTtxCOjGddTyz7UaULQrXGXmkIV7BYhDGUtMT&#10;1J0Igu3QvIAajETwoMNCwpCB1kaqpIHUFPk/ah474VTSQuZ4d7LJ/z9Y+WX/6L4hC9MHmGiASYR3&#10;DyB/embhthO2VTeIMHZKNNS4iJZlo/Pl8dNotS99BKnHz9DQkMUuQAKaNA7RFdLJCJ0GcDiZrqbA&#10;JCUv1vlyRRVJpWVxlV+uUwdRPn3s0IePCgYWLxVHmmkCF/sHHyIZUT49ib0s3Ju+T3Pt7V8Jehgz&#10;iXzkOzMPUz0x01R8lRpHMTU0B5KDMK8LrTddOsDfnI20KhX3v3YCFWf9J0uWXBWrKCCkYLW+XFKA&#10;55X6vCKsJKiKB87m622Y93Hn0LQddZqHYOGGbNQmSXxmdeRP65CUH1c37tt5nF49/2DbPwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMOhSvHfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOyonT7SEOJUCMQW1AKVunPjaRIRj6PYbcLfM6xgObpH954pNpPrxAWH0HrSkMwUCKTK25Zq&#10;DR/vL3cZiBANWdN5Qg3fGGBTXl8VJrd+pC1edrEWXEIhNxqaGPtcylA16EyY+R6Js5MfnIl8DrW0&#10;gxm53HVyrlQqnWmJFxrT41OD1dfu7DR8vp4O+6V6q5/dqh/9pCS5e6n17c30+AAi4hT/YPjVZ3Uo&#10;2enoz2SD6DSsk+WCUQ7SbAWCiSxJ1yCOGuZqoUCWhfz/Q/kDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAQBBkPeMBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAw6FK8d8AAAALAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="450EB74D" id="Text Box 320" o:spid="_x0000_s1071" type="#_x0000_t202" style="position:absolute;margin-left:357.15pt;margin-top:84.25pt;width:51.2pt;height:17.25pt;z-index:251658364;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAEGQ94wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOknY14hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lp2m2vhV7EURSPjznkN5cT0PP9gq9AVvxYpFzpqyExti24j++3797&#10;z5kPwjaiB6sqflCeX2/fvtmMrlRL6KBvFDICsb4cXcW7EFyZZV52ahB+AU5ZKmrAQQQKsc0aFCOh&#10;D322zPOLbARsHIJU3lP2bi7ybcLXWsnwVWuvAusrTtxCOjGddTyz7UaULQrXGXmkIV7BYhDGUtMT&#10;1J0Igu3QvIAajETwoMNCwpCB1kaqpIHUFPk/ah474VTSQuZ4d7LJ/z9Y+WX/6L4hC9MHmGiASYR3&#10;DyB/embhthO2VTeIMHZKNNS4iJZlo/Pl8dNotS99BKnHz9DQkMUuQAKaNA7RFdLJCJ0GcDiZrqbA&#10;JCUv1vlyRRVJpWVxlV+uUwdRPn3s0IePCgYWLxVHmmkCF/sHHyIZUT49ib0s3Ju+T3Pt7V8Jehgz&#10;iXzkOzMPUz0x01R8lRpHMTU0B5KDMK8LrTddOsDfnI20KhX3v3YCFWf9J0uWXBWrKCCkYLW+XFKA&#10;55X6vCKsJKiKB87m622Y93Hn0LQddZqHYOGGbNQmSXxmdeRP65CUH1c37tt5nF49/2DbPwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMOhSvHfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOyonT7SEOJUCMQW1AKVunPjaRIRj6PYbcLfM6xgObpH954pNpPrxAWH0HrSkMwUCKTK25Zq&#10;DR/vL3cZiBANWdN5Qg3fGGBTXl8VJrd+pC1edrEWXEIhNxqaGPtcylA16EyY+R6Js5MfnIl8DrW0&#10;gxm53HVyrlQqnWmJFxrT41OD1dfu7DR8vp4O+6V6q5/dqh/9pCS5e6n17c30+AAi4hT/YPjVZ3Uo&#10;2enoz2SD6DSsk+WCUQ7SbAWCiSxJ1yCOGuZqoUCWhfz/Q/kDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAQBBkPeMBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAw6FK8d8AAAALAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="1CC3EF8E" w14:textId="6162FC8D" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
+                    <w:p w14:paraId="1CC3EF8E" w14:textId="36AA3E52" w:rsidR="009A7A2D" w:rsidRPr="00172B51" w:rsidRDefault="009A7A2D" w:rsidP="009A7A2D">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">– Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31202ECA" wp14:editId="0BA8B8A3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658305" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31202ECA" wp14:editId="0BA8B8A3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4536440</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1125220</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="602615" cy="81280"/>
                 <wp:effectExtent l="2540" t="3175" r="4445" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="107612900" name="Rectangle 145"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="602615" cy="81280"/>
                         </a:xfrm>
@@ -14185,63 +15370,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7BB4F891" id="Rectangle 145" o:spid="_x0000_s1026" style="position:absolute;margin-left:357.2pt;margin-top:88.6pt;width:47.45pt;height:6.4pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9Ho4r5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9GO0zAQfEfiHyy/0zRVrxxR09OppyKk&#10;A046+ICt4yQWjtes3abl61m7vV4Fb4g8WF6vPZ4ZT5Z3h8GKvaZg0NWynEyl0E5hY1xXy+/fNu9u&#10;pQgRXAMWna7lUQd5t3r7Zjn6Ss+wR9toEgziQjX6WvYx+qoogur1AGGCXjtutkgDRC6pKxqCkdEH&#10;W8ym00UxIjWeUOkQePXh1JSrjN+2WsWvbRt0FLaWzC3mkfK4TWOxWkLVEfjeqDMN+AcWAxjHl16g&#10;HiCC2JH5C2owijBgGycKhwLb1iidNbCacvqHmucevM5a2JzgLzaF/wervuyf/RMl6sE/ovoRhMN1&#10;D67T90Q49hoavq5MRhWjD9XlQCoCHxXb8TM2/LSwi5g9OLQ0JEBWJw7Z6uPFan2IQvHiYjpblDdS&#10;KG7dlrPb/BIFVC9nPYX4UeMg0qSWxA+ZsWH/GGLiAtXLlswdrWk2xtpcULddWxJ74Eff5C/TZ4nX&#10;26xLmx2mYyfEtJJFJl0pQqHaYnNkjYSn5HDSedIj/ZJi5NTUMvzcAWkp7CfHPn0o5/MUs1zMb97P&#10;uKDrzva6A04xVC2jFKfpOp6iufNkup5vKrNoh/fsbWuy8FdWZ7KcjOzHOcUpetd13vX6r61+AwAA&#10;//8DAFBLAwQUAAYACAAAACEANXtM6t8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbizZVtq1NJ0Q0k7AgQ2Jq9d4bUWTlCbdyttjTnC0/0+/P5fb2fbiTGPovNOwXCgQ5Gpv&#10;OtdoeD/s7jYgQkRnsPeONHxTgG11fVViYfzFvdF5HxvBJS4UqKGNcSikDHVLFsPCD+Q4O/nRYuRx&#10;bKQZ8cLltpcrpVJpsXN8ocWBnlqqP/eT1YBpYr5eT+uXw/OUYt7Manf/obS+vZkfH0BEmuMfDL/6&#10;rA4VOx395EwQvYZsmSSMcpBlKxBMbFS+BnHkTa4UyKqU/3+ofgAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9Ho4r5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQA1e0zq3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7A795F06" id="Rectangle 145" o:spid="_x0000_s1026" style="position:absolute;margin-left:357.2pt;margin-top:88.6pt;width:47.45pt;height:6.4pt;z-index:251658305;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9Ho4r5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9GO0zAQfEfiHyy/0zRVrxxR09OppyKk&#10;A046+ICt4yQWjtes3abl61m7vV4Fb4g8WF6vPZ4ZT5Z3h8GKvaZg0NWynEyl0E5hY1xXy+/fNu9u&#10;pQgRXAMWna7lUQd5t3r7Zjn6Ss+wR9toEgziQjX6WvYx+qoogur1AGGCXjtutkgDRC6pKxqCkdEH&#10;W8ym00UxIjWeUOkQePXh1JSrjN+2WsWvbRt0FLaWzC3mkfK4TWOxWkLVEfjeqDMN+AcWAxjHl16g&#10;HiCC2JH5C2owijBgGycKhwLb1iidNbCacvqHmucevM5a2JzgLzaF/wervuyf/RMl6sE/ovoRhMN1&#10;D67T90Q49hoavq5MRhWjD9XlQCoCHxXb8TM2/LSwi5g9OLQ0JEBWJw7Z6uPFan2IQvHiYjpblDdS&#10;KG7dlrPb/BIFVC9nPYX4UeMg0qSWxA+ZsWH/GGLiAtXLlswdrWk2xtpcULddWxJ74Eff5C/TZ4nX&#10;26xLmx2mYyfEtJJFJl0pQqHaYnNkjYSn5HDSedIj/ZJi5NTUMvzcAWkp7CfHPn0o5/MUs1zMb97P&#10;uKDrzva6A04xVC2jFKfpOp6iufNkup5vKrNoh/fsbWuy8FdWZ7KcjOzHOcUpetd13vX6r61+AwAA&#10;//8DAFBLAwQUAAYACAAAACEANXtM6t8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbizZVtq1NJ0Q0k7AgQ2Jq9d4bUWTlCbdyttjTnC0/0+/P5fb2fbiTGPovNOwXCgQ5Gpv&#10;OtdoeD/s7jYgQkRnsPeONHxTgG11fVViYfzFvdF5HxvBJS4UqKGNcSikDHVLFsPCD+Q4O/nRYuRx&#10;bKQZ8cLltpcrpVJpsXN8ocWBnlqqP/eT1YBpYr5eT+uXw/OUYt7Manf/obS+vZkfH0BEmuMfDL/6&#10;rA4VOx395EwQvYZsmSSMcpBlKxBMbFS+BnHkTa4UyKqU/3+ofgAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9Ho4r5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQA1e0zq3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AAFC21E" wp14:editId="6140CD97">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658362" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AAFC21E" wp14:editId="6140CD97">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2864485</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>795655</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1647190" cy="222250"/>
                 <wp:effectExtent l="0" t="0" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2081533309" name="Text Box 318"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1647190" cy="222250"/>
                         </a:xfrm>
@@ -14252,201 +15438,202 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="67435A51" w14:textId="1C546A95" w:rsidR="00370158" w:rsidRPr="00BF2D04" w:rsidRDefault="00370158" w:rsidP="00370158">
+                          <w:p w14:paraId="67435A51" w14:textId="0C6806C6" w:rsidR="00370158" w:rsidRPr="00BF2D04" w:rsidRDefault="00370158" w:rsidP="00370158">
                             <w:pPr>
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>July 20</w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BF2D04">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> through June 20</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0BAC">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:color w:val="1F3864"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3AAFC21E" id="Text Box 318" o:spid="_x0000_s1072" type="#_x0000_t202" style="position:absolute;margin-left:225.55pt;margin-top:62.65pt;width:129.7pt;height:17.5pt;z-index:251718144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDb4fRv5AEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IMxWkEy0GaIEWB&#10;9AGk/QCKIiWiEpdd0pbcr++Schy3uQXVgeByydmZ2dXmehp6tlfoDdiK54slZ8pKaIxtK/7j+/27&#10;95z5IGwjerCq4gfl+fX27ZvN6Eq1gg76RiEjEOvL0VW8C8GVWeZlpwbhF+CUpaQGHESgENusQTES&#10;+tBnq+VynY2AjUOQyns6vZuTfJvwtVYyfNXaq8D6ihO3kFZMax3XbLsRZYvCdUYeaYhXsBiEsVT0&#10;BHUngmA7NC+gBiMRPOiwkDBkoLWRKmkgNfnyHzWPnXAqaSFzvDvZ5P8frPyyf3TfkIXpA0zUwCTC&#10;uweQPz2zcNsJ26obRBg7JRoqnEfLstH58vg0Wu1LH0Hq8TM01GSxC5CAJo1DdIV0MkKnBhxOpqsp&#10;MBlLrovL/IpSknIr+i5SVzJRPr126MNHBQOLm4ojNTWhi/2DD5GNKJ+uxGIW7k3fp8b29q8DuhhP&#10;EvtIeKYepnpipql4sY7aopoamgPpQZjnheabNh3gb85GmpWK+187gYqz/pMlT67yoojDlYLi4nJF&#10;AZ5n6vOMsJKgKh44m7e3YR7InUPTdlRp7oKFG/JRmyTxmdWRP81DUn6c3Thw53G69fyHbf8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCyS52f3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SHuHyJO4saTbOljXdEIgrqANNolb1nhtReNUTbaWt8ec4Gj/n35/zreja8UV+9B40pDMFAik0tuG&#10;Kg0f7y93DyBCNGRN6wk1fGOAbTG5yU1m/UA7vO5jJbiEQmY01DF2mZShrNGZMPMdEmdn3zsTeewr&#10;aXszcLlr5VyplXSmIb5Qmw6faiy/9hen4fB6/jwu1Vv17NJu8KOS5NZS69vp+LgBEXGMfzD86rM6&#10;FOx08heyQbQalmmSMMrBPF2AYOI+USmIE29WagGyyOX/H4ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANvh9G/kAQAAqQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALJLnZ/fAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="3AAFC21E" id="Text Box 318" o:spid="_x0000_s1072" type="#_x0000_t202" style="position:absolute;margin-left:225.55pt;margin-top:62.65pt;width:129.7pt;height:17.5pt;z-index:251658362;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDb4fRv5AEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IMxWkEy0GaIEWB&#10;9AGk/QCKIiWiEpdd0pbcr++Schy3uQXVgeByydmZ2dXmehp6tlfoDdiK54slZ8pKaIxtK/7j+/27&#10;95z5IGwjerCq4gfl+fX27ZvN6Eq1gg76RiEjEOvL0VW8C8GVWeZlpwbhF+CUpaQGHESgENusQTES&#10;+tBnq+VynY2AjUOQyns6vZuTfJvwtVYyfNXaq8D6ihO3kFZMax3XbLsRZYvCdUYeaYhXsBiEsVT0&#10;BHUngmA7NC+gBiMRPOiwkDBkoLWRKmkgNfnyHzWPnXAqaSFzvDvZ5P8frPyyf3TfkIXpA0zUwCTC&#10;uweQPz2zcNsJ26obRBg7JRoqnEfLstH58vg0Wu1LH0Hq8TM01GSxC5CAJo1DdIV0MkKnBhxOpqsp&#10;MBlLrovL/IpSknIr+i5SVzJRPr126MNHBQOLm4ojNTWhi/2DD5GNKJ+uxGIW7k3fp8b29q8DuhhP&#10;EvtIeKYepnpipql4sY7aopoamgPpQZjnheabNh3gb85GmpWK+187gYqz/pMlT67yoojDlYLi4nJF&#10;AZ5n6vOMsJKgKh44m7e3YR7InUPTdlRp7oKFG/JRmyTxmdWRP81DUn6c3Thw53G69fyHbf8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCyS52f3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SHuHyJO4saTbOljXdEIgrqANNolb1nhtReNUTbaWt8ec4Gj/n35/zreja8UV+9B40pDMFAik0tuG&#10;Kg0f7y93DyBCNGRN6wk1fGOAbTG5yU1m/UA7vO5jJbiEQmY01DF2mZShrNGZMPMdEmdn3zsTeewr&#10;aXszcLlr5VyplXSmIb5Qmw6faiy/9hen4fB6/jwu1Vv17NJu8KOS5NZS69vp+LgBEXGMfzD86rM6&#10;FOx08heyQbQalmmSMMrBPF2AYOI+USmIE29WagGyyOX/H4ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANvh9G/kAQAAqQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALJLnZ/fAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="67435A51" w14:textId="1C546A95" w:rsidR="00370158" w:rsidRPr="00BF2D04" w:rsidRDefault="00370158" w:rsidP="00370158">
+                    <w:p w14:paraId="67435A51" w14:textId="0C6806C6" w:rsidR="00370158" w:rsidRPr="00BF2D04" w:rsidRDefault="00370158" w:rsidP="00370158">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>July 20</w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BF2D04">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> through June 20</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0BAC">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:color w:val="1F3864"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688448" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03B6BE5C" wp14:editId="670440C5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658333" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03B6BE5C" wp14:editId="670440C5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2703830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>819150</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1533525" cy="170815"/>
                 <wp:effectExtent l="0" t="1905" r="1270" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1411658801" name="Rectangle 216"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1533525" cy="170815"/>
                         </a:xfrm>
@@ -14467,63 +15654,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2767A05D" id="Rectangle 216" o:spid="_x0000_s1026" style="position:absolute;margin-left:212.9pt;margin-top:64.5pt;width:120.75pt;height:13.45pt;flip:y;z-index:251688448;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCecJcC6wEAAL8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcG8fZpLu14qxWWaWq&#10;tP2Qtts7wWCjYoYOJE766zvgKIna26o+IIZh3sx7PC/vD71le4XBgKt5OZlyppyExri25i/fN+/u&#10;OAtRuEZYcKrmRxX4/ertm+XgKzWDDmyjkBGIC9Xga97F6KuiCLJTvQgT8MpRUgP2IlKIbdGgGAi9&#10;t8VsOn1fDICNR5AqBDp9HJN8lfG1VjJ+1TqoyGzNabaYV8zrNq3FaimqFoXvjDyNIV4xRS+Mo6Zn&#10;qEcRBduh+QeqNxIhgI4TCX0BWhupMgdiU07/YvPcCa8yFxIn+LNM4f/Byi/7Z/8N0+jBP4H8GZiD&#10;dSdcqx4QYeiUaKhdmYQqBh+qc0EKApWy7fAZGnpasYuQNTho7Jm2xv9IhQmaeLJDFv14Fl0dIpN0&#10;WC5ubhazBWeScuXt9K5c5GaiSjip2mOIHxX0LG1qjvSoGVXsn0JMc12uZB5gTbMx1uYA2+3aItsL&#10;MsAmfyf0cH3NunTZQSobEdNJJpw4JjuFagvNkfgijC4i19OmA/zN2UAOqnn4tROoOLOfHGn2oZzP&#10;k+VyMF/czijA68z2OiOcJKiaR87G7TqONt15NG1HnUYpHTyQztpk4pepTsOSS7IeJ0cnG17H+dbl&#10;v1v9AQAA//8DAFBLAwQUAAYACAAAACEA4myVfeEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU+DQBCF7yb+h82YeDF2EQEtsjTGxEM91drE9LZlR0DYWcJuC/57pyc9znsvb75XrGbbixOOvnWk&#10;4G4RgUCqnGmpVrD7eL19BOGDJqN7R6jgBz2sysuLQufGTfSOp22oBZeQz7WCJoQhl9JXDVrtF25A&#10;Yu/LjVYHPsdamlFPXG57GUdRJq1uiT80esCXBqtue7QKppv1PvlMcON2m6mjt2hvuu+1UtdX8/MT&#10;iIBz+AvDGZ/RoWSmgzuS8aJXkMQpowc24iWP4kSWPdyDOLCSpkuQZSH/byh/AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAJ5wlwLrAQAAvwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAOJslX3hAAAACwEAAA8AAAAAAAAAAAAAAAAARQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="0506B2E1" id="Rectangle 216" o:spid="_x0000_s1026" style="position:absolute;margin-left:212.9pt;margin-top:64.5pt;width:120.75pt;height:13.45pt;flip:y;z-index:251658333;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCecJcC6wEAAL8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcG8fZpLu14qxWWaWq&#10;tP2Qtts7wWCjYoYOJE766zvgKIna26o+IIZh3sx7PC/vD71le4XBgKt5OZlyppyExri25i/fN+/u&#10;OAtRuEZYcKrmRxX4/ertm+XgKzWDDmyjkBGIC9Xga97F6KuiCLJTvQgT8MpRUgP2IlKIbdGgGAi9&#10;t8VsOn1fDICNR5AqBDp9HJN8lfG1VjJ+1TqoyGzNabaYV8zrNq3FaimqFoXvjDyNIV4xRS+Mo6Zn&#10;qEcRBduh+QeqNxIhgI4TCX0BWhupMgdiU07/YvPcCa8yFxIn+LNM4f/Byi/7Z/8N0+jBP4H8GZiD&#10;dSdcqx4QYeiUaKhdmYQqBh+qc0EKApWy7fAZGnpasYuQNTho7Jm2xv9IhQmaeLJDFv14Fl0dIpN0&#10;WC5ubhazBWeScuXt9K5c5GaiSjip2mOIHxX0LG1qjvSoGVXsn0JMc12uZB5gTbMx1uYA2+3aItsL&#10;MsAmfyf0cH3NunTZQSobEdNJJpw4JjuFagvNkfgijC4i19OmA/zN2UAOqnn4tROoOLOfHGn2oZzP&#10;k+VyMF/czijA68z2OiOcJKiaR87G7TqONt15NG1HnUYpHTyQztpk4pepTsOSS7IeJ0cnG17H+dbl&#10;v1v9AQAA//8DAFBLAwQUAAYACAAAACEA4myVfeEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU+DQBCF7yb+h82YeDF2EQEtsjTGxEM91drE9LZlR0DYWcJuC/57pyc9znsvb75XrGbbixOOvnWk&#10;4G4RgUCqnGmpVrD7eL19BOGDJqN7R6jgBz2sysuLQufGTfSOp22oBZeQz7WCJoQhl9JXDVrtF25A&#10;Yu/LjVYHPsdamlFPXG57GUdRJq1uiT80esCXBqtue7QKppv1PvlMcON2m6mjt2hvuu+1UtdX8/MT&#10;iIBz+AvDGZ/RoWSmgzuS8aJXkMQpowc24iWP4kSWPdyDOLCSpkuQZSH/byh/AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAJ5wlwLrAQAAvwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAOJslX3hAAAACwEAAA8AAAAAAAAAAAAAAAAARQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D2EC36D" wp14:editId="155FFC48">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658301" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D2EC36D" wp14:editId="155FFC48">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>609600</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="723900" cy="266700"/>
                 <wp:effectExtent l="0" t="1905" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1281549493" name="Text Box 139"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="723900" cy="266700"/>
                         </a:xfrm>
@@ -14534,137 +15722,138 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0309B1D9" w14:textId="512BA893" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
+                          <w:p w14:paraId="0309B1D9" w14:textId="333F754D" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00094E17">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>4/30/</w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00053CE4">
+                            <w:r w:rsidR="006E6C6C">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5D2EC36D" id="Text Box 139" o:spid="_x0000_s1073" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:48pt;width:57pt;height:21pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCRIyX4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShtGzUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnixxjPOmXPOTLbX09Czg0JvwFZ8ucg5U1ZCY2xb8W9f71+9&#10;5cwHYRvRg1UVPyrPr3cvX2xHV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIGu2GYNipHQ&#10;hz4r8nydjYCNQ5DKe8rezUW+S/haKxk+a+1VYH3FiVtIJ6azjme224qyReE6I080xD+wGISx1PQM&#10;dSeCYHs0f0ENRiJ40GEhYchAayNV0kBqlvkfah474VTSQuZ4d7bJ/z9Y+enw6L4gC9M7mGiASYR3&#10;DyC/e2bhthO2VTeIMHZKNNR4GS3LRufL06fRal/6CFKPH6GhIYt9gAQ0aRyiK6STEToN4Hg2XU2B&#10;SUpuitdXOVUklYr1ekNx7CDKp48d+vBewcBiUHGkmSZwcXjwYX769CT2snBv+j7Ntbe/JQgzZhL5&#10;yHdmHqZ6Yqap+GoTG0cxNTRHkoMwrwutNwUd4E/ORlqVivsfe4GKs/6DJUuulqtV3K10Wb3ZFHTB&#10;y0p9WRFWElTFA2dzeBvmfdw7NG1HneYhWLghG7VJEp9ZnfjTOiSTTqsb9+3ynl49/2C7XwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGksBHPbAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj09PwzAMxe9I&#10;+w6RJ3FjycaYttJ0mkBcQYw/Ejev8dqKxqmabC3fHu8EJz/rWc+/l29H36oz9bEJbGE+M6CIy+Aa&#10;riy8vz3drEHFhOywDUwWfijCtphc5Zi5MPArnfepUhLCMUMLdUpdpnUsa/IYZ6EjFu8Yeo9J1r7S&#10;rsdBwn2rF8astMeG5UONHT3UVH7vT97Cx/Px63NpXqpHf9cNYTSa/UZbez0dd/egEo3p7xgu+IIO&#10;hTAdwoldVK0FKZIsbFYyL+58KeIg4nZtQBe5/s9f/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCCRIyX4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBpLARz2wAAAAcBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5D2EC36D" id="Text Box 139" o:spid="_x0000_s1073" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:48pt;width:57pt;height:21pt;z-index:251658301;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCRIyX4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShtGzUdLXsahHS&#10;cpEWPsBx7MQi8Zix26R8PWOn2y3whnixxjPOmXPOTLbX09Czg0JvwFZ8ucg5U1ZCY2xb8W9f71+9&#10;5cwHYRvRg1UVPyrPr3cvX2xHV6oCOugbhYxArC9HV/EuBFdmmZedGoRfgFOWihpwEIGu2GYNipHQ&#10;hz4r8nydjYCNQ5DKe8rezUW+S/haKxk+a+1VYH3FiVtIJ6azjme224qyReE6I080xD+wGISx1PQM&#10;dSeCYHs0f0ENRiJ40GEhYchAayNV0kBqlvkfah474VTSQuZ4d7bJ/z9Y+enw6L4gC9M7mGiASYR3&#10;DyC/e2bhthO2VTeIMHZKNNR4GS3LRufL06fRal/6CFKPH6GhIYt9gAQ0aRyiK6STEToN4Hg2XU2B&#10;SUpuitdXOVUklYr1ekNx7CDKp48d+vBewcBiUHGkmSZwcXjwYX769CT2snBv+j7Ntbe/JQgzZhL5&#10;yHdmHqZ6Yqap+GoTG0cxNTRHkoMwrwutNwUd4E/ORlqVivsfe4GKs/6DJUuulqtV3K10Wb3ZFHTB&#10;y0p9WRFWElTFA2dzeBvmfdw7NG1HneYhWLghG7VJEp9ZnfjTOiSTTqsb9+3ynl49/2C7XwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGksBHPbAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj09PwzAMxe9I&#10;+w6RJ3FjycaYttJ0mkBcQYw/Ejev8dqKxqmabC3fHu8EJz/rWc+/l29H36oz9bEJbGE+M6CIy+Aa&#10;riy8vz3drEHFhOywDUwWfijCtphc5Zi5MPArnfepUhLCMUMLdUpdpnUsa/IYZ6EjFu8Yeo9J1r7S&#10;rsdBwn2rF8astMeG5UONHT3UVH7vT97Cx/Px63NpXqpHf9cNYTSa/UZbez0dd/egEo3p7xgu+IIO&#10;hTAdwoldVK0FKZIsbFYyL+58KeIg4nZtQBe5/s9f/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCCRIyX4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBpLARz2wAAAAcBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0309B1D9" w14:textId="512BA893" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
+                    <w:p w14:paraId="0309B1D9" w14:textId="333F754D" w:rsidR="00094E17" w:rsidRPr="00094E17" w:rsidRDefault="00094E17">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00094E17">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>4/30/</w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00053CE4">
+                      <w:r w:rsidR="006E6C6C">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="660C02B0" wp14:editId="75EEE6E6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658300" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="660C02B0" wp14:editId="75EEE6E6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>44450</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>660400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="431800" cy="158750"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="925117505" name="Rectangle 138"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="431800" cy="158750"/>
                         </a:xfrm>
@@ -14685,63 +15874,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="47757AB3" id="Rectangle 138" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.5pt;margin-top:52pt;width:34pt;height:12.5pt;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBm5tvs5wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlZUvUdLXqqghp&#10;uUgLHzB1nMTC8Zix23T5esZut1vBGyIPlsfjOT5n5mR1exysOGgKBl0ty8lUCu0UNsZ1tfz+bftm&#10;KUWI4Bqw6HQtn3SQt+vXr1ajr/QMe7SNJsEgLlSjr2Ufo6+KIqheDxAm6LXjZIs0QOSQuqIhGBl9&#10;sMVsOn1XjEiNJ1Q6BD69PyXlOuO3rVbxS9sGHYWtJXOLeaW87tJarFdQdQS+N+pMA/6BxQDG8aMX&#10;qHuIIPZk/oIajCIM2MaJwqHAtjVKZw2sppz+oeaxB6+zFm5O8Jc2hf8Hqz4fHv1XStSDf0D1IwiH&#10;mx5cp++IcOw1NPxcmRpVjD5Ul4IUBC4Vu/ETNjxa2EfMPTi2NCRAVieOudVPl1brYxSKD+dvy+WU&#10;B6I4VS6WN4s8igKq52JPIX7QOIi0qSXxJDM4HB5CTGSger6SyaM1zdZYmwPqdhtL4gA89W3+Mn/W&#10;eH3NunTZYSo7IaaTrDIJSx4K1Q6bJxZJeLIOW503PdIvKUa2TS3Dzz2QlsJ+dNyo9+V8nnyWg/ni&#10;ZsYBXWd21xlwiqFqGaU4bTfx5M29J9P1/FKZRTu84+a2Jgt/YXUmy9bI/TjbOHnvOs63Xn629W8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqCp5s2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8Mw&#10;DL0j8R8iI3FjCWPrWGk6IaSdgAMbElev8dqKxilNupV/jznByfZ71vsoNpPv1ImG2Aa2cDszoIir&#10;4FquLbzvtzf3oGJCdtgFJgvfFGFTXl4UmLtw5jc67VKtRIRjjhaalPpc61g15DHOQk8s3DEMHpOc&#10;Q63dgGcR952eG5Npjy2LQ4M9PTVUfe5GbwGzhft6Pd697J/HDNf1ZLbLD2Pt9dX0+AAq0ZT+nuE3&#10;vkSHUjIdwsguqs7CSpokgc1CFuFXS5kHAeZrA7os9P8C5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAZubb7OcBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAqgqebNsAAAAIAQAADwAAAAAAAAAAAAAAAABBBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="27119F59" id="Rectangle 138" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.5pt;margin-top:52pt;width:34pt;height:12.5pt;z-index:251658300;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBm5tvs5wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlZUvUdLXqqghp&#10;uUgLHzB1nMTC8Zix23T5esZut1vBGyIPlsfjOT5n5mR1exysOGgKBl0ty8lUCu0UNsZ1tfz+bftm&#10;KUWI4Bqw6HQtn3SQt+vXr1ajr/QMe7SNJsEgLlSjr2Ufo6+KIqheDxAm6LXjZIs0QOSQuqIhGBl9&#10;sMVsOn1XjEiNJ1Q6BD69PyXlOuO3rVbxS9sGHYWtJXOLeaW87tJarFdQdQS+N+pMA/6BxQDG8aMX&#10;qHuIIPZk/oIajCIM2MaJwqHAtjVKZw2sppz+oeaxB6+zFm5O8Jc2hf8Hqz4fHv1XStSDf0D1IwiH&#10;mx5cp++IcOw1NPxcmRpVjD5Ul4IUBC4Vu/ETNjxa2EfMPTi2NCRAVieOudVPl1brYxSKD+dvy+WU&#10;B6I4VS6WN4s8igKq52JPIX7QOIi0qSXxJDM4HB5CTGSger6SyaM1zdZYmwPqdhtL4gA89W3+Mn/W&#10;eH3NunTZYSo7IaaTrDIJSx4K1Q6bJxZJeLIOW503PdIvKUa2TS3Dzz2QlsJ+dNyo9+V8nnyWg/ni&#10;ZsYBXWd21xlwiqFqGaU4bTfx5M29J9P1/FKZRTu84+a2Jgt/YXUmy9bI/TjbOHnvOs63Xn629W8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqCp5s2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8Mw&#10;DL0j8R8iI3FjCWPrWGk6IaSdgAMbElev8dqKxilNupV/jznByfZ71vsoNpPv1ImG2Aa2cDszoIir&#10;4FquLbzvtzf3oGJCdtgFJgvfFGFTXl4UmLtw5jc67VKtRIRjjhaalPpc61g15DHOQk8s3DEMHpOc&#10;Q63dgGcR952eG5Npjy2LQ4M9PTVUfe5GbwGzhft6Pd697J/HDNf1ZLbLD2Pt9dX0+AAq0ZT+nuE3&#10;vkSHUjIdwsguqs7CSpokgc1CFuFXS5kHAeZrA7os9P8C5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAZubb7OcBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAqgqebNsAAAAIAQAADwAAAAAAAAAAAAAAAABBBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251636224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75D00ED3" wp14:editId="273ED873">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658282" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75D00ED3" wp14:editId="273ED873">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2139950</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>344170</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="90805" cy="95250"/>
                 <wp:effectExtent l="0" t="3175" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2057416237" name="Rectangle 117"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="90805" cy="95250"/>
                         </a:xfrm>
@@ -14767,502 +15957,808 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0AE62D1C" id="Rectangle 117" o:spid="_x0000_s1026" style="position:absolute;margin-left:168.5pt;margin-top:27.1pt;width:7.15pt;height:7.5pt;z-index:251636224;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxCGYa0QEAAIkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkq0x4hRFiw4D&#10;ugvQ7QMUWbKF2aJGKnGyrx+lpGnWvg17EURROjyHPFpd74de7AySA1/L6aSUwngNjfNtLX98v393&#10;JQVF5RvVgze1PBiS1+u3b1ZjqMwMOugbg4JBPFVjqGUXY6iKgnRnBkUTCMZz0gIOKnKIbdGgGhl9&#10;6ItZWb4vRsAmIGhDxKd3x6RcZ3xrjY5frSUTRV9L5hbzinndpLVYr1TVogqd0yca6h9YDMp5LnqG&#10;ulNRiS26V1CD0wgENk40DAVY67TJGljNtHyh5rFTwWQt3BwK5zbR/4PVX3aP4Rsm6hQeQP8k4eG2&#10;U741N4gwdkY1XG6aGlWMgarzgxQQPxWb8TM0PFq1jZB7sLc4JEBWJ/a51Ydzq80+Cs2Hy/KqXEih&#10;ObNczBZ5EIWqnp4GpPjRwCDSppbIc8zQavdAMVFR1dOVVMnDvev7PMve/3XAF9NJpp7YJmNQtYHm&#10;wMwRjn5g//KmA/wtxcheqCX92io0UvSfPKtfTufzZJ4czBcfZhzgZWZzmVFeM1QtoxTH7W08Gm4b&#10;0LUdV5pmLR5uuGPWZT3PrE5ked5Z5smbyVCXcb71/IPWfwAAAP//AwBQSwMEFAAGAAgAAAAhAAbi&#10;rE/hAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5ghexmya2asxLkYJYRCim&#10;2vM2+0yC2bdpdpvEf+960uMww8w32WoyrRiod41lhPksAkFcWt1whfC+e7q+A+G8Yq1ay4TwTQ5W&#10;+flZplJtR36jofCVCCXsUoVQe9+lUrqyJqPczHbEwfu0vVE+yL6SuldjKDetjKNoKY1qOCzUqqN1&#10;TeVXcTIIY7kd9rvXZ7m92m8sHzfHdfHxgnh5MT0+gPA0+b8w/OIHdMgD08GeWDvRIiTJbfjiERY3&#10;MYgQSBbzBMQBYXkfg8wz+f9B/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDxCGYa0QEA&#10;AIkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAG4qxP&#10;4QAAAAkBAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" filled="f" stroked="f"/>
+              <v:rect w14:anchorId="7A8F51CE" id="Rectangle 117" o:spid="_x0000_s1026" style="position:absolute;margin-left:168.5pt;margin-top:27.1pt;width:7.15pt;height:7.5pt;z-index:251658282;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxCGYa0QEAAIkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkq0x4hRFiw4D&#10;ugvQ7QMUWbKF2aJGKnGyrx+lpGnWvg17EURROjyHPFpd74de7AySA1/L6aSUwngNjfNtLX98v393&#10;JQVF5RvVgze1PBiS1+u3b1ZjqMwMOugbg4JBPFVjqGUXY6iKgnRnBkUTCMZz0gIOKnKIbdGgGhl9&#10;6ItZWb4vRsAmIGhDxKd3x6RcZ3xrjY5frSUTRV9L5hbzinndpLVYr1TVogqd0yca6h9YDMp5LnqG&#10;ulNRiS26V1CD0wgENk40DAVY67TJGljNtHyh5rFTwWQt3BwK5zbR/4PVX3aP4Rsm6hQeQP8k4eG2&#10;U741N4gwdkY1XG6aGlWMgarzgxQQPxWb8TM0PFq1jZB7sLc4JEBWJ/a51Ydzq80+Cs2Hy/KqXEih&#10;ObNczBZ5EIWqnp4GpPjRwCDSppbIc8zQavdAMVFR1dOVVMnDvev7PMve/3XAF9NJpp7YJmNQtYHm&#10;wMwRjn5g//KmA/wtxcheqCX92io0UvSfPKtfTufzZJ4czBcfZhzgZWZzmVFeM1QtoxTH7W08Gm4b&#10;0LUdV5pmLR5uuGPWZT3PrE5ked5Z5smbyVCXcb71/IPWfwAAAP//AwBQSwMEFAAGAAgAAAAhAAbi&#10;rE/hAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5ghexmya2asxLkYJYRCim&#10;2vM2+0yC2bdpdpvEf+960uMww8w32WoyrRiod41lhPksAkFcWt1whfC+e7q+A+G8Yq1ay4TwTQ5W&#10;+flZplJtR36jofCVCCXsUoVQe9+lUrqyJqPczHbEwfu0vVE+yL6SuldjKDetjKNoKY1qOCzUqqN1&#10;TeVXcTIIY7kd9rvXZ7m92m8sHzfHdfHxgnh5MT0+gPA0+b8w/OIHdMgD08GeWDvRIiTJbfjiERY3&#10;MYgQSBbzBMQBYXkfg8wz+f9B/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDxCGYa0QEA&#10;AIkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAG4qxP&#10;4QAAAAkBAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49D59C47" wp14:editId="62B982D4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49D59C47" wp14:editId="6965616C">
             <wp:extent cx="5947410" cy="3641725"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="15240" b="15875"/>
             <wp:docPr id="14" name="Picture 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 14"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5947410" cy="3641725"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E9AF6AD" w14:textId="77777777" w:rsidR="00EC2D09" w:rsidRDefault="00090452">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4E9AF6AD" w14:textId="77777777" w:rsidR="00EC2D09" w:rsidRPr="00D24F02" w:rsidRDefault="00090452">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 10:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB32BE">
+      <w:r w:rsidR="00CB32BE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>QuickBooks displays the Memorize Report window, sh</w:t>
       </w:r>
-      <w:r w:rsidR="00C9540D">
+      <w:r w:rsidR="00C9540D" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>own in figure 1</w:t>
       </w:r>
-      <w:r w:rsidR="00AE3F70">
+      <w:r w:rsidR="00AE3F70" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00CB32BE">
+      <w:r w:rsidR="00CB32BE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>. This window lets you permanently save this newly created report, so you won’t have to go through all the steps to modify the report in the future. If the report title appe</w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>aring</w:t>
       </w:r>
-      <w:r w:rsidR="00CB32BE">
+      <w:r w:rsidR="00CB32BE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00CB32BE">
+      <w:r w:rsidR="00CB32BE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Name</w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00CB32BE">
+      <w:r w:rsidR="00CB32BE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="00CB32BE">
+      <w:r w:rsidR="00CB32BE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">the same as you </w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">entered </w:t>
       </w:r>
-      <w:r w:rsidR="00CB32BE">
+      <w:r w:rsidR="00CB32BE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>in step 8 above, then select the OK button.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F62955" w14:textId="77777777" w:rsidR="00CB32BE" w:rsidRDefault="00CB32BE" w:rsidP="00CB32BE">
+    <w:p w14:paraId="29F62955" w14:textId="77777777" w:rsidR="00CB32BE" w:rsidRPr="00D24F02" w:rsidRDefault="00CB32BE" w:rsidP="00CB32BE">
       <w:pPr>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">bserve: </w:t>
       </w:r>
-      <w:r w:rsidR="00EA1520">
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidR="00AE3F70">
+      <w:r w:rsidR="00AE3F70" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> figure 14</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">you can also save reports in </w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>memorized report group</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>To do this, select the box for Save in Memorized Report Group, then use the drop-down list to select the report group in which the mem</w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>orized report should be saved</w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639C7D97" w14:textId="77777777" w:rsidR="00EC2D09" w:rsidRDefault="00AE3F70">
-      <w:r>
+    <w:p w14:paraId="639C7D97" w14:textId="77777777" w:rsidR="00EC2D09" w:rsidRPr="00D24F02" w:rsidRDefault="00AE3F70">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 14</w:t>
       </w:r>
-      <w:r w:rsidR="00EC2D09">
+      <w:r w:rsidR="00EC2D09" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00CB32BE">
+      <w:r w:rsidR="00CB32BE" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Memorize Report window.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058AF049" w14:textId="5185281F" w:rsidR="00EC2D09" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="058AF049" w14:textId="5185281F" w:rsidR="00EC2D09" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22D931BA" wp14:editId="36F78A65">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22D931BA" wp14:editId="422433A5">
             <wp:extent cx="3442970" cy="1320165"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="24130" b="13335"/>
             <wp:docPr id="15" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 15"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3442970" cy="1320165"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E30DF9C" w14:textId="77777777" w:rsidR="00A52033" w:rsidRDefault="00CB32BE">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3E30DF9C" w14:textId="77777777" w:rsidR="00A52033" w:rsidRPr="00D24F02" w:rsidRDefault="00CB32BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 11:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">After you memorize these settings in step 10, you can later produce the exact same report by choosing the memorized report from Reports, Memorized Reports, </w:t>
       </w:r>
-      <w:r w:rsidR="0093253C">
+      <w:r w:rsidR="0093253C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>and then</w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Profit &amp; Loss Budge</w:t>
       </w:r>
-      <w:r w:rsidR="00AE3F70">
+      <w:r w:rsidR="00AE3F70" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>t Overview as shown in figure 15</w:t>
       </w:r>
-      <w:r w:rsidR="00A52033">
+      <w:r w:rsidR="00A52033" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73FF3B43" w14:textId="77777777" w:rsidR="00A52033" w:rsidRDefault="00AE3F70">
-      <w:r>
+    <w:p w14:paraId="73FF3B43" w14:textId="77777777" w:rsidR="00A52033" w:rsidRPr="00D24F02" w:rsidRDefault="00AE3F70">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 15</w:t>
       </w:r>
-      <w:r w:rsidR="00A52033">
+      <w:r w:rsidR="00A52033" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21916025" w14:textId="09564635" w:rsidR="00A52033" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="21916025" w14:textId="09564635" w:rsidR="00A52033" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01556F8F" wp14:editId="54BA4783">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01556F8F" wp14:editId="3F2F4DEB">
             <wp:extent cx="5279390" cy="1137285"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="16510" b="24765"/>
             <wp:docPr id="16" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 16"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5279390" cy="1137285"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61222702" w14:textId="77777777" w:rsidR="00A9440B" w:rsidRDefault="00596C91">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="61222702" w14:textId="77777777" w:rsidR="00A9440B" w:rsidRPr="00D24F02" w:rsidRDefault="00596C91">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 12:</w:t>
       </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Before E-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9440B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mailing the </w:t>
+      </w:r>
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9440B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Profit &amp; Loss Budget Overview </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the diocese </w:t>
+      </w:r>
+      <w:r w:rsidR="00352276" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>u may want to edit the default E-</w:t>
+      </w:r>
+      <w:r w:rsidR="00352276" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mailing </w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">text used for reports by </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9440B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9440B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edit</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the main menu, then select from the drop-down list Preferences.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9440B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9440B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>rom the list of icons on the left select “Send Forms” (cir</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>cled below as shown in figure 16</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9440B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Next select “Reports” under “Change default for”</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (rectangle box) to bring up the s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66DA9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>tandard text used when E-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>mailing QuickBooks reports</w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00352276" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Now you can change the body of the letter to </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66DA9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact phone numbers/E-</w:t>
+      </w:r>
+      <w:r w:rsidR="00352276" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mail address. Also, add the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0190" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>principal</w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1520" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s name and title, </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>shown in figure 17</w:t>
+      </w:r>
+      <w:r w:rsidR="00352276" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FF221C" w14:textId="77777777" w:rsidR="00973914" w:rsidRDefault="00973914">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...95 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763F6113" w14:textId="77777777" w:rsidR="00352276" w:rsidRDefault="00EC7386">
-[...3 lines deleted...]
-      <w:r w:rsidR="004E6750">
+    <w:p w14:paraId="763F6113" w14:textId="7C146F4F" w:rsidR="00352276" w:rsidRPr="00D24F02" w:rsidRDefault="004E6750">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figure 16</w:t>
       </w:r>
-      <w:r w:rsidR="00352276">
+      <w:r w:rsidR="00352276" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Edit/Preferences</w:t>
       </w:r>
-      <w:r w:rsidR="00390E69">
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>, Send Forms/</w:t>
       </w:r>
-      <w:r w:rsidR="00596C91">
+      <w:r w:rsidR="00596C91" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Company Preferences window.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787BFE93" w14:textId="55DD6E3B" w:rsidR="00352276" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="787BFE93" w14:textId="55DD6E3B" w:rsidR="00352276" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251604480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45A58343" wp14:editId="7522DF4C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45A58343" wp14:editId="7522DF4C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1584960</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>644525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2186940" cy="190500"/>
                 <wp:effectExtent l="13335" t="17145" r="9525" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1508751181" name="Rectangle 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2186940" cy="190500"/>
                         </a:xfrm>
@@ -15283,63 +16779,64 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="20D83B2A" id="Rectangle 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:124.8pt;margin-top:50.75pt;width:172.2pt;height:15pt;z-index:251604480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATUkS6AgIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DtGuMOEWRrsOA&#10;bh3Q7QMYWbaFyaJGKXGyrx+lpGmw3Yb5IIgm+cj3SC1v94MVO03BoKtlOZlKoZ3Cxriult+/Pby7&#10;kSJEcA1YdLqWBx3k7ertm+XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu3Y2SINENmkrmgIRkYf&#10;bDGbTq+LEanxhEqHwH/vj065yvhtq1V8atugo7C15N5iPimfm3QWqyVUHYHvjTq1Af/QxQDGcdEz&#10;1D1EEFsyf0ENRhEGbONE4VBg2xqlMwdmU07/YPPcg9eZC4sT/Fmm8P9g1Zfds/9KqfXgH1H9CMLh&#10;ugfX6TsiHHsNDZcrk1DF6EN1TkhG4FSxGT9jw6OFbcSswb6lIQEyO7HPUh/OUut9FIp/zsqb68Wc&#10;J6LYVy6mV9M8iwKql2xPIX7UOIh0qSXxKDM67B5DTN1A9RKSijl8MNbmcVonxhNozghoTZO8mSV1&#10;m7UlsYO0EfnL3Jj/ZdhgIu+lNUMtb85BUCU5Prgml4lg7PHOrVh30idJkrYvVBtsDiwP4XHp+JHw&#10;pUf6JcXIC1fL8HMLpKWwnxxLvCjnSY+YjfnV+xkbdOnZXHrAKYaqZZTieF3H41ZvPZmu50pl5u7w&#10;jsfSmqzYa1enZnmpspCnB5C29tLOUa/PdPUbAAD//wMAUEsDBBQABgAIAAAAIQDqh/u94QAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOu0pFEb4lQVEieQEKGVys2NlyQi&#10;XgfbbdO/ZznBcWeeZmeK9Wh7cUIfOkcKZtMEBFLtTEeNgu3702QJIkRNRveOUMEFA6zL66tC58ad&#10;6Q1PVWwEh1DItYI2xiGXMtQtWh2mbkBi79N5qyOfvpHG6zOH217OkySTVnfEH1o94GOL9Vd1tAru&#10;0sya3f774j+q5/3udVlvXkKt1O3NuHkAEXGMfzD81ufqUHKngzuSCaJXME9XGaNsJLMFCCYWq5TX&#10;HVi5Z0WWhfy/ofwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE1JEugICAADuAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6of7veEAAAALAQAA&#10;DwAAAAAAAAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:rect w14:anchorId="5C32DA31" id="Rectangle 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:124.8pt;margin-top:50.75pt;width:172.2pt;height:15pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATUkS6AgIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DtGuMOEWRrsOA&#10;bh3Q7QMYWbaFyaJGKXGyrx+lpGmw3Yb5IIgm+cj3SC1v94MVO03BoKtlOZlKoZ3Cxriult+/Pby7&#10;kSJEcA1YdLqWBx3k7ertm+XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu3Y2SINENmkrmgIRkYf&#10;bDGbTq+LEanxhEqHwH/vj065yvhtq1V8atugo7C15N5iPimfm3QWqyVUHYHvjTq1Af/QxQDGcdEz&#10;1D1EEFsyf0ENRhEGbONE4VBg2xqlMwdmU07/YPPcg9eZC4sT/Fmm8P9g1Zfds/9KqfXgH1H9CMLh&#10;ugfX6TsiHHsNDZcrk1DF6EN1TkhG4FSxGT9jw6OFbcSswb6lIQEyO7HPUh/OUut9FIp/zsqb68Wc&#10;J6LYVy6mV9M8iwKql2xPIX7UOIh0qSXxKDM67B5DTN1A9RKSijl8MNbmcVonxhNozghoTZO8mSV1&#10;m7UlsYO0EfnL3Jj/ZdhgIu+lNUMtb85BUCU5Prgml4lg7PHOrVh30idJkrYvVBtsDiwP4XHp+JHw&#10;pUf6JcXIC1fL8HMLpKWwnxxLvCjnSY+YjfnV+xkbdOnZXHrAKYaqZZTieF3H41ZvPZmu50pl5u7w&#10;jsfSmqzYa1enZnmpspCnB5C29tLOUa/PdPUbAAD//wMAUEsDBBQABgAIAAAAIQDqh/u94QAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOu0pFEb4lQVEieQEKGVys2NlyQi&#10;XgfbbdO/ZznBcWeeZmeK9Wh7cUIfOkcKZtMEBFLtTEeNgu3702QJIkRNRveOUMEFA6zL66tC58ad&#10;6Q1PVWwEh1DItYI2xiGXMtQtWh2mbkBi79N5qyOfvpHG6zOH217OkySTVnfEH1o94GOL9Vd1tAru&#10;0sya3f774j+q5/3udVlvXkKt1O3NuHkAEXGMfzD81ufqUHKngzuSCaJXME9XGaNsJLMFCCYWq5TX&#10;HVi5Z0WWhfy/ofwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE1JEugICAADuAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6of7veEAAAALAQAA&#10;DwAAAAAAAAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251603456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79A971A9" wp14:editId="764CFAFC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79A971A9" wp14:editId="764CFAFC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>22860</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2640965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1074420" cy="243840"/>
                 <wp:effectExtent l="13335" t="13335" r="17145" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1868564662" name="Oval 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1074420" cy="243840"/>
                         </a:xfrm>
@@ -15360,179 +16857,238 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="69636CE0" id="Oval 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.8pt;margin-top:207.95pt;width:84.6pt;height:19.2pt;z-index:251603456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdlyhFAQIAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjO0rU14hRFug4D&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zg0CK4iHPIb282Y9W7DQFg66R1ayUQjuFrXF9I79/u39z&#10;JUWI4Fqw6HQjn3SQN6vXr5aTr/UcB7StJsEgLtSTb+QQo6+LIqhBjxBm6LXjYIc0QmSX+qIlmBh9&#10;tMW8LN8VE1LrCZUOgW/vDkG5yvhdp1X80nVBR2Ebyb3FfFI+N+ksVkuoewI/GHVsA/6hixGM46In&#10;qDuIILZk/oIajSIM2MWZwrHArjNKZw7Mpir/YPM4gNeZC4sT/Emm8P9g1efdo/9KqfXgH1D9CMLh&#10;egDX61sinAYNLZerklDF5EN9SkhO4FSxmT5hy6OFbcSswb6jMQEyO7HPUj+dpNb7KBRfVuXlYjHn&#10;iSiOzRdvrxZ5FgXUz9meQvygcRTJaKS21viQ1IAadg8hpoagfn6Vrh3eG2vzRK0TExe5Li/KnBHQ&#10;mjZFM1HqN2tLYgdpKfKX6bEE588It67NaEmE90c7grEHm6tbd1QlCZF2LtQbbJ9YFMLDqvGvwcaA&#10;9EuKideskeHnFkhLYT86Fva6WjBzEbOzuLhMktB5ZHMeAacYqpFRioO5jodd3noy/cCVqkzX4S0P&#10;ozNZpJeujs3yKmXtjmufdvXcz69efs7VbwAAAP//AwBQSwMEFAAGAAgAAAAhAJNVmX/cAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo0/SHEuJUCIlyhZQHcOLNj4jXlu22&#10;4e3ZnuC4M6PZb8r9bCdxxhBHRwqWiwwEUuvMSL2Cr+Pbww5ETJqMnhyhgh+MsK9ub0pdGHehTzzX&#10;qRdcQrHQCoaUfCFlbAe0Oi6cR2Kvc8HqxGfopQn6wuV2knmWbaXVI/GHQXt8HbD9rk9WwaHra1PT&#10;eMyzg+92wYZ3/9EodX83vzyDSDinvzBc8RkdKmZq3IlMFJOC1ZaDCtbLzROIq/+Y85SGlc16BbIq&#10;5f8F1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXZcoRQECAADkAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAk1WZf9wAAAAJAQAADwAAAAAA&#10;AAAAAAAAAABbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:oval w14:anchorId="6EA7935A" id="Oval 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.8pt;margin-top:207.95pt;width:84.6pt;height:19.2pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdlyhFAQIAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjO0rU14hRFug4D&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zg0CK4iHPIb282Y9W7DQFg66R1ayUQjuFrXF9I79/u39z&#10;JUWI4Fqw6HQjn3SQN6vXr5aTr/UcB7StJsEgLtSTb+QQo6+LIqhBjxBm6LXjYIc0QmSX+qIlmBh9&#10;tMW8LN8VE1LrCZUOgW/vDkG5yvhdp1X80nVBR2Ebyb3FfFI+N+ksVkuoewI/GHVsA/6hixGM46In&#10;qDuIILZk/oIajSIM2MWZwrHArjNKZw7Mpir/YPM4gNeZC4sT/Emm8P9g1efdo/9KqfXgH1D9CMLh&#10;egDX61sinAYNLZerklDF5EN9SkhO4FSxmT5hy6OFbcSswb6jMQEyO7HPUj+dpNb7KBRfVuXlYjHn&#10;iSiOzRdvrxZ5FgXUz9meQvygcRTJaKS21viQ1IAadg8hpoagfn6Vrh3eG2vzRK0TExe5Li/KnBHQ&#10;mjZFM1HqN2tLYgdpKfKX6bEE588It67NaEmE90c7grEHm6tbd1QlCZF2LtQbbJ9YFMLDqvGvwcaA&#10;9EuKideskeHnFkhLYT86Fva6WjBzEbOzuLhMktB5ZHMeAacYqpFRioO5jodd3noy/cCVqkzX4S0P&#10;ozNZpJeujs3yKmXtjmufdvXcz69efs7VbwAAAP//AwBQSwMEFAAGAAgAAAAhAJNVmX/cAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo0/SHEuJUCIlyhZQHcOLNj4jXlu22&#10;4e3ZnuC4M6PZb8r9bCdxxhBHRwqWiwwEUuvMSL2Cr+Pbww5ETJqMnhyhgh+MsK9ub0pdGHehTzzX&#10;qRdcQrHQCoaUfCFlbAe0Oi6cR2Kvc8HqxGfopQn6wuV2knmWbaXVI/GHQXt8HbD9rk9WwaHra1PT&#10;eMyzg+92wYZ3/9EodX83vzyDSDinvzBc8RkdKmZq3IlMFJOC1ZaDCtbLzROIq/+Y85SGlc16BbIq&#10;5f8F1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXZcoRQECAADkAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAk1WZf9wAAAAJAQAADwAAAAAA&#10;AAAAAAAAAABbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="747A6145" wp14:editId="082FB39F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="747A6145" wp14:editId="7E6EB217">
             <wp:extent cx="5947410" cy="3689350"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="15240" b="25400"/>
             <wp:docPr id="17" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 17"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5947410" cy="3689350"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E2442A" w14:textId="77777777" w:rsidR="00352276" w:rsidRDefault="003F4903" w:rsidP="003F4903">
+    <w:p w14:paraId="47E2442A" w14:textId="77777777" w:rsidR="00352276" w:rsidRPr="00D24F02" w:rsidRDefault="003F4903" w:rsidP="003F4903">
       <w:pPr>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Observe: </w:t>
       </w:r>
-      <w:r w:rsidR="00477CF0">
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>the change in text (in rectangle highlighted box) in figur</w:t>
       </w:r>
-      <w:r w:rsidR="004E6750">
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>e 17</w:t>
       </w:r>
-      <w:r w:rsidR="00477CF0">
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> show</w:t>
       </w:r>
-      <w:r w:rsidR="00AC0190">
+      <w:r w:rsidR="00AC0190" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>n below as compared to figure 1</w:t>
       </w:r>
-      <w:r w:rsidR="004E6750">
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00477CF0">
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> above</w:t>
       </w:r>
-      <w:r w:rsidR="00352276">
+      <w:r w:rsidR="00352276" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00477CF0">
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> This change in text will now appear in the body</w:t>
       </w:r>
-      <w:r w:rsidR="00D66DA9">
+      <w:r w:rsidR="00D66DA9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> of all E-</w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>mails with regards to E-</w:t>
       </w:r>
-      <w:r w:rsidR="00477CF0">
+      <w:r w:rsidR="00477CF0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>mailing reports.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5DD55A" w14:textId="77777777" w:rsidR="003F4903" w:rsidRDefault="00AC0190" w:rsidP="003F4903">
-      <w:r>
+    <w:p w14:paraId="4E5DD55A" w14:textId="77777777" w:rsidR="003F4903" w:rsidRPr="00D24F02" w:rsidRDefault="00AC0190" w:rsidP="003F4903">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
-      <w:r w:rsidR="004E6750">
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="003F4903">
+      <w:r w:rsidR="003F4903" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00390E69">
-[...6 lines deleted...]
-        <w:t>with edited text.</w:t>
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Edit/Preferences, Send Forms/Company Preferences window with edited text.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00CEAC39" w14:textId="5172EEE7" w:rsidR="00352276" w:rsidRDefault="00FE0600">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="00CEAC39" w14:textId="5172EEE7" w:rsidR="00352276" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695616" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15F27E18" wp14:editId="0E258BDA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658340" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15F27E18" wp14:editId="0E258BDA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1587500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2125980</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1628775" cy="207645"/>
                 <wp:effectExtent l="0" t="3810" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="719417016" name="Text Box 251"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1628775" cy="207645"/>
                         </a:xfrm>
@@ -15581,87 +17137,88 @@
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>Todd Thibault</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="15F27E18" id="Text Box 251" o:spid="_x0000_s1074" type="#_x0000_t202" style="position:absolute;margin-left:125pt;margin-top:167.4pt;width:128.25pt;height:16.35pt;z-index:251695616;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA9Yc05QEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RReiFqulp2tQhp&#10;uUgLH+A4TmKReMzYbVK+nrHT7RZ4Q7xYtsc5c86Zk93NNPTsqNBpMCVfLlLOlJFQa9OW/NvXhzdb&#10;zpwXphY9GFXyk3L8Zv/61W60hcqgg75WyAjEuGK0Je+8t0WSONmpQbgFWGWo2AAOwtMR26RGMRL6&#10;0CdZmq6TEbC2CFI5R7f3c5HvI37TKOk/N41TnvUlJ24+rhjXKqzJfieKFoXttDzTEP/AYhDaUNML&#10;1L3wgh1Q/wU1aIngoPELCUMCTaOlihpIzTL9Q81TJ6yKWsgcZy82uf8HKz8dn+wXZH56BxMNMIpw&#10;9hHkd8cM3HXCtOoWEcZOiZoaL4NlyWhdcf40WO0KF0Cq8SPUNGRx8BCBpgaH4ArpZIROAzhdTFeT&#10;ZzK0XGfbzWbFmaRalm7W+Sq2EMXz1xadf69gYGFTcqShRnRxfHQ+sBHF85PQzMCD7vs42N78dkEP&#10;w01kHwjP1P1UTUzXJc+3oXFQU0F9Ij0Ic14o37TpAH9yNlJWSu5+HAQqzvoPhjx5u8zzEK54yFeb&#10;jA54XamuK8JIgiq552ze3vk5kAeLuu2o0zwFA7fkY6OjxBdWZ/6Uh6j8nN0QuOtzfPXyh+1/AQAA&#10;//8DAFBLAwQUAAYACAAAACEABfUnPt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG&#10;70j8h8hI3FjCthRWmk4TiCuI8SHtljVeW61xqiZby7/HnOBo+9Xr5ynWk+/EGYfYBjJwO1MgkKrg&#10;WqoNfLw/39yDiMmSs10gNPCNEdbl5UVhcxdGesPzNtWCSyjm1kCTUp9LGasGvY2z0CPx7RAGbxOP&#10;Qy3dYEcu952cK5VJb1viD43t8bHB6rg9eQOfL4fd11K91k9e92OYlCS/ksZcX02bBxAJp/QXhl98&#10;RoeSmfbhRC6KzsBcK3ZJBhaLJTtwQqtMg9jzJrvTIMtC/ncofwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAA9Yc05QEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAF9Sc+3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="15F27E18" id="Text Box 251" o:spid="_x0000_s1074" type="#_x0000_t202" style="position:absolute;margin-left:125pt;margin-top:167.4pt;width:128.25pt;height:16.35pt;z-index:251658340;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA9Yc05QEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RReiFqulp2tQhp&#10;uUgLH+A4TmKReMzYbVK+nrHT7RZ4Q7xYtsc5c86Zk93NNPTsqNBpMCVfLlLOlJFQa9OW/NvXhzdb&#10;zpwXphY9GFXyk3L8Zv/61W60hcqgg75WyAjEuGK0Je+8t0WSONmpQbgFWGWo2AAOwtMR26RGMRL6&#10;0CdZmq6TEbC2CFI5R7f3c5HvI37TKOk/N41TnvUlJ24+rhjXKqzJfieKFoXttDzTEP/AYhDaUNML&#10;1L3wgh1Q/wU1aIngoPELCUMCTaOlihpIzTL9Q81TJ6yKWsgcZy82uf8HKz8dn+wXZH56BxMNMIpw&#10;9hHkd8cM3HXCtOoWEcZOiZoaL4NlyWhdcf40WO0KF0Cq8SPUNGRx8BCBpgaH4ArpZIROAzhdTFeT&#10;ZzK0XGfbzWbFmaRalm7W+Sq2EMXz1xadf69gYGFTcqShRnRxfHQ+sBHF85PQzMCD7vs42N78dkEP&#10;w01kHwjP1P1UTUzXJc+3oXFQU0F9Ij0Ic14o37TpAH9yNlJWSu5+HAQqzvoPhjx5u8zzEK54yFeb&#10;jA54XamuK8JIgiq552ze3vk5kAeLuu2o0zwFA7fkY6OjxBdWZ/6Uh6j8nN0QuOtzfPXyh+1/AQAA&#10;//8DAFBLAwQUAAYACAAAACEABfUnPt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG&#10;70j8h8hI3FjCthRWmk4TiCuI8SHtljVeW61xqiZby7/HnOBo+9Xr5ynWk+/EGYfYBjJwO1MgkKrg&#10;WqoNfLw/39yDiMmSs10gNPCNEdbl5UVhcxdGesPzNtWCSyjm1kCTUp9LGasGvY2z0CPx7RAGbxOP&#10;Qy3dYEcu952cK5VJb1viD43t8bHB6rg9eQOfL4fd11K91k9e92OYlCS/ksZcX02bBxAJp/QXhl98&#10;RoeSmfbhRC6KzsBcK3ZJBhaLJTtwQqtMg9jzJrvTIMtC/ncofwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAA9Yc05QEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAF9Sc+3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="47D1B3E3" w14:textId="73B977FD" w:rsidR="00223B98" w:rsidRPr="00EC7386" w:rsidRDefault="00EC7386" w:rsidP="00223B98">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00EC7386">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Father </w:t>
                       </w:r>
                       <w:r w:rsidR="00A86292">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>Todd Thibault</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694592" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12DC1319" wp14:editId="321ADB31">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658339" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12DC1319" wp14:editId="321ADB31">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1663700</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2197100</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1317625" cy="112395"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                 <wp:wrapNone/>
                 <wp:docPr id="295379995" name="Text Box 250"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1317625" cy="112395"/>
                         </a:xfrm>
@@ -15687,69 +17244,70 @@
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="2FA0CCE0" w14:textId="77777777" w:rsidR="00BB51A4" w:rsidRDefault="00BB51A4"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="12DC1319" id="Text Box 250" o:spid="_x0000_s1075" type="#_x0000_t202" style="position:absolute;margin-left:131pt;margin-top:173pt;width:103.75pt;height:8.85pt;z-index:251694592;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATt5Dj+QEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IcO6kFy0HqwEWB&#10;9AGk/QCKoiSiFJdd0pbSr++Schy3vRXVgeBqydmd2eHmduwNOyr0GmzJ89mcM2Ul1Nq2Jf/2df/m&#10;LWc+CFsLA1aV/El5frt9/WozuEItoANTK2QEYn0xuJJ3Ibgiy7zsVC/8DJyylGwAexEoxDarUQyE&#10;3ptsMZ9fZwNg7RCk8p7+3k9Jvk34TaNk+Nw0XgVmSk69hbRiWqu4ZtuNKFoUrtPy1Ib4hy56oS0V&#10;PUPdiyDYAfVfUL2WCB6aMJPQZ9A0WqrEgdjk8z/YPHbCqcSFxPHuLJP/f7Dy0/HRfUEWxncw0gAT&#10;Ce8eQH73zMKuE7ZVd4gwdErUVDiPkmWD88XpapTaFz6CVMNHqGnI4hAgAY0N9lEV4skInQbwdBZd&#10;jYHJWPIqv7lerDiTlMvzxdV6lUqI4vm2Qx/eK+hZ3JQcaagJXRwffIjdiOL5SCzmweh6r41JAbbV&#10;ziA7CjLAPn0n9N+OGRsPW4jXJsT4J9GMzCaOYaxGpuuSL9cRI9KuoH4i4giTsegh0KYD/MnZQKYq&#10;uf9xEKg4Mx8sibfOl8vowhQsVzcLCvAyU11mhJUEVfLA2bTdhcm5B4e67ajSNC4LdyR4o5MWL12d&#10;+ifjJIlOJo/OvIzTqZenuP0FAAD//wMAUEsDBBQABgAIAAAAIQB11AVh4AAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXaR0sVSlkZNNF5b+wMG2AIpO0vYbaH/3vFkbzPz&#10;Xt58L9/OthcXM/rOkYaXRQTCUOXqjhoNh5/P51cQPiDV2DsyGq7Gw7a4v8sxq91EO3PZh0ZwCPkM&#10;NbQhDJmUvmqNRb9wgyHWjm60GHgdG1mPOHG47WUcRUpa7Ig/tDiYj9ZUp/3Zajh+T0+r9VR+hUO6&#10;S9Q7dmnprlo/PsxvGxDBzOHfDH/4jA4FM5XuTLUXvYZYxdwlaFgmigd2JGq9AlHyRS1TkEUubzsU&#10;vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQATt5Dj+QEAANIDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB11AVh4AAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAAFMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="12DC1319" id="Text Box 250" o:spid="_x0000_s1075" type="#_x0000_t202" style="position:absolute;margin-left:131pt;margin-top:173pt;width:103.75pt;height:8.85pt;z-index:251658339;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATt5Dj+QEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IcO6kFy0HqwEWB&#10;9AGk/QCKoiSiFJdd0pbSr++Schy3vRXVgeBqydmd2eHmduwNOyr0GmzJ89mcM2Ul1Nq2Jf/2df/m&#10;LWc+CFsLA1aV/El5frt9/WozuEItoANTK2QEYn0xuJJ3Ibgiy7zsVC/8DJyylGwAexEoxDarUQyE&#10;3ptsMZ9fZwNg7RCk8p7+3k9Jvk34TaNk+Nw0XgVmSk69hbRiWqu4ZtuNKFoUrtPy1Ib4hy56oS0V&#10;PUPdiyDYAfVfUL2WCB6aMJPQZ9A0WqrEgdjk8z/YPHbCqcSFxPHuLJP/f7Dy0/HRfUEWxncw0gAT&#10;Ce8eQH73zMKuE7ZVd4gwdErUVDiPkmWD88XpapTaFz6CVMNHqGnI4hAgAY0N9lEV4skInQbwdBZd&#10;jYHJWPIqv7lerDiTlMvzxdV6lUqI4vm2Qx/eK+hZ3JQcaagJXRwffIjdiOL5SCzmweh6r41JAbbV&#10;ziA7CjLAPn0n9N+OGRsPW4jXJsT4J9GMzCaOYaxGpuuSL9cRI9KuoH4i4giTsegh0KYD/MnZQKYq&#10;uf9xEKg4Mx8sibfOl8vowhQsVzcLCvAyU11mhJUEVfLA2bTdhcm5B4e67ajSNC4LdyR4o5MWL12d&#10;+ifjJIlOJo/OvIzTqZenuP0FAAD//wMAUEsDBBQABgAIAAAAIQB11AVh4AAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXaR0sVSlkZNNF5b+wMG2AIpO0vYbaH/3vFkbzPz&#10;Xt58L9/OthcXM/rOkYaXRQTCUOXqjhoNh5/P51cQPiDV2DsyGq7Gw7a4v8sxq91EO3PZh0ZwCPkM&#10;NbQhDJmUvmqNRb9wgyHWjm60GHgdG1mPOHG47WUcRUpa7Ig/tDiYj9ZUp/3Zajh+T0+r9VR+hUO6&#10;S9Q7dmnprlo/PsxvGxDBzOHfDH/4jA4FM5XuTLUXvYZYxdwlaFgmigd2JGq9AlHyRS1TkEUubzsU&#10;vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQATt5Dj+QEAANIDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB11AVh4AAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAAFMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2FA0CCE0" w14:textId="77777777" w:rsidR="00BB51A4" w:rsidRDefault="00BB51A4"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251605504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FD55849" wp14:editId="38FC764C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658252" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FD55849" wp14:editId="38FC764C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1615440</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1531620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3124200" cy="1173480"/>
                 <wp:effectExtent l="15240" t="9525" r="13335" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="330913362" name="Rectangle 26"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3124200" cy="1173480"/>
                         </a:xfrm>
@@ -15770,201 +17328,283 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7068E7F8" id="Rectangle 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:127.2pt;margin-top:120.6pt;width:246pt;height:92.4pt;z-index:251605504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/opPYBwIAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47TdE2NOEWRrsOA&#10;rhvQ7QMYWbaFyaJGKXG6rx+lpGmw3Yb5IIgm+Ug+Pi1v9oMVO03BoKtlOZlKoZ3Cxriult+/3b9b&#10;SBEiuAYsOl3LZx3kzertm+XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu3Y2SINENmkrmgIRkYf&#10;bDGbTt8XI1LjCZUOgf/eHZxylfHbVqv4pW2DjsLWknuL+aR8btJZrJZQdQS+N+rYBvxDFwMYx0VP&#10;UHcQQWzJ/AU1GEUYsI0ThUOBbWuUzjPwNOX0j2meevA6z8LkBH+iKfw/WPW4e/JfKbUe/AOqH0E4&#10;XPfgOn1LhGOvoeFyZSKqGH2oTgnJCJwqNuNnbHi1sI2YOdi3NCRAnk7sM9XPJ6r1PgrFPy/K2Zz3&#10;J4ViX1leXcwXeRkFVC/pnkL8qHEQ6VJL4l1meNg9hJjageolJFVzeG+szfu0ToyMej29nOaMgNY0&#10;yZvHpG6ztiR2kCSRvzwcE3AeNpjIwrRmqOXiFARV4uODa3KZCMYe7tyKdUeCEidJfqHaYPPM/BAe&#10;VMevhC890i8pRlZcLcPPLZCWwn5yzPF1OZ8niWZjfnk1Y4POPZtzDzjFULWMUhyu63iQ9daT6Xqu&#10;VObZHd7yXlqTGXvt6tgsqyoTeXwBSbbndo56faer3wAAAP//AwBQSwMEFAAGAAgAAAAhAHhj20nh&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj11LwzAUhu8F/0M4gjeypSuxjtp0DMErBbE62O6y&#10;JLbF5qQm2db9e49X8+58PLznOdVqcgM72hB7jxIW8wyYRe1Nj62Ez4/n2RJYTAqNGjxaCWcbYVVf&#10;X1WqNP6E7/bYpJZRCMZSSehSGkvOo+6sU3HuR4u0+/LBqURtaLkJ6kThbuB5lhXcqR7pQqdG+9RZ&#10;/d0cnIQ7UTiz2f6cw6552W7elnr9GrWUtzfT+hFYslO6wPCnT+pQk9PeH9BENkjI74UglAqxyIER&#10;8SAKmuwliLzIgNcV//9D/QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC/opPYBwIAAO8D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB4Y9tJ4QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAGEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:rect w14:anchorId="22AED9AC" id="Rectangle 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:127.2pt;margin-top:120.6pt;width:246pt;height:92.4pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/opPYBwIAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47TdE2NOEWRrsOA&#10;rhvQ7QMYWbaFyaJGKXG6rx+lpGmw3Yb5IIgm+Ug+Pi1v9oMVO03BoKtlOZlKoZ3Cxriult+/3b9b&#10;SBEiuAYsOl3LZx3kzertm+XoKz3DHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu3Y2SINENmkrmgIRkYf&#10;bDGbTt8XI1LjCZUOgf/eHZxylfHbVqv4pW2DjsLWknuL+aR8btJZrJZQdQS+N+rYBvxDFwMYx0VP&#10;UHcQQWzJ/AU1GEUYsI0ThUOBbWuUzjPwNOX0j2meevA6z8LkBH+iKfw/WPW4e/JfKbUe/AOqH0E4&#10;XPfgOn1LhGOvoeFyZSKqGH2oTgnJCJwqNuNnbHi1sI2YOdi3NCRAnk7sM9XPJ6r1PgrFPy/K2Zz3&#10;J4ViX1leXcwXeRkFVC/pnkL8qHEQ6VJL4l1meNg9hJjageolJFVzeG+szfu0ToyMej29nOaMgNY0&#10;yZvHpG6ztiR2kCSRvzwcE3AeNpjIwrRmqOXiFARV4uODa3KZCMYe7tyKdUeCEidJfqHaYPPM/BAe&#10;VMevhC890i8pRlZcLcPPLZCWwn5yzPF1OZ8niWZjfnk1Y4POPZtzDzjFULWMUhyu63iQ9daT6Xqu&#10;VObZHd7yXlqTGXvt6tgsqyoTeXwBSbbndo56faer3wAAAP//AwBQSwMEFAAGAAgAAAAhAHhj20nh&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj11LwzAUhu8F/0M4gjeypSuxjtp0DMErBbE62O6y&#10;JLbF5qQm2db9e49X8+58PLznOdVqcgM72hB7jxIW8wyYRe1Nj62Ez4/n2RJYTAqNGjxaCWcbYVVf&#10;X1WqNP6E7/bYpJZRCMZSSehSGkvOo+6sU3HuR4u0+/LBqURtaLkJ6kThbuB5lhXcqR7pQqdG+9RZ&#10;/d0cnIQ7UTiz2f6cw6552W7elnr9GrWUtzfT+hFYslO6wPCnT+pQk9PeH9BENkjI74UglAqxyIER&#10;8SAKmuwliLzIgNcV//9D/QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC/opPYBwIAAO8D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB4Y9tJ4QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAGEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56A8B6D2" wp14:editId="19FD1AA4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56A8B6D2" wp14:editId="2BAC3F19">
             <wp:extent cx="5947410" cy="3530600"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="15240" b="12700"/>
             <wp:docPr id="18" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 18"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5947410" cy="3530600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B1C7F9" w14:textId="0FCC82F6" w:rsidR="00A52033" w:rsidRDefault="00390E69">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="13B1C7F9" w14:textId="0FCC82F6" w:rsidR="00A52033" w:rsidRPr="00D24F02" w:rsidRDefault="00390E69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Step 13:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00050B71">
+      <w:r w:rsidR="00050B71" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">The following steps </w:t>
       </w:r>
-      <w:r w:rsidR="002B0DC2">
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidR="00050B71">
+      <w:r w:rsidR="00050B71" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>E-</w:t>
       </w:r>
-      <w:r w:rsidR="002B0DC2">
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>mail</w:t>
       </w:r>
-      <w:r w:rsidR="00050B71">
+      <w:r w:rsidR="00050B71" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>ing the QuickBooks</w:t>
       </w:r>
-      <w:r w:rsidR="002B0DC2">
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r w:rsidR="002B0DC2">
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Profit &amp; Loss Budget Overview to the diocese</w:t>
       </w:r>
-      <w:r w:rsidR="00A52033">
+      <w:r w:rsidR="00A52033" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002B0DC2">
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Select on the E</w:t>
       </w:r>
-      <w:r w:rsidR="00D66DA9">
+      <w:r w:rsidR="00D66DA9" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="002B0DC2">
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>mail button (cir</w:t>
       </w:r>
-      <w:r w:rsidR="004E6750">
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>cled below as shown in figure 18</w:t>
       </w:r>
-      <w:r w:rsidR="002B0DC2">
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>) “Send report as Excel”</w:t>
       </w:r>
-      <w:r w:rsidR="00FE6DDF">
+      <w:r w:rsidR="00FE6DDF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265156F4" w14:textId="77777777" w:rsidR="00A52033" w:rsidRDefault="004E6750">
-      <w:r>
+    <w:p w14:paraId="265156F4" w14:textId="77777777" w:rsidR="00A52033" w:rsidRPr="00D24F02" w:rsidRDefault="004E6750">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Figure 18</w:t>
       </w:r>
-      <w:r w:rsidR="00A52033">
+      <w:r w:rsidR="00A52033" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00390E69">
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r w:rsidR="00390E69">
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Profit &amp; Loss Budget Overview report.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1981962A" w14:textId="1BED3949" w:rsidR="00A52033" w:rsidRPr="00094E17" w:rsidRDefault="00FE0600">
+    <w:p w14:paraId="1981962A" w14:textId="1BED3949" w:rsidR="00A52033" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251722240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D2EC36D" wp14:editId="709B9698">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658366" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D2EC36D" wp14:editId="709B9698">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>36830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>553720</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="723900" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="1270" b="1905"/>
                 <wp:wrapNone/>
                 <wp:docPr id="152353739" name="Text Box 343"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="723900" cy="266700"/>
                         </a:xfrm>
@@ -16023,97 +17663,98 @@
                                 <w:color w:val="323E4F"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>5</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5D2EC36D" id="Text Box 343" o:spid="_x0000_s1076" type="#_x0000_t202" style="position:absolute;margin-left:2.9pt;margin-top:43.6pt;width:57pt;height:21pt;z-index:251722240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCH8e+q4gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8NFmNOEXXosOA&#10;rhvQ9QNkWYqF2aJGKbGzrx8lp2m23oZdBIqUH997pNdXY9+xvUJvwFZ8Pss5U1ZCY+y24k/f7959&#10;4MwHYRvRgVUVPyjPrzZv36wHV6oCWugahYxArC8HV/E2BFdmmZet6oWfgVOWihqwF4GuuM0aFAOh&#10;911W5PkyGwAbhyCV95S9nYp8k/C1VjJ81dqrwLqKE7eQTkxnHc9ssxblFoVrjTzSEP/AohfGUtMT&#10;1K0Igu3QvILqjUTwoMNMQp+B1kaqpIHUzPO/1Dy2wqmkhczx7mST/3+w8mH/6L4hC+NHGGmASYR3&#10;9yB/eGbhphV2q64RYWiVaKjxPFqWDc6Xx0+j1b70EaQevkBDQxa7AAlo1NhHV0gnI3QawOFkuhoD&#10;k5RcFe8vc6pIKhXL5Yri2EGUzx879OGTgp7FoOJIM03gYn/vw/T0+UnsZeHOdF2aa2f/SBBmzCTy&#10;ke/EPIz1yExT8YvUOIqpoTmQHIRpXWi9KWgBf3E20KpU3P/cCVScdZ8tWXI5XyzibqXL4mJV0AXP&#10;K/V5RVhJUBUPnE3hTZj2cefQbFvqNA3BwjXZqE2S+MLqyJ/WIZl0XN24b+f39OrlB9v8BgAA//8D&#10;AFBLAwQUAAYACAAAACEAq/sOGNwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8&#10;h8hI3JizisFamk4IxBXE+CNxyxqvrWicqsnW8u3xTnDz87Pe+7nczL5XRxpjF9jAcqFBEdfBddwY&#10;eH97ulqDismys31gMvBDETbV+VlpCxcmfqXjNjVKQjgW1kCb0lAgxrolb+MiDMTi7cPobRI5NuhG&#10;O0m47zHT+ga97VgaWjvQQ0v19/bgDXw8778+r/VL8+hXwxRmjexzNObyYr6/A5VoTn/HcMIXdKiE&#10;aRcO7KLqDawEPBlY32agTvYyl8VOhizPAKsS/z9Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCH8e+q4gEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCr+w4Y3AAAAAgBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5D2EC36D" id="Text Box 343" o:spid="_x0000_s1076" type="#_x0000_t202" style="position:absolute;margin-left:2.9pt;margin-top:43.6pt;width:57pt;height:21pt;z-index:251658366;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCH8e+q4gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8NFmNOEXXosOA&#10;rhvQ9QNkWYqF2aJGKbGzrx8lp2m23oZdBIqUH997pNdXY9+xvUJvwFZ8Pss5U1ZCY+y24k/f7959&#10;4MwHYRvRgVUVPyjPrzZv36wHV6oCWugahYxArC8HV/E2BFdmmZet6oWfgVOWihqwF4GuuM0aFAOh&#10;911W5PkyGwAbhyCV95S9nYp8k/C1VjJ81dqrwLqKE7eQTkxnHc9ssxblFoVrjTzSEP/AohfGUtMT&#10;1K0Igu3QvILqjUTwoMNMQp+B1kaqpIHUzPO/1Dy2wqmkhczx7mST/3+w8mH/6L4hC+NHGGmASYR3&#10;9yB/eGbhphV2q64RYWiVaKjxPFqWDc6Xx0+j1b70EaQevkBDQxa7AAlo1NhHV0gnI3QawOFkuhoD&#10;k5RcFe8vc6pIKhXL5Yri2EGUzx879OGTgp7FoOJIM03gYn/vw/T0+UnsZeHOdF2aa2f/SBBmzCTy&#10;ke/EPIz1yExT8YvUOIqpoTmQHIRpXWi9KWgBf3E20KpU3P/cCVScdZ8tWXI5XyzibqXL4mJV0AXP&#10;K/V5RVhJUBUPnE3hTZj2cefQbFvqNA3BwjXZqE2S+MLqyJ/WIZl0XN24b+f39OrlB9v8BgAA//8D&#10;AFBLAwQUAAYACAAAACEAq/sOGNwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8&#10;h8hI3JizisFamk4IxBXE+CNxyxqvrWicqsnW8u3xTnDz87Pe+7nczL5XRxpjF9jAcqFBEdfBddwY&#10;eH97ulqDismys31gMvBDETbV+VlpCxcmfqXjNjVKQjgW1kCb0lAgxrolb+MiDMTi7cPobRI5NuhG&#10;O0m47zHT+ga97VgaWjvQQ0v19/bgDXw8778+r/VL8+hXwxRmjexzNObyYr6/A5VoTn/HcMIXdKiE&#10;aRcO7KLqDawEPBlY32agTvYyl8VOhizPAKsS/z9Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCH8e+q4gEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCr+w4Y3AAAAAgBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1451F81B" w14:textId="25EB1ECE" w:rsidR="001F4975" w:rsidRPr="009C158B" w:rsidRDefault="001F4975" w:rsidP="001F4975">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="323E4F"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009C158B">
                         <w:rPr>
                           <w:color w:val="323E4F"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>4/30/</w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B" w:rsidRPr="009C158B">
                         <w:rPr>
                           <w:color w:val="323E4F"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
                       <w:r w:rsidR="00662133">
                         <w:rPr>
                           <w:color w:val="323E4F"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>5</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="701B5FF2" wp14:editId="1CAEE205">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658299" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="701B5FF2" wp14:editId="1CAEE205">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>127000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>657225</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="548640" cy="127000"/>
                 <wp:effectExtent l="3175" t="0" r="635" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1027286507" name="Rectangle 136"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="548640" cy="127000"/>
                         </a:xfrm>
@@ -16134,171 +17775,220 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1DE43692" id="Rectangle 136" o:spid="_x0000_s1026" style="position:absolute;margin-left:10pt;margin-top:51.75pt;width:43.2pt;height:10pt;z-index:251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcoUG85gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgO0suMOEWRIsOA&#10;7gJ0+wBGlm1hsqhRSpzu60cpaRpsb8P8IIiieHTOIb28O4xW7DUFg66R1ayUQjuFrXF9I79/27y7&#10;lSJEcC1YdLqRzzrIu9XbN8vJ13qOA9pWk2AQF+rJN3KI0ddFEdSgRwgz9NpxskMaIXJIfdESTIw+&#10;2mJeltfFhNR6QqVD4NOHY1KuMn7XaRW/dF3QUdhGMreYV8rrNq3Fagl1T+AHo0404B9YjGAcP3qG&#10;eoAIYkfmL6jRKMKAXZwpHAvsOqN01sBqqvIPNU8DeJ21sDnBn20K/w9Wfd4/+a+UqAf/iOpHEA7X&#10;A7he3xPhNGho+bkqGVVMPtTnghQELhXb6RO23FrYRcweHDoaEyCrE4ds9fPZan2IQvHh1eL2esEN&#10;UZyq5jdlmVtRQP1S7CnEDxpHkTaNJO5kBof9Y4iJDNQvVzJ5tKbdGGtzQP12bUnsgbu+yV/mzxov&#10;r1mXLjtMZUfEdJJVJmFphkK9xfaZRRIeR4dHnTcD0i8pJh6bRoafOyAthf3o2Kj31SLJijlYXN3M&#10;OaDLzPYyA04xVCOjFMftOh5nc+fJ9AO/VGXRDu/Z3M5k4a+sTmR5NLIfpzFOs3cZ51uvP9vqNwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAOdiHQHcAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj09PwzAM&#10;xe9IfIfISNxYwv5UUJpOCGkn4MCGxNVrvLaicUqTbuXb453YzX7v6fnnYj35Th1piG1gC/czA4q4&#10;Cq7l2sLnbnP3AComZIddYLLwSxHW5fVVgbkLJ/6g4zbVSko45mihSanPtY5VQx7jLPTE4h3C4DHJ&#10;OtTaDXiSct/puTGZ9tiyXGiwp5eGqu/t6C1gtnQ/74fF2+51zPCxnsxm9WWsvb2Znp9AJZrSfxjO&#10;+IIOpTDtw8guqs6CtEtSdLNYgToHTLYEtZdhLoouC335QvkHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAXKFBvOYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA52IdAdwAAAAKAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="5066146C" id="Rectangle 136" o:spid="_x0000_s1026" style="position:absolute;margin-left:10pt;margin-top:51.75pt;width:43.2pt;height:10pt;z-index:251658299;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcoUG85gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgO0suMOEWRIsOA&#10;7gJ0+wBGlm1hsqhRSpzu60cpaRpsb8P8IIiieHTOIb28O4xW7DUFg66R1ayUQjuFrXF9I79/27y7&#10;lSJEcC1YdLqRzzrIu9XbN8vJ13qOA9pWk2AQF+rJN3KI0ddFEdSgRwgz9NpxskMaIXJIfdESTIw+&#10;2mJeltfFhNR6QqVD4NOHY1KuMn7XaRW/dF3QUdhGMreYV8rrNq3Fagl1T+AHo0404B9YjGAcP3qG&#10;eoAIYkfmL6jRKMKAXZwpHAvsOqN01sBqqvIPNU8DeJ21sDnBn20K/w9Wfd4/+a+UqAf/iOpHEA7X&#10;A7he3xPhNGho+bkqGVVMPtTnghQELhXb6RO23FrYRcweHDoaEyCrE4ds9fPZan2IQvHh1eL2esEN&#10;UZyq5jdlmVtRQP1S7CnEDxpHkTaNJO5kBof9Y4iJDNQvVzJ5tKbdGGtzQP12bUnsgbu+yV/mzxov&#10;r1mXLjtMZUfEdJJVJmFphkK9xfaZRRIeR4dHnTcD0i8pJh6bRoafOyAthf3o2Kj31SLJijlYXN3M&#10;OaDLzPYyA04xVCOjFMftOh5nc+fJ9AO/VGXRDu/Z3M5k4a+sTmR5NLIfpzFOs3cZ51uvP9vqNwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAOdiHQHcAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj09PwzAM&#10;xe9IfIfISNxYwv5UUJpOCGkn4MCGxNVrvLaicUqTbuXb453YzX7v6fnnYj35Th1piG1gC/czA4q4&#10;Cq7l2sLnbnP3AComZIddYLLwSxHW5fVVgbkLJ/6g4zbVSko45mihSanPtY5VQx7jLPTE4h3C4DHJ&#10;OtTaDXiSct/puTGZ9tiyXGiwp5eGqu/t6C1gtnQ/74fF2+51zPCxnsxm9WWsvb2Znp9AJZrSfxjO&#10;+IIOpTDtw8guqs6CtEtSdLNYgToHTLYEtZdhLoouC335QvkHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAXKFBvOYBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA52IdAdwAAAAKAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="653CA82B" wp14:editId="0748EE25">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="653CA82B" wp14:editId="586BCDBD">
             <wp:extent cx="5677535" cy="914400"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="18415" b="19050"/>
             <wp:docPr id="19" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5677535" cy="914400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B6A77FA" w14:textId="426879B8" w:rsidR="00B7156A" w:rsidRDefault="00B7156A">
+    <w:p w14:paraId="5E89822E" w14:textId="7BF6F88C" w:rsidR="002B0DC2" w:rsidRPr="00D24F02" w:rsidRDefault="00390E69">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
+        <w:t>Step 14:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0093253C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>If the E</w:t>
+      </w:r>
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0093253C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>mail Security wi</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ndow appears, shown in Figure 19</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0093253C" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Select the OK button.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C54046D" w14:textId="77777777" w:rsidR="002B0DC2" w:rsidRPr="00D24F02" w:rsidRDefault="004E6750">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Figure 19</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>mail Security window.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5E89822E" w14:textId="7BF6F88C" w:rsidR="002B0DC2" w:rsidRDefault="00390E69">
-[...47 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1E3AA65C" w14:textId="1139C212" w:rsidR="002B0DC2" w:rsidRPr="00D24F02" w:rsidRDefault="00FE0600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251602432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="630C7121" wp14:editId="4A96AB63">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="630C7121" wp14:editId="4A96AB63">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1219200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1243330</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="769620" cy="251460"/>
                 <wp:effectExtent l="9525" t="12065" r="11430" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1869350550" name="Oval 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="769620" cy="251460"/>
                         </a:xfrm>
@@ -16319,230 +18009,344 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="3AC4F8B9" id="Oval 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:96pt;margin-top:97.9pt;width:60.6pt;height:19.8pt;z-index:251602432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAHS6nAAIAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CJF2MOEWRrsOA&#10;bh3Q7QMYWbaFyaJGKXGyrx+lpGmw3Yb5IJCi+Eg+Pq9uD70Ve03BoKvkZDSWQjuFtXFtJb9/e3j3&#10;XooQwdVg0elKHnWQt+u3b1aDL/UUO7S1JsEgLpSDr2QXoy+LIqhO9xBG6LXjYIPUQ2SX2qImGBi9&#10;t8V0PF4UA1LtCZUOgW/vT0G5zvhNo1V8apqgo7CV5N5iPimf23QW6xWULYHvjDq3Af/QRQ/GcdEL&#10;1D1EEDsyf0H1RhEGbOJIYV9g0xil8ww8zWT8xzTPHXidZ2Fygr/QFP4frPqyf/ZfKbUe/COqH0E4&#10;3HTgWn1HhEOnoeZyk0RUMfhQXhKSEzhVbIfPWPNqYRcxc3BoqE+APJ04ZKqPF6r1IQrFlzeL5WLK&#10;C1Ecms4ns0VeRQHlS7KnED9q7EUyKqmtNT4kMqCE/WOIqR8oX16la4cPxtq8UOvEwE0vx/Nxzgho&#10;TZ2ieU5qtxtLYg9JE/nL0zED188Id67OaImDD2c7grEnm6tbdyYl8ZAkF8ot1kfmhPCkNP4z2OiQ&#10;fkkxsMoqGX7ugLQU9pNjXpeT2SzJMjuz+U2ihK4j2+sIOMVQlYxSnMxNPEl558m0HVea5HEd3vEu&#10;GpNJeu3q3CwrKXN3Vn2S6rWfX73+m+vfAAAA//8DAFBLAwQUAAYACAAAACEA1cXA9NwAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjThFYlxKkQEuUKKQ/gxJsfEa8t223D&#10;27M9wW1HO5qZr9ovdhZnDHFypGC9ykAgdc5MNCj4Or497EDEpMno2REq+MEI+/r2ptKlcRf6xHOT&#10;BsEhFEutYEzJl1LGbkSr48p5JP71LlidWIZBmqAvHG5nmWfZVlo9ETeM2uPriN13c7IKDv3QmIam&#10;Y54dfL8LNrz7j1ap+7vl5RlEwiX9meE6n6dDzZtadyITxcz6KWeWdD02zMCOYl3kIFoFebF5BFlX&#10;8j9D/QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDAHS6nAAIAAOMDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDVxcD03AAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAFoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:oval w14:anchorId="6638DE96" id="Oval 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:96pt;margin-top:97.9pt;width:60.6pt;height:19.8pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAHS6nAAIAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CJF2MOEWRrsOA&#10;bh3Q7QMYWbaFyaJGKXGyrx+lpGmw3Yb5IJCi+Eg+Pq9uD70Ve03BoKvkZDSWQjuFtXFtJb9/e3j3&#10;XooQwdVg0elKHnWQt+u3b1aDL/UUO7S1JsEgLpSDr2QXoy+LIqhO9xBG6LXjYIPUQ2SX2qImGBi9&#10;t8V0PF4UA1LtCZUOgW/vT0G5zvhNo1V8apqgo7CV5N5iPimf23QW6xWULYHvjDq3Af/QRQ/GcdEL&#10;1D1EEDsyf0H1RhEGbOJIYV9g0xil8ww8zWT8xzTPHXidZ2Fygr/QFP4frPqyf/ZfKbUe/COqH0E4&#10;3HTgWn1HhEOnoeZyk0RUMfhQXhKSEzhVbIfPWPNqYRcxc3BoqE+APJ04ZKqPF6r1IQrFlzeL5WLK&#10;C1Ecms4ns0VeRQHlS7KnED9q7EUyKqmtNT4kMqCE/WOIqR8oX16la4cPxtq8UOvEwE0vx/Nxzgho&#10;TZ2ieU5qtxtLYg9JE/nL0zED188Id67OaImDD2c7grEnm6tbdyYl8ZAkF8ot1kfmhPCkNP4z2OiQ&#10;fkkxsMoqGX7ugLQU9pNjXpeT2SzJMjuz+U2ihK4j2+sIOMVQlYxSnMxNPEl558m0HVea5HEd3vEu&#10;GpNJeu3q3CwrKXN3Vn2S6rWfX73+m+vfAAAA//8DAFBLAwQUAAYACAAAACEA1cXA9NwAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjThFYlxKkQEuUKKQ/gxJsfEa8t223D&#10;27M9wW1HO5qZr9ovdhZnDHFypGC9ykAgdc5MNCj4Or497EDEpMno2REq+MEI+/r2ptKlcRf6xHOT&#10;BsEhFEutYEzJl1LGbkSr48p5JP71LlidWIZBmqAvHG5nmWfZVlo9ETeM2uPriN13c7IKDv3QmIam&#10;Y54dfL8LNrz7j1ap+7vl5RlEwiX9meE6n6dDzZtadyITxcz6KWeWdD02zMCOYl3kIFoFebF5BFlX&#10;8j9D/QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDAHS6nAAIAAOMDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDVxcD03AAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAFoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F5CF453" wp14:editId="123D6F8F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F5CF453" wp14:editId="0D5A5D00">
             <wp:extent cx="3983355" cy="1677670"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="17145" b="17780"/>
             <wp:docPr id="20" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 20"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3983355" cy="1677670"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0CEC51" w14:textId="215E4316" w:rsidR="002B0DC2" w:rsidRDefault="0093253C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4B0CEC51" w14:textId="215E4316" w:rsidR="002B0DC2" w:rsidRPr="00D24F02" w:rsidRDefault="0093253C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 15:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E6750">
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>In figure 20</w:t>
       </w:r>
-      <w:r w:rsidR="00911BFF">
+      <w:r w:rsidR="00911BFF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> you will need to add text </w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">in the subject line </w:t>
       </w:r>
-      <w:r w:rsidR="004E6750">
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>(see circled text in figure 20</w:t>
       </w:r>
-      <w:r w:rsidR="00911BFF">
+      <w:r w:rsidR="00911BFF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> below) that identifies the type of report that is being sent to the diocese</w:t>
       </w:r>
-      <w:r w:rsidR="002B0DC2">
+      <w:r w:rsidR="002B0DC2" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00911BFF">
+      <w:r w:rsidR="00911BFF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Also, yo</w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">u will need to type your </w:t>
       </w:r>
-      <w:r w:rsidR="00574DB3">
+      <w:r w:rsidR="00574DB3" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>school</w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>’s E</w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>mail address in the “From” field</w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00390E69">
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B018A1">
+      <w:r w:rsidR="00B018A1" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00390E69">
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>n the “To” field you wil</w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">l need to type </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="004E4DBC" w:rsidRPr="006635D6">
+        <w:r w:rsidR="004E4DBC" w:rsidRPr="00D24F02">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>vlalonde@rcdony.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004E4DBC">
+      <w:r w:rsidR="004E4DBC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00390E69">
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>as shown</w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00911BFF">
+      <w:r w:rsidR="00911BFF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Once all text is added select the “Send Now” button shown in </w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00911BFF">
+      <w:r w:rsidR="00911BFF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">highlighted </w:t>
       </w:r>
-      <w:r w:rsidR="00911BFF">
+      <w:r w:rsidR="00911BFF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>rectangle below.</w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D2B18C" w14:textId="77777777" w:rsidR="002B0DC2" w:rsidRDefault="00EC7386">
-      <w:r>
+    <w:p w14:paraId="49D2B18C" w14:textId="77777777" w:rsidR="002B0DC2" w:rsidRPr="00D24F02" w:rsidRDefault="00EC7386">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="004E6750">
+      <w:r w:rsidR="004E6750" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figure 20</w:t>
       </w:r>
-      <w:r w:rsidR="00A9440B">
+      <w:r w:rsidR="00A9440B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00390E69">
+      <w:r w:rsidR="00390E69" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Edit E-mail Information window.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F224B2" w14:textId="076F5DF1" w:rsidR="00A9440B" w:rsidRDefault="00662133">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="32F224B2" w14:textId="076F5DF1" w:rsidR="00A9440B" w:rsidRPr="00D24F02" w:rsidRDefault="00662133">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251612672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C15FF39" wp14:editId="0BAF6AD0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658259" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C15FF39" wp14:editId="0BAF6AD0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2400618</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1671320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="594360" cy="213360"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="444565016" name="Text Box 69"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="594360" cy="213360"/>
                         </a:xfrm>
@@ -16553,217 +18357,218 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="00C6ADFA" w14:textId="74FDCAB1" w:rsidR="00AE3F70" w:rsidRPr="00E72A5D" w:rsidRDefault="00EC70DA">
+                          <w:p w14:paraId="00C6ADFA" w14:textId="02A1470E" w:rsidR="00AE3F70" w:rsidRPr="00E72A5D" w:rsidRDefault="00EC70DA">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00AE3F70">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>20</w:t>
                             </w:r>
                             <w:r w:rsidR="009C158B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00662133">
+                            <w:r w:rsidR="001A58D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="00AE3F70" w:rsidRPr="00E72A5D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidR="0012406F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="00662133">
+                            <w:r w:rsidR="001A58D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5C15FF39" id="Text Box 69" o:spid="_x0000_s1077" type="#_x0000_t202" style="position:absolute;margin-left:189.05pt;margin-top:131.6pt;width:46.8pt;height:16.8pt;z-index:251612672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/uWAV4QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47TtFuNOEXXosOA&#10;rhvQ9QNkWY6F2aJGKrGzrx8lp2m23oZdBIqUH997pFdXY9+JnUGy4EqZz+ZSGKehtm5Tyqfvd+8+&#10;SEFBuVp14Ewp94bk1frtm9XgC7OAFrraoGAQR8XgS9mG4IssI92aXtEMvHFcbAB7FfiKm6xGNTB6&#10;32WL+fwiGwBrj6ANEWdvp6JcJ/ymMTp8bRoyQXSlZG4hnZjOKp7ZeqWKDSrfWn2gof6BRa+s46ZH&#10;qFsVlNiifQXVW41A0ISZhj6DprHaJA2sJp//peaxVd4kLWwO+aNN9P9g9cPu0X9DEcaPMPIAkwjy&#10;96B/kHBw0yq3MdeIMLRG1dw4j5Zlg6fi8Gm0mgqKINXwBWoestoGSEBjg310hXUKRucB7I+mmzEI&#10;zcnzy+XZBVc0lxb5WYxjB1U8f+yRwicDvYhBKZFnmsDV7p7C9PT5Sezl4M52XZpr5/5IMGbMJPKR&#10;78Q8jNUobM1EkrQopoJ6z3IQpnXh9eagBfwlxcCrUkr6uVVopOg+O7bkMl8u426ly/L8/YIveFqp&#10;TivKaYYqZZBiCm/CtI9bj3bTcqdpCA6u2cbGJokvrA78eR2SSYfVjft2ek+vXn6w9W8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBI9LEb4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BToNAEIbvJr7D&#10;Zky82V1oBYosjdF41bRqk962MAUiO0vYbcG3dzzpcWa+/PP9xWa2vbjg6DtHGqKFAoFUubqjRsPH&#10;+8tdBsIHQ7XpHaGGb/SwKa+vCpPXbqItXnahERxCPjca2hCGXEpftWiNX7gBiW8nN1oTeBwbWY9m&#10;4nDby1ipRFrTEX9ozYBPLVZfu7PV8Pl6OuxX6q15tvfD5GYlya6l1rc38+MDiIBz+IPhV5/VoWSn&#10;oztT7UWvYZlmEaMa4mQZg2BilUYpiCNv1kkGsizk/w7lDwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA/uWAV4QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBI9LEb4AAAAAsBAAAPAAAAAAAAAAAAAAAAADsEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5C15FF39" id="Text Box 69" o:spid="_x0000_s1077" type="#_x0000_t202" style="position:absolute;margin-left:189.05pt;margin-top:131.6pt;width:46.8pt;height:16.8pt;z-index:251658259;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/uWAV4QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47TtFuNOEXXosOA&#10;rhvQ9QNkWY6F2aJGKrGzrx8lp2m23oZdBIqUH997pFdXY9+JnUGy4EqZz+ZSGKehtm5Tyqfvd+8+&#10;SEFBuVp14Ewp94bk1frtm9XgC7OAFrraoGAQR8XgS9mG4IssI92aXtEMvHFcbAB7FfiKm6xGNTB6&#10;32WL+fwiGwBrj6ANEWdvp6JcJ/ymMTp8bRoyQXSlZG4hnZjOKp7ZeqWKDSrfWn2gof6BRa+s46ZH&#10;qFsVlNiifQXVW41A0ISZhj6DprHaJA2sJp//peaxVd4kLWwO+aNN9P9g9cPu0X9DEcaPMPIAkwjy&#10;96B/kHBw0yq3MdeIMLRG1dw4j5Zlg6fi8Gm0mgqKINXwBWoestoGSEBjg310hXUKRucB7I+mmzEI&#10;zcnzy+XZBVc0lxb5WYxjB1U8f+yRwicDvYhBKZFnmsDV7p7C9PT5Sezl4M52XZpr5/5IMGbMJPKR&#10;78Q8jNUobM1EkrQopoJ6z3IQpnXh9eagBfwlxcCrUkr6uVVopOg+O7bkMl8u426ly/L8/YIveFqp&#10;TivKaYYqZZBiCm/CtI9bj3bTcqdpCA6u2cbGJokvrA78eR2SSYfVjft2ek+vXn6w9W8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBI9LEb4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BToNAEIbvJr7D&#10;Zky82V1oBYosjdF41bRqk962MAUiO0vYbcG3dzzpcWa+/PP9xWa2vbjg6DtHGqKFAoFUubqjRsPH&#10;+8tdBsIHQ7XpHaGGb/SwKa+vCpPXbqItXnahERxCPjca2hCGXEpftWiNX7gBiW8nN1oTeBwbWY9m&#10;4nDby1ipRFrTEX9ozYBPLVZfu7PV8Pl6OuxX6q15tvfD5GYlya6l1rc38+MDiIBz+IPhV5/VoWSn&#10;oztT7UWvYZlmEaMa4mQZg2BilUYpiCNv1kkGsizk/w7lDwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA/uWAV4QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBI9LEb4AAAAAsBAAAPAAAAAAAAAAAAAAAAADsEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="00C6ADFA" w14:textId="74FDCAB1" w:rsidR="00AE3F70" w:rsidRPr="00E72A5D" w:rsidRDefault="00EC70DA">
+                    <w:p w14:paraId="00C6ADFA" w14:textId="02A1470E" w:rsidR="00AE3F70" w:rsidRPr="00E72A5D" w:rsidRDefault="00EC70DA">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00AE3F70">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>20</w:t>
                       </w:r>
                       <w:r w:rsidR="009C158B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00662133">
+                      <w:r w:rsidR="001A58D8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="00AE3F70" w:rsidRPr="00E72A5D">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidR="0012406F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="00662133">
+                      <w:r w:rsidR="001A58D8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251610367" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D18BAF6" wp14:editId="4297AD60">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658257" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D18BAF6" wp14:editId="4297AD60">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2286000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1664970</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="960120" cy="197485"/>
                 <wp:effectExtent l="11430" t="13335" r="9525" b="17780"/>
                 <wp:wrapNone/>
                 <wp:docPr id="184294647" name="Oval 27"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="960120" cy="197485"/>
                         </a:xfrm>
@@ -16784,63 +18589,64 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="3A1D2BDA" id="Oval 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:180pt;margin-top:131.1pt;width:75.6pt;height:15.55pt;z-index:251610367;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDC8Usa/QEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDpG2MOEWRrsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lu2m23Yb5IJCi+Eg+Pq9vj71hB4Veg614Mcs5U1ZCrW1b8W9fH97d&#10;cOaDsLUwYFXFT8rz283bN+vBlWoOHZhaISMQ68vBVbwLwZVZ5mWneuFn4JSlYAPYi0AutlmNYiD0&#10;3mTzPL/KBsDaIUjlPd3ej0G+SfhNo2R4ahqvAjMVp95COjGdu3hmm7UoWxSu03JqQ/xDF73Qloqe&#10;oe5FEGyP+i+oXksED02YSegzaBotVZqBpinyP6Z57oRTaRYix7szTf7/wcrPh2f3BWPr3j2C/O6Z&#10;hW0nbKvuEGHolKipXBGJygbny3NCdDylst3wCWpardgHSBwcG+wjIE3Hjonq05lqdQxM0uXqKi/m&#10;tBBJoWJ1vbhZpgqifEl26MMHBT2LRsWVMdr5SIYoxeHRh9iPKF9exWsLD9qYtFBj2RBx82WeMjwY&#10;XcdomhPb3dYgO4ioifRNtX97hrC3dUKLHLyf7CC0GW2qbuxESuQhSs6XO6hPxAnCqDT6M8joAH9y&#10;NpDKKu5/7AUqzsxHS7yuisUiyjI5i+V1pAQvI7vLiLCSoCoeOBvNbRilvHeo244qFWlcC3e0i0Yn&#10;kl67mpolJSXuJtVHqV766dXrv7n5BQAA//8DAFBLAwQUAAYACAAAACEAxhiqm90AAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgTR0QlxKlQpZYrpH0AJ3Z+RLy2bLcNb89y&#10;gtvuzmj2m3q32oVdTYizQwn5JgNmsHd6xlHC+XR42gKLSaFWi0Mj4dtE2DX3d7WqtLvhp7m2aWQU&#10;grFSEqaUfMV57CdjVdw4b5C0wQWrEq1h5DqoG4XbhYssK7lVM9KHSXmzn0z/1V6shOMwtrrF+SSy&#10;ox+2wYZ3/9FJ+fiwvr0CS2ZNf2b4xSd0aIipcxfUkS0SijKjLkmCKIUARo7nPKeho8tLUQBvav6/&#10;Q/MDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwvFLGv0BAADjAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxhiqm90AAAALAQAADwAAAAAAAAAA&#10;AAAAAABXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:oval w14:anchorId="67BDD0FB" id="Oval 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:180pt;margin-top:131.1pt;width:75.6pt;height:15.55pt;z-index:251658257;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDC8Usa/QEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDpG2MOEWRrsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lu2m23Yb5IJCi+Eg+Pq9vj71hB4Veg614Mcs5U1ZCrW1b8W9fH97d&#10;cOaDsLUwYFXFT8rz283bN+vBlWoOHZhaISMQ68vBVbwLwZVZ5mWneuFn4JSlYAPYi0AutlmNYiD0&#10;3mTzPL/KBsDaIUjlPd3ej0G+SfhNo2R4ahqvAjMVp95COjGdu3hmm7UoWxSu03JqQ/xDF73Qloqe&#10;oe5FEGyP+i+oXksED02YSegzaBotVZqBpinyP6Z57oRTaRYix7szTf7/wcrPh2f3BWPr3j2C/O6Z&#10;hW0nbKvuEGHolKipXBGJygbny3NCdDylst3wCWpardgHSBwcG+wjIE3Hjonq05lqdQxM0uXqKi/m&#10;tBBJoWJ1vbhZpgqifEl26MMHBT2LRsWVMdr5SIYoxeHRh9iPKF9exWsLD9qYtFBj2RBx82WeMjwY&#10;XcdomhPb3dYgO4ioifRNtX97hrC3dUKLHLyf7CC0GW2qbuxESuQhSs6XO6hPxAnCqDT6M8joAH9y&#10;NpDKKu5/7AUqzsxHS7yuisUiyjI5i+V1pAQvI7vLiLCSoCoeOBvNbRilvHeo244qFWlcC3e0i0Yn&#10;kl67mpolJSXuJtVHqV766dXrv7n5BQAA//8DAFBLAwQUAAYACAAAACEAxhiqm90AAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgTR0QlxKlQpZYrpH0AJ3Z+RLy2bLcNb89y&#10;gtvuzmj2m3q32oVdTYizQwn5JgNmsHd6xlHC+XR42gKLSaFWi0Mj4dtE2DX3d7WqtLvhp7m2aWQU&#10;grFSEqaUfMV57CdjVdw4b5C0wQWrEq1h5DqoG4XbhYssK7lVM9KHSXmzn0z/1V6shOMwtrrF+SSy&#10;ox+2wYZ3/9FJ+fiwvr0CS2ZNf2b4xSd0aIipcxfUkS0SijKjLkmCKIUARo7nPKeho8tLUQBvav6/&#10;Q/MDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwvFLGv0BAADjAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxhiqm90AAAALAQAADwAAAAAAAAAA&#10;AAAAAABXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251610111" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="539CF65F" wp14:editId="2E3335D5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="539CF65F" wp14:editId="2E3335D5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2428875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1698943</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="526733" cy="133032"/>
                 <wp:effectExtent l="0" t="0" r="6985" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1187771951" name="AutoShape 68"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="526733" cy="133032"/>
                         </a:xfrm>
@@ -16863,63 +18669,64 @@
                               </a:solidFill>
                               <a:round/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="3D9E2682" id="AutoShape 68" o:spid="_x0000_s1026" style="position:absolute;margin-left:191.25pt;margin-top:133.8pt;width:41.5pt;height:10.45pt;z-index:251610111;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3/9E9BAIAAOUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yRtt4Wo6WrVVRHS&#10;chELH+DazgUcjxm7TcvXM3bTUsEbIg+WxzNzZubMyer+2Bt20Og7sBUvJjln2kpQnW0q/vXL9tVr&#10;znwQVgkDVlf8pD2/X798sRpcqafQglEaGYFYXw6u4m0IrswyL1vdCz8Bpy05a8BeBDKxyRSKgdB7&#10;k03zfJENgMohSO09vT6enXyd8Otay/Cxrr0OzFScegvpxHTu4pmtV6JsULi2k2Mb4h+66EVnqegV&#10;6lEEwfbY/QXVdxLBQx0mEvoM6rqTOs1A0xT5H9M8t8LpNAuR492VJv//YOWHw7P7hLF1755AfvfM&#10;wqYVttEPiDC0WigqV0SissH58poQDU+pbDe8B0WrFfsAiYNjjX0EpOnYMVF9ulKtj4FJerybLpaz&#10;GWeSXMVsls+mqYIoL8kOfXiroWfxUnGEvVWfaZ2pgjg8+ZDoVsyKPhZX3zire0PLOwjDisVisRwR&#10;x+BMlBfMNC2YTm07Y5KBzW5jkFFqxbfpG5P9bZixMdhCTIt8iDK+JFoiE1F0vtyBOhErCGet0b9B&#10;lxbwJ2cD6azi/sdeoObMvLPE7JtiPo/CTMb8bjklA289u1uPsJKgKh44O1834SzmvcOuaalSkQiy&#10;8EDbqLtwWdu5q7FZ0lLqftR9FOutnaJ+/53rXwAAAP//AwBQSwMEFAAGAAgAAAAhANbEGwbcAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOhDAQhu8mvkMzJt7cIgiySNkYExNvBtR7obNApC2h&#10;XShv73jS4/zz5Z9vylPQE1txcaM1Au4PETA0nVWj6QV8frze5cCcl0bJyRoUsKODU3V9VcpC2c3U&#10;uDa+Z1RiXCEFDN7PBeeuG1BLd7AzGtqd7aKlp3HpuVrkRuV64nEUZVzL0dCFQc74MmD33Vy0gC+7&#10;bseQ2Le9eW/3eklC3bVBiNub8PwEzGPwfzD86pM6VOTU2otRjk0CkjxOCRUQZ48ZMCIespSSlpI8&#10;T4FXJf//Q/UDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAN//RPQQCAADlAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1sQbBtwAAAALAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" stroked="f"/>
+              <v:roundrect w14:anchorId="752CB2D3" id="AutoShape 68" o:spid="_x0000_s1026" style="position:absolute;margin-left:191.25pt;margin-top:133.8pt;width:41.5pt;height:10.45pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3/9E9BAIAAOUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yRtt4Wo6WrVVRHS&#10;chELH+DazgUcjxm7TcvXM3bTUsEbIg+WxzNzZubMyer+2Bt20Og7sBUvJjln2kpQnW0q/vXL9tVr&#10;znwQVgkDVlf8pD2/X798sRpcqafQglEaGYFYXw6u4m0IrswyL1vdCz8Bpy05a8BeBDKxyRSKgdB7&#10;k03zfJENgMohSO09vT6enXyd8Otay/Cxrr0OzFScegvpxHTu4pmtV6JsULi2k2Mb4h+66EVnqegV&#10;6lEEwfbY/QXVdxLBQx0mEvoM6rqTOs1A0xT5H9M8t8LpNAuR492VJv//YOWHw7P7hLF1755AfvfM&#10;wqYVttEPiDC0WigqV0SissH58poQDU+pbDe8B0WrFfsAiYNjjX0EpOnYMVF9ulKtj4FJerybLpaz&#10;GWeSXMVsls+mqYIoL8kOfXiroWfxUnGEvVWfaZ2pgjg8+ZDoVsyKPhZX3zire0PLOwjDisVisRwR&#10;x+BMlBfMNC2YTm07Y5KBzW5jkFFqxbfpG5P9bZixMdhCTIt8iDK+JFoiE1F0vtyBOhErCGet0b9B&#10;lxbwJ2cD6azi/sdeoObMvLPE7JtiPo/CTMb8bjklA289u1uPsJKgKh44O1834SzmvcOuaalSkQiy&#10;8EDbqLtwWdu5q7FZ0lLqftR9FOutnaJ+/53rXwAAAP//AwBQSwMEFAAGAAgAAAAhANbEGwbcAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOhDAQhu8mvkMzJt7cIgiySNkYExNvBtR7obNApC2h&#10;XShv73jS4/zz5Z9vylPQE1txcaM1Au4PETA0nVWj6QV8frze5cCcl0bJyRoUsKODU3V9VcpC2c3U&#10;uDa+Z1RiXCEFDN7PBeeuG1BLd7AzGtqd7aKlp3HpuVrkRuV64nEUZVzL0dCFQc74MmD33Vy0gC+7&#10;bseQ2Le9eW/3eklC3bVBiNub8PwEzGPwfzD86pM6VOTU2otRjk0CkjxOCRUQZ48ZMCIespSSlpI8&#10;T4FXJf//Q/UDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAN//RPQQCAADlAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1sQbBtwAAAALAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52ED1D46" wp14:editId="56F15E44">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658338" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52ED1D46" wp14:editId="56F15E44">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>95250</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2721610</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1628775" cy="294005"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="471389547" name="Text Box 226"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1628775" cy="294005"/>
                         </a:xfrm>
@@ -16968,87 +18775,88 @@
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>Todd Thibault</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="52ED1D46" id="Text Box 226" o:spid="_x0000_s1078" type="#_x0000_t202" style="position:absolute;margin-left:7.5pt;margin-top:214.3pt;width:128.25pt;height:23.15pt;z-index:251693568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCv0EDV5QEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0Fu2zAQvBfoHwjea8mCHSeC5SBNkKJA&#10;2hRI+wCKIi2iEpdd0pbc13dJOY7b3oJcCJJLzc7MjtbXY9+xvUJvwFZ8Pss5U1ZCY+y24j++33+4&#10;5MwHYRvRgVUVPyjPrzfv360HV6oCWugahYxArC8HV/E2BFdmmZet6oWfgVOWihqwF4GOuM0aFAOh&#10;911W5PlFNgA2DkEq7+n2biryTcLXWsnwqLVXgXUVJ24hrZjWOq7ZZi3KLQrXGnmkIV7BohfGUtMT&#10;1J0Igu3Q/AfVG4ngQYeZhD4DrY1USQOpmef/qHlqhVNJC5nj3ckm/3aw8uv+yX1DFsaPMNIAkwjv&#10;HkD+9MzCbSvsVt0gwtAq0VDjebQsG5wvj59Gq33pI0g9fIGGhix2ARLQqLGPrpBORug0gMPJdDUG&#10;JmPLi+JytVpyJqlWXC3yfJlaiPL5a4c+fFLQs7ipONJQE7rYP/gQ2Yjy+UlsZuHedF0abGf/uqCH&#10;8Saxj4Qn6mGsR2aaii+L2DiqqaE5kB6EKS+Ub9q0gL85GygrFfe/dgIVZ91nS55czReLGK50WCxX&#10;BR3wvFKfV4SVBFXxwNm0vQ1TIHcOzbalTtMULNyQj9okiS+sjvwpD0n5MbsxcOfn9OrlD9v8AQAA&#10;//8DAFBLAwQUAAYACAAAACEA79QlSd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE&#10;70j9D9ZW4kbtRkkfIU5VFXEFUR4SNzfeJhHxOordJvx7lhMcZ3Y0+02xm1wnrjiE1pOG5UKBQKq8&#10;banW8Pb6eLcBEaIhazpPqOEbA+zK2U1hcutHesHrMdaCSyjkRkMTY59LGaoGnQkL3yPx7ewHZyLL&#10;oZZ2MCOXu04mSq2kMy3xh8b0eGiw+jpenIb3p/PnR6qe6weX9aOflCS3lVrfzqf9PYiIU/wLwy8+&#10;o0PJTCd/IRtExzrjKVFDmmxWIDiQrJcZiBM763QLsizk/wnlDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCv0EDV5QEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDv1CVJ3wAAAAoBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="52ED1D46" id="Text Box 226" o:spid="_x0000_s1078" type="#_x0000_t202" style="position:absolute;margin-left:7.5pt;margin-top:214.3pt;width:128.25pt;height:23.15pt;z-index:251658338;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCv0EDV5QEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0Fu2zAQvBfoHwjea8mCHSeC5SBNkKJA&#10;2hRI+wCKIi2iEpdd0pbc13dJOY7b3oJcCJJLzc7MjtbXY9+xvUJvwFZ8Pss5U1ZCY+y24j++33+4&#10;5MwHYRvRgVUVPyjPrzfv360HV6oCWugahYxArC8HV/E2BFdmmZet6oWfgVOWihqwF4GOuM0aFAOh&#10;911W5PlFNgA2DkEq7+n2biryTcLXWsnwqLVXgXUVJ24hrZjWOq7ZZi3KLQrXGnmkIV7BohfGUtMT&#10;1J0Igu3Q/AfVG4ngQYeZhD4DrY1USQOpmef/qHlqhVNJC5nj3ckm/3aw8uv+yX1DFsaPMNIAkwjv&#10;HkD+9MzCbSvsVt0gwtAq0VDjebQsG5wvj59Gq33pI0g9fIGGhix2ARLQqLGPrpBORug0gMPJdDUG&#10;JmPLi+JytVpyJqlWXC3yfJlaiPL5a4c+fFLQs7ipONJQE7rYP/gQ2Yjy+UlsZuHedF0abGf/uqCH&#10;8Saxj4Qn6mGsR2aaii+L2DiqqaE5kB6EKS+Ub9q0gL85GygrFfe/dgIVZ91nS55czReLGK50WCxX&#10;BR3wvFKfV4SVBFXxwNm0vQ1TIHcOzbalTtMULNyQj9okiS+sjvwpD0n5MbsxcOfn9OrlD9v8AQAA&#10;//8DAFBLAwQUAAYACAAAACEA79QlSd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE&#10;70j9D9ZW4kbtRkkfIU5VFXEFUR4SNzfeJhHxOordJvx7lhMcZ3Y0+02xm1wnrjiE1pOG5UKBQKq8&#10;banW8Pb6eLcBEaIhazpPqOEbA+zK2U1hcutHesHrMdaCSyjkRkMTY59LGaoGnQkL3yPx7ewHZyLL&#10;oZZ2MCOXu04mSq2kMy3xh8b0eGiw+jpenIb3p/PnR6qe6weX9aOflCS3lVrfzqf9PYiIU/wLwy8+&#10;o0PJTCd/IRtExzrjKVFDmmxWIDiQrJcZiBM763QLsizk/wnlDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCv0EDV5QEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDv1CVJ3wAAAAoBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="494D42EA" w14:textId="6D1C22F2" w:rsidR="006611CE" w:rsidRPr="00EC7386" w:rsidRDefault="00EC7386">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00EC7386">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Father </w:t>
                       </w:r>
                       <w:r w:rsidR="004E4DBC">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>Todd Thibault</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D88F206" wp14:editId="0A007CE7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658337" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D88F206" wp14:editId="0A007CE7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>140335</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2767330</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1231265" cy="118110"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1887955270" name="Text Box 228"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1231265" cy="118110"/>
                         </a:xfrm>
@@ -17074,69 +18882,70 @@
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="6E32A4D0" w14:textId="77777777" w:rsidR="006611CE" w:rsidRDefault="006611CE"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6D88F206" id="Text Box 228" o:spid="_x0000_s1079" type="#_x0000_t202" style="position:absolute;margin-left:11.05pt;margin-top:217.9pt;width:96.95pt;height:9.3pt;z-index:251692544;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6eUqi+AEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6doyo6TQ6FSGN&#10;gTT4AY7jJBaOz5zdJuXXc3a6rhpviDxYvpz93X3ffV7fjr1hB4Vegy15PptzpqyEWtu25D++797d&#10;cOaDsLUwYFXJj8rz283bN+vBFWoBHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlZAPYi0AhtlmNYiD0&#10;3mSL+fw6GwBrhyCV9/T3fkryTcJvGiXD16bxKjBTcuotpBXTWsU126xF0aJwnZanNsQ/dNELbano&#10;GepeBMH2qP+C6rVE8NCEmYQ+g6bRUiUOxCafv2Lz1AmnEhcSx7uzTP7/wcrHw5P7hiyMH2GkASYS&#10;3j2A/OmZhW0nbKvuEGHolKipcB4lywbni9PVKLUvfASphi9Q05DFPkACGhvsoyrEkxE6DeB4Fl2N&#10;gclYcnGVL65XnEnK5flNnqepZKJ4vu3Qh08KehY3JUcaakIXhwcfYjeieD4Si3kwut5pY1KAbbU1&#10;yA6CDLBLXyLw6pix8bCFeG1CjH8Szchs4hjGamS6LvnqKmJE2hXURyKOMBmLHgJtOsDfnA1kqpL7&#10;X3uBijPz2ZJ4H/LlMrowBcvV+wUFeJmpLjPCSoIqeeBs2m7D5Ny9Q912VGkal4U7ErzRSYuXrk79&#10;k3GSRCeTR2dexunUy1Pc/AEAAP//AwBQSwMEFAAGAAgAAAAhAGrN/sreAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLwYu4BAW2Rp1ETjtbUPMLBTILK7hN0W+vaOJz3OzJd/&#10;vr/cLWYQF5p876yCeBWBINs43dtWwfHr/XEDwge0GgdnScGVPOyq25sSC+1mu6fLIbSCQ6wvUEEX&#10;wlhI6ZuODPqVG8ny7eQmg4HHqZV6wpnDzSCTKMqlwd7yhw5Heuuo+T6cjYLT5/yQbef6IxzX+zR/&#10;xX5du6tS93fLyzOIQEv4g+FXn9WhYqfana32YlCQJDGTCtKnjCswkMQ5l6t5k6UpyKqU/ytUPwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD6eUqi+AEAANIDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBqzf7K3gAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AFIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="6D88F206" id="Text Box 228" o:spid="_x0000_s1079" type="#_x0000_t202" style="position:absolute;margin-left:11.05pt;margin-top:217.9pt;width:96.95pt;height:9.3pt;z-index:251658337;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6eUqi+AEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6doyo6TQ6FSGN&#10;gTT4AY7jJBaOz5zdJuXXc3a6rhpviDxYvpz93X3ffV7fjr1hB4Vegy15PptzpqyEWtu25D++797d&#10;cOaDsLUwYFXJj8rz283bN+vBFWoBHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlZAPYi0AhtlmNYiD0&#10;3mSL+fw6GwBrhyCV9/T3fkryTcJvGiXD16bxKjBTcuotpBXTWsU126xF0aJwnZanNsQ/dNELbano&#10;GepeBMH2qP+C6rVE8NCEmYQ+g6bRUiUOxCafv2Lz1AmnEhcSx7uzTP7/wcrHw5P7hiyMH2GkASYS&#10;3j2A/OmZhW0nbKvuEGHolKipcB4lywbni9PVKLUvfASphi9Q05DFPkACGhvsoyrEkxE6DeB4Fl2N&#10;gclYcnGVL65XnEnK5flNnqepZKJ4vu3Qh08KehY3JUcaakIXhwcfYjeieD4Si3kwut5pY1KAbbU1&#10;yA6CDLBLXyLw6pix8bCFeG1CjH8Szchs4hjGamS6LvnqKmJE2hXURyKOMBmLHgJtOsDfnA1kqpL7&#10;X3uBijPz2ZJ4H/LlMrowBcvV+wUFeJmpLjPCSoIqeeBs2m7D5Ny9Q912VGkal4U7ErzRSYuXrk79&#10;k3GSRCeTR2dexunUy1Pc/AEAAP//AwBQSwMEFAAGAAgAAAAhAGrN/sreAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLwYu4BAW2Rp1ETjtbUPMLBTILK7hN0W+vaOJz3OzJd/&#10;vr/cLWYQF5p876yCeBWBINs43dtWwfHr/XEDwge0GgdnScGVPOyq25sSC+1mu6fLIbSCQ6wvUEEX&#10;wlhI6ZuODPqVG8ny7eQmg4HHqZV6wpnDzSCTKMqlwd7yhw5Heuuo+T6cjYLT5/yQbef6IxzX+zR/&#10;xX5du6tS93fLyzOIQEv4g+FXn9WhYqfana32YlCQJDGTCtKnjCswkMQ5l6t5k6UpyKqU/ytUPwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD6eUqi+AEAANIDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBqzf7K3gAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AFIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6E32A4D0" w14:textId="77777777" w:rsidR="006611CE" w:rsidRDefault="006611CE"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691520" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39B9CA17" wp14:editId="18B08DDF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39B9CA17" wp14:editId="18B08DDF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>686435</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>608330</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1571625" cy="278765"/>
                 <wp:effectExtent l="635" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1536830506" name="Text Box 222"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="278765"/>
                         </a:xfrm>
@@ -17174,76 +18983,77 @@
                               <w:t>vlalonde</w:t>
                             </w:r>
                             <w:r w:rsidR="0049429B">
                               <w:t>@rcdony.org</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="39B9CA17" id="Text Box 222" o:spid="_x0000_s1080" type="#_x0000_t202" style="position:absolute;margin-left:54.05pt;margin-top:47.9pt;width:123.75pt;height:21.95pt;z-index:251691520;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAliG8y5QEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IEy04Fy0GaIEWB&#10;9AGk+QCKoiSiEpdd0pbcr++Schy3uRW9ECSXmp2ZHW2vp6FnB4VOgyl5ulhypoyEWpu25E/f799d&#10;cea8MLXowaiSH5Xj17u3b7ajLVQGHfS1QkYgxhWjLXnnvS2SxMlODcItwCpDxQZwEJ6O2CY1ipHQ&#10;hz7Jlst1MgLWFkEq5+j2bi7yXcRvGiX916ZxyrO+5MTNxxXjWoU12W1F0aKwnZYnGuIfWAxCG2p6&#10;hroTXrA96ldQg5YIDhq/kDAk0DRaqqiB1KTLv9Q8dsKqqIXMcfZsk/t/sPLL4dF+Q+anDzDRAKMI&#10;Zx9A/nDMwG0nTKtuEGHslKipcRosS0britOnwWpXuABSjZ+hpiGLvYcINDU4BFdIJyN0GsDxbLqa&#10;PJOhZb5J11nOmaRatrnarPPYQhTPX1t0/qOCgYVNyZGGGtHF4cH5wEYUz09CMwP3uu/jYHvzxwU9&#10;DDeRfSA8U/dTNTFdlzxfhcZBTQX1kfQgzHmhfNOmA/zF2UhZKbn7uReoOOs/GfLkfbpahXDFwyrf&#10;ZHTAy0p1WRFGElTJPWfz9tbPgdxb1G1HneYpGLghHxsdJb6wOvGnPETlp+yGwF2e46uXP2z3GwAA&#10;//8DAFBLAwQUAAYACAAAACEA4yzPsN0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE&#10;7yb8h80j8Sa7gEVauyVG41UDCom3pftoG7pvm+5C67/3edLjZCYz3+Sb0bXiin1oPGmYzxQIpNLb&#10;hioNnx+vd2sQIRqypvWEGr4xwKaY3OQms36gLV53sRJcQiEzGuoYu0zKUNboTJj5Dom9k++diSz7&#10;StreDFzuWrlQaiWdaYgXatPhc43leXdxGvZvp6/DvXqvXlzSDX5Uklwqtb6djk+PICKO8S8Mv/iM&#10;DgUzHf2FbBAta7Wec1RDmvAFDiyTZAXiyM4yfQBZ5PL/heIHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAJYhvMuUBAACpAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA4yzPsN0AAAAKAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="39B9CA17" id="Text Box 222" o:spid="_x0000_s1080" type="#_x0000_t202" style="position:absolute;margin-left:54.05pt;margin-top:47.9pt;width:123.75pt;height:21.95pt;z-index:251658336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAliG8y5QEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IEy04Fy0GaIEWB&#10;9AGk+QCKoiSiEpdd0pbcr++Schy3uRW9ECSXmp2ZHW2vp6FnB4VOgyl5ulhypoyEWpu25E/f799d&#10;cea8MLXowaiSH5Xj17u3b7ajLVQGHfS1QkYgxhWjLXnnvS2SxMlODcItwCpDxQZwEJ6O2CY1ipHQ&#10;hz7Jlst1MgLWFkEq5+j2bi7yXcRvGiX916ZxyrO+5MTNxxXjWoU12W1F0aKwnZYnGuIfWAxCG2p6&#10;hroTXrA96ldQg5YIDhq/kDAk0DRaqqiB1KTLv9Q8dsKqqIXMcfZsk/t/sPLL4dF+Q+anDzDRAKMI&#10;Zx9A/nDMwG0nTKtuEGHslKipcRosS0britOnwWpXuABSjZ+hpiGLvYcINDU4BFdIJyN0GsDxbLqa&#10;PJOhZb5J11nOmaRatrnarPPYQhTPX1t0/qOCgYVNyZGGGtHF4cH5wEYUz09CMwP3uu/jYHvzxwU9&#10;DDeRfSA8U/dTNTFdlzxfhcZBTQX1kfQgzHmhfNOmA/zF2UhZKbn7uReoOOs/GfLkfbpahXDFwyrf&#10;ZHTAy0p1WRFGElTJPWfz9tbPgdxb1G1HneYpGLghHxsdJb6wOvGnPETlp+yGwF2e46uXP2z3GwAA&#10;//8DAFBLAwQUAAYACAAAACEA4yzPsN0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE&#10;7yb8h80j8Sa7gEVauyVG41UDCom3pftoG7pvm+5C67/3edLjZCYz3+Sb0bXiin1oPGmYzxQIpNLb&#10;hioNnx+vd2sQIRqypvWEGr4xwKaY3OQms36gLV53sRJcQiEzGuoYu0zKUNboTJj5Dom9k++diSz7&#10;StreDFzuWrlQaiWdaYgXatPhc43leXdxGvZvp6/DvXqvXlzSDX5Uklwqtb6djk+PICKO8S8Mv/iM&#10;DgUzHf2FbBAta7Wec1RDmvAFDiyTZAXiyM4yfQBZ5PL/heIHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAJYhvMuUBAACpAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA4yzPsN0AAAAKAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="493004D6" w14:textId="6EF66D4E" w:rsidR="00871A4E" w:rsidRDefault="004E4DBC">
                       <w:r>
                         <w:t>vlalonde</w:t>
                       </w:r>
                       <w:r w:rsidR="0049429B">
                         <w:t>@rcdony.org</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251690496" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="278A9C37" wp14:editId="4EF43CD9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658335" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="278A9C37" wp14:editId="4EF43CD9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>686435</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>706120</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="920750" cy="120650"/>
                 <wp:effectExtent l="635" t="2540" r="2540" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="535048062" name="Rectangle 224"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="920750" cy="120650"/>
                         </a:xfrm>
@@ -17264,63 +19074,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="559CA9EB" id="Rectangle 224" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.05pt;margin-top:55.6pt;width:72.5pt;height:9.5pt;z-index:251690496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnur384wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rASRrBchA4cFEg&#10;fQBpPoCiKIkoxWWXtGX367ukHMdIb0V1ILjc3eHOcLS6O4yG7RV6DbbmxSLnTFkJrbZ9zZ9/bD98&#10;5MwHYVthwKqaH5Xnd+v371aTq1QJA5hWISMQ66vJ1XwIwVVZ5uWgRuEX4JSlZAc4ikAh9lmLYiL0&#10;0WRlnl9nE2DrEKTynk4f5iRfJ/yuUzJ86zqvAjM1p9lCWjGtTVyz9UpUPQo3aHkaQ/zDFKPQli49&#10;Qz2IINgO9V9Qo5YIHrqwkDBm0HVaqsSB2BT5GzZPg3AqcSFxvDvL5P8frPy6f3LfMY7u3SPIn55Z&#10;2AzC9uoeEaZBiZauK6JQ2eR8dW6IgadW1kxfoKWnFbsASYNDh2MEJHbskKQ+nqVWh8AkHd6W+c0V&#10;PYikVFHm17SPN4jqpdmhD58UjCxuao70kglc7B99mEtfStLwYHS71cakAPtmY5DtBb36Nn0ndH9Z&#10;ZmwsthDbZsR4klhGYtFDvmqgPRJJhNk6ZHXaDIC/OZvINjX3v3YCFWfmsyWhbovlMvosBcurm5IC&#10;vMw0lxlhJUHVPHA2bzdh9ubOoe4HuqlIpC3ck7idTsRfpzoNS9ZI0p1sHL13Gaeq159t/QcAAP//&#10;AwBQSwMEFAAGAAgAAAAhALGyUATeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I&#10;/IfISNxY0pZVW9d0Qkg7AQc2JK5e47UVTVKadCv/HnNiN7/np+fP5Xa2vTjTGDrvNCQLBYJc7U3n&#10;Gg0fh93DCkSI6Az23pGGHwqwrW5vSiyMv7h3Ou9jI7jEhQI1tDEOhZShbsliWPiBHO9OfrQYWY6N&#10;NCNeuNz2MlUqlxY7xxdaHOi5pfprP1kNmD+a77dT9np4mXJcN7PaLT+V1vd389MGRKQ5/ofhD5/R&#10;oWKmo5+cCaJnrVYJR3lIkhQEJ9Jlxs6RnUylIKtSXv9Q/QIAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAnur384wEAALQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCxslAE3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="2BFF9C16" id="Rectangle 224" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.05pt;margin-top:55.6pt;width:72.5pt;height:9.5pt;z-index:251658335;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnur384wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rASRrBchA4cFEg&#10;fQBpPoCiKIkoxWWXtGX367ukHMdIb0V1ILjc3eHOcLS6O4yG7RV6DbbmxSLnTFkJrbZ9zZ9/bD98&#10;5MwHYVthwKqaH5Xnd+v371aTq1QJA5hWISMQ66vJ1XwIwVVZ5uWgRuEX4JSlZAc4ikAh9lmLYiL0&#10;0WRlnl9nE2DrEKTynk4f5iRfJ/yuUzJ86zqvAjM1p9lCWjGtTVyz9UpUPQo3aHkaQ/zDFKPQli49&#10;Qz2IINgO9V9Qo5YIHrqwkDBm0HVaqsSB2BT5GzZPg3AqcSFxvDvL5P8frPy6f3LfMY7u3SPIn55Z&#10;2AzC9uoeEaZBiZauK6JQ2eR8dW6IgadW1kxfoKWnFbsASYNDh2MEJHbskKQ+nqVWh8AkHd6W+c0V&#10;PYikVFHm17SPN4jqpdmhD58UjCxuao70kglc7B99mEtfStLwYHS71cakAPtmY5DtBb36Nn0ndH9Z&#10;ZmwsthDbZsR4klhGYtFDvmqgPRJJhNk6ZHXaDIC/OZvINjX3v3YCFWfmsyWhbovlMvosBcurm5IC&#10;vMw0lxlhJUHVPHA2bzdh9ubOoe4HuqlIpC3ck7idTsRfpzoNS9ZI0p1sHL13Gaeq159t/QcAAP//&#10;AwBQSwMEFAAGAAgAAAAhALGyUATeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I&#10;/IfISNxY0pZVW9d0Qkg7AQc2JK5e47UVTVKadCv/HnNiN7/np+fP5Xa2vTjTGDrvNCQLBYJc7U3n&#10;Gg0fh93DCkSI6Az23pGGHwqwrW5vSiyMv7h3Ou9jI7jEhQI1tDEOhZShbsliWPiBHO9OfrQYWY6N&#10;NCNeuNz2MlUqlxY7xxdaHOi5pfprP1kNmD+a77dT9np4mXJcN7PaLT+V1vd389MGRKQ5/ofhD5/R&#10;oWKmo5+cCaJnrVYJR3lIkhQEJ9Jlxs6RnUylIKtSXv9Q/QIAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAnur384wEAALQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCxslAE3gAAAAsBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689472" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B97A4E1" wp14:editId="17F3F94A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658334" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B97A4E1" wp14:editId="17F3F94A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1162050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>706120</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="920750" cy="120650"/>
                 <wp:effectExtent l="0" t="2540" r="3175" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1825688289" name="Rectangle 220"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="920750" cy="120650"/>
                         </a:xfrm>
@@ -17341,63 +19152,64 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6D54F3C7" id="Rectangle 220" o:spid="_x0000_s1026" style="position:absolute;margin-left:91.5pt;margin-top:55.6pt;width:72.5pt;height:9.5pt;z-index:251689472;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnur384wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rASRrBchA4cFEg&#10;fQBpPoCiKIkoxWWXtGX367ukHMdIb0V1ILjc3eHOcLS6O4yG7RV6DbbmxSLnTFkJrbZ9zZ9/bD98&#10;5MwHYVthwKqaH5Xnd+v371aTq1QJA5hWISMQ66vJ1XwIwVVZ5uWgRuEX4JSlZAc4ikAh9lmLYiL0&#10;0WRlnl9nE2DrEKTynk4f5iRfJ/yuUzJ86zqvAjM1p9lCWjGtTVyz9UpUPQo3aHkaQ/zDFKPQli49&#10;Qz2IINgO9V9Qo5YIHrqwkDBm0HVaqsSB2BT5GzZPg3AqcSFxvDvL5P8frPy6f3LfMY7u3SPIn55Z&#10;2AzC9uoeEaZBiZauK6JQ2eR8dW6IgadW1kxfoKWnFbsASYNDh2MEJHbskKQ+nqVWh8AkHd6W+c0V&#10;PYikVFHm17SPN4jqpdmhD58UjCxuao70kglc7B99mEtfStLwYHS71cakAPtmY5DtBb36Nn0ndH9Z&#10;ZmwsthDbZsR4klhGYtFDvmqgPRJJhNk6ZHXaDIC/OZvINjX3v3YCFWfmsyWhbovlMvosBcurm5IC&#10;vMw0lxlhJUHVPHA2bzdh9ubOoe4HuqlIpC3ck7idTsRfpzoNS9ZI0p1sHL13Gaeq159t/QcAAP//&#10;AwBQSwMEFAAGAAgAAAAhALwRYrrdAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPx&#10;D9YicaN2EohCGqdCSD0BB1okrtvYTaLG6xA7bfh7lhPcdh6anak2ixvE2U6h96QhWSkQlhpvemo1&#10;fOy3dwWIEJEMDp6shm8bYFNfX1VYGn+hd3vexVZwCIUSNXQxjqWUoemsw7DyoyXWjn5yGBlOrTQT&#10;XjjcDTJVKpcOe+IPHY72ubPNaTc7DZjfm6+3Y/a6f5lzfGwXtX34VFrf3ixPaxDRLvHPDL/1uTrU&#10;3OngZzJBDIyLjLdEPpIkBcGOLC2YOTCTqRRkXcn/G+ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACe6vfzjAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALwRYrrdAAAACwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="4FC76C20" id="Rectangle 220" o:spid="_x0000_s1026" style="position:absolute;margin-left:91.5pt;margin-top:55.6pt;width:72.5pt;height:9.5pt;z-index:251658334;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnur384wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rASRrBchA4cFEg&#10;fQBpPoCiKIkoxWWXtGX367ukHMdIb0V1ILjc3eHOcLS6O4yG7RV6DbbmxSLnTFkJrbZ9zZ9/bD98&#10;5MwHYVthwKqaH5Xnd+v371aTq1QJA5hWISMQ66vJ1XwIwVVZ5uWgRuEX4JSlZAc4ikAh9lmLYiL0&#10;0WRlnl9nE2DrEKTynk4f5iRfJ/yuUzJ86zqvAjM1p9lCWjGtTVyz9UpUPQo3aHkaQ/zDFKPQli49&#10;Qz2IINgO9V9Qo5YIHrqwkDBm0HVaqsSB2BT5GzZPg3AqcSFxvDvL5P8frPy6f3LfMY7u3SPIn55Z&#10;2AzC9uoeEaZBiZauK6JQ2eR8dW6IgadW1kxfoKWnFbsASYNDh2MEJHbskKQ+nqVWh8AkHd6W+c0V&#10;PYikVFHm17SPN4jqpdmhD58UjCxuao70kglc7B99mEtfStLwYHS71cakAPtmY5DtBb36Nn0ndH9Z&#10;ZmwsthDbZsR4klhGYtFDvmqgPRJJhNk6ZHXaDIC/OZvINjX3v3YCFWfmsyWhbovlMvosBcurm5IC&#10;vMw0lxlhJUHVPHA2bzdh9ubOoe4HuqlIpC3ck7idTsRfpzoNS9ZI0p1sHL13Gaeq159t/QcAAP//&#10;AwBQSwMEFAAGAAgAAAAhALwRYrrdAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPx&#10;D9YicaN2EohCGqdCSD0BB1okrtvYTaLG6xA7bfh7lhPcdh6anak2ixvE2U6h96QhWSkQlhpvemo1&#10;fOy3dwWIEJEMDp6shm8bYFNfX1VYGn+hd3vexVZwCIUSNXQxjqWUoemsw7DyoyXWjn5yGBlOrTQT&#10;XjjcDTJVKpcOe+IPHY72ubPNaTc7DZjfm6+3Y/a6f5lzfGwXtX34VFrf3ixPaxDRLvHPDL/1uTrU&#10;3OngZzJBDIyLjLdEPpIkBcGOLC2YOTCTqRRkXcn/G+ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACe6vfzjAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALwRYrrdAAAACwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251607552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47A481EA" wp14:editId="57807C26">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47A481EA" wp14:editId="57807C26">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1988820</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3927475</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="929640" cy="289560"/>
                 <wp:effectExtent l="17145" t="13970" r="15240" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="378386225" name="Rectangle 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="929640" cy="289560"/>
                         </a:xfrm>
@@ -17418,200 +19230,270 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="641F9EED" id="Rectangle 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:156.6pt;margin-top:309.25pt;width:73.2pt;height:22.8pt;z-index:251607552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdhcjQBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwACukSE1YrtVpW2&#10;3UrbfsDgOIlVx+OODYF+fceGZVF7q5qD5cnYb957M17dHnor9pqCQVfJyWgshXYKa+PaSn7/9vDu&#10;RooQwdVg0elKHnWQt+u3b1aDL/UUO7S1JsEgLpSDr2QXoy+LIqhO9xBG6LXjZIPUQ+SQ2qImGBi9&#10;t8V0PF4UA1LtCZUOgf/en5JynfGbRqv41DRBR2ErydxiXimv27QW6xWULYHvjDrTgH9g0YNxXPQC&#10;dQ8RxI7MX1C9UYQBmzhS2BfYNEbprIHVTMZ/qHnuwOushc0J/mJT+H+w6sv+2X+lRD34R1Q/gnC4&#10;6cC1+o4Ih05DzeUmyahi8KG8XEhB4KtiO3zGmlsLu4jZg0NDfQJkdeKQrT5erNaHKBT/XE6Xixk3&#10;RHFqerOcL3IrCihfLnsK8aPGXqRNJYk7mcFh/xhiIgPly5FUy+GDsTZ30zoxMOPleD7ONwJaU6ds&#10;FkntdmNJ7CENRP6yNJZ/faw3kcfSmr6SN5dDUCY3Prg6l4lg7GnPVKw725McScMXyi3WR3aH8DRz&#10;/EZ40yH9kmLgeatk+LkD0lLYT44dXk5myY+Yg9n8/ZQDus5srzPgFENVMkpx2m7iaah3nkzbcaVJ&#10;1u7wjrvSmOzYK6szWZ6pbOR5/tPQXsf51OsrXf8GAAD//wMAUEsDBBQABgAIAAAAIQDDTwQO4wAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEu7dVUpTacJiRNIiLJJ45Yl&#10;pq1okpJkW/f2mBMcbX/6/f3VejIDO6EPvbMC0nkCDK1yuretgO3706wAFqK0Wg7OooALBljX11eV&#10;LLU72zc8NbFlFGJDKQV0MY4l50F1aGSYuxEt3T6dNzLS6FuuvTxTuBn4IklybmRv6UMnR3zsUH01&#10;RyPgLsuN3u2/L/6jed7vXgu1eQlKiNubafMALOIU/2D41Sd1qMnp4I5WBzYIWKbLBaEC8rRYASMi&#10;W93nwA60ybMUeF3x/x3qHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdhcjQBQIAAO0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDDTwQO4wAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:rect w14:anchorId="76EBE543" id="Rectangle 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:156.6pt;margin-top:309.25pt;width:73.2pt;height:22.8pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdhcjQBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwACukSE1YrtVpW2&#10;3UrbfsDgOIlVx+OODYF+fceGZVF7q5qD5cnYb957M17dHnor9pqCQVfJyWgshXYKa+PaSn7/9vDu&#10;RooQwdVg0elKHnWQt+u3b1aDL/UUO7S1JsEgLpSDr2QXoy+LIqhO9xBG6LXjZIPUQ+SQ2qImGBi9&#10;t8V0PF4UA1LtCZUOgf/en5JynfGbRqv41DRBR2ErydxiXimv27QW6xWULYHvjDrTgH9g0YNxXPQC&#10;dQ8RxI7MX1C9UYQBmzhS2BfYNEbprIHVTMZ/qHnuwOushc0J/mJT+H+w6sv+2X+lRD34R1Q/gnC4&#10;6cC1+o4Ih05DzeUmyahi8KG8XEhB4KtiO3zGmlsLu4jZg0NDfQJkdeKQrT5erNaHKBT/XE6Xixk3&#10;RHFqerOcL3IrCihfLnsK8aPGXqRNJYk7mcFh/xhiIgPly5FUy+GDsTZ30zoxMOPleD7ONwJaU6ds&#10;FkntdmNJ7CENRP6yNJZ/faw3kcfSmr6SN5dDUCY3Prg6l4lg7GnPVKw725McScMXyi3WR3aH8DRz&#10;/EZ40yH9kmLgeatk+LkD0lLYT44dXk5myY+Yg9n8/ZQDus5srzPgFENVMkpx2m7iaah3nkzbcaVJ&#10;1u7wjrvSmOzYK6szWZ6pbOR5/tPQXsf51OsrXf8GAAD//wMAUEsDBBQABgAIAAAAIQDDTwQO4wAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEu7dVUpTacJiRNIiLJJ45Yl&#10;pq1okpJkW/f2mBMcbX/6/f3VejIDO6EPvbMC0nkCDK1yuretgO3706wAFqK0Wg7OooALBljX11eV&#10;LLU72zc8NbFlFGJDKQV0MY4l50F1aGSYuxEt3T6dNzLS6FuuvTxTuBn4IklybmRv6UMnR3zsUH01&#10;RyPgLsuN3u2/L/6jed7vXgu1eQlKiNubafMALOIU/2D41Sd1qMnp4I5WBzYIWKbLBaEC8rRYASMi&#10;W93nwA60ybMUeF3x/x3qHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdhcjQBQIAAO0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDDTwQO4wAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00FE0600">
-        <w:rPr>
+      <w:r w:rsidR="00FE0600" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08C937C0" wp14:editId="7299E72F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08C937C0" wp14:editId="683D56BB">
             <wp:extent cx="5565775" cy="4285615"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="19050" r="15875" b="19685"/>
             <wp:docPr id="21" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 21"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5565775" cy="4285615"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E769C88" w14:textId="77777777" w:rsidR="00A9440B" w:rsidRDefault="0093253C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0E769C88" w14:textId="77777777" w:rsidR="00A9440B" w:rsidRPr="00D24F02" w:rsidRDefault="0093253C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 16:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00911BFF">
+      <w:r w:rsidR="00911BFF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>A “Launch Web Browser?’ window may appear, if so, select the OK button to continue</w:t>
       </w:r>
-      <w:r w:rsidR="00A9440B">
+      <w:r w:rsidR="00A9440B" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775FB50A" w14:textId="77777777" w:rsidR="00A9440B" w:rsidRDefault="0093253C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="775FB50A" w14:textId="77777777" w:rsidR="00A9440B" w:rsidRPr="00D24F02" w:rsidRDefault="0093253C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 17:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00911BFF">
+      <w:r w:rsidR="00911BFF" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Next </w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>a “QuickBooks E-Mailing” window may appear and select the option “Automatically connect without asking for a password”, then select the “Next” button.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB14435" w14:textId="77777777" w:rsidR="00524AA0" w:rsidRDefault="0093253C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2DB14435" w14:textId="77777777" w:rsidR="00524AA0" w:rsidRPr="00D24F02" w:rsidRDefault="0093253C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Step 18:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">A “Confirm E-mail Address” window will appear </w:t>
       </w:r>
-      <w:r w:rsidR="00E961AC">
+      <w:r w:rsidR="00E961AC" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>next and please make sure your E-</w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>mail address is type</w:t>
       </w:r>
-      <w:r w:rsidR="008F4B40">
+      <w:r w:rsidR="008F4B40" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> correctly, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>then</w:t>
       </w:r>
-      <w:r w:rsidR="00524AA0">
+      <w:r w:rsidR="00524AA0" w:rsidRPr="00D24F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> select the OK button. QuickBooks should go online and send the report for you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E16A0B3" w14:textId="77777777" w:rsidR="00680BB6" w:rsidRDefault="00680BB6"/>
-    <w:sectPr w:rsidR="00680BB6" w:rsidSect="006709D2">
+    <w:p w14:paraId="5E16A0B3" w14:textId="77777777" w:rsidR="00680BB6" w:rsidRPr="00D24F02" w:rsidRDefault="00680BB6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00680BB6" w:rsidRPr="00D24F02" w:rsidSect="00287812">
+      <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1008" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6960EC51" w14:textId="77777777" w:rsidR="00AF12CC" w:rsidRDefault="00AF12CC" w:rsidP="00B978A1">
+    <w:p w14:paraId="424CE6C8" w14:textId="77777777" w:rsidR="00C50D70" w:rsidRDefault="00C50D70" w:rsidP="00B978A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A0B007D" w14:textId="77777777" w:rsidR="00AF12CC" w:rsidRDefault="00AF12CC" w:rsidP="00B978A1">
+    <w:p w14:paraId="4405AE6E" w14:textId="77777777" w:rsidR="00C50D70" w:rsidRDefault="00C50D70" w:rsidP="00B978A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -17619,64 +19501,122 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4F77889D" w14:textId="09EC236E" w:rsidR="00C971C7" w:rsidRPr="00C971C7" w:rsidRDefault="00C971C7" w:rsidP="00C971C7">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>revised 2/</w:t>
+    </w:r>
+    <w:r w:rsidR="00712826">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>7/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00712826">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DDA81A5" w14:textId="77777777" w:rsidR="00AF12CC" w:rsidRDefault="00AF12CC" w:rsidP="00B978A1">
+    <w:p w14:paraId="2299785A" w14:textId="77777777" w:rsidR="00C50D70" w:rsidRDefault="00C50D70" w:rsidP="00B978A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EEABDBF" w14:textId="77777777" w:rsidR="00AF12CC" w:rsidRDefault="00AF12CC" w:rsidP="00B978A1">
+    <w:p w14:paraId="57D3A5E3" w14:textId="77777777" w:rsidR="00C50D70" w:rsidRDefault="00C50D70" w:rsidP="00B978A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05BD5E7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F38CFE70"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -17832,383 +19772,424 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1193495022">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="277680666">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="200"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0040458B"/>
     <w:rsid w:val="00010B7D"/>
+    <w:rsid w:val="00015E95"/>
     <w:rsid w:val="00034CFE"/>
     <w:rsid w:val="00036C0A"/>
     <w:rsid w:val="00050B71"/>
     <w:rsid w:val="00051825"/>
     <w:rsid w:val="00053CE4"/>
     <w:rsid w:val="000673FB"/>
     <w:rsid w:val="00076D81"/>
     <w:rsid w:val="00090452"/>
     <w:rsid w:val="00091C77"/>
     <w:rsid w:val="000928B5"/>
     <w:rsid w:val="000948F3"/>
     <w:rsid w:val="00094AD0"/>
     <w:rsid w:val="00094E17"/>
     <w:rsid w:val="00097CC2"/>
     <w:rsid w:val="000D1E80"/>
     <w:rsid w:val="000D6741"/>
     <w:rsid w:val="000F2C5A"/>
     <w:rsid w:val="000F7B0B"/>
+    <w:rsid w:val="001162AF"/>
     <w:rsid w:val="0012406F"/>
     <w:rsid w:val="00124A6A"/>
     <w:rsid w:val="00125D89"/>
     <w:rsid w:val="001278C8"/>
     <w:rsid w:val="001341AE"/>
     <w:rsid w:val="0013526B"/>
     <w:rsid w:val="0015084C"/>
     <w:rsid w:val="001550A9"/>
     <w:rsid w:val="00172B51"/>
     <w:rsid w:val="00174DA1"/>
     <w:rsid w:val="00180BF7"/>
     <w:rsid w:val="001847FE"/>
     <w:rsid w:val="001920C4"/>
     <w:rsid w:val="001948FE"/>
+    <w:rsid w:val="001953AA"/>
     <w:rsid w:val="0019551E"/>
     <w:rsid w:val="001973FB"/>
     <w:rsid w:val="001A3F37"/>
+    <w:rsid w:val="001A58D8"/>
     <w:rsid w:val="001C10BB"/>
     <w:rsid w:val="001C549F"/>
     <w:rsid w:val="001C5DA5"/>
     <w:rsid w:val="001F4975"/>
     <w:rsid w:val="001F56D2"/>
     <w:rsid w:val="001F6C3A"/>
     <w:rsid w:val="00223318"/>
     <w:rsid w:val="00223B98"/>
+    <w:rsid w:val="00224206"/>
     <w:rsid w:val="0024518F"/>
     <w:rsid w:val="00254164"/>
     <w:rsid w:val="002555E8"/>
     <w:rsid w:val="00273053"/>
     <w:rsid w:val="00273347"/>
     <w:rsid w:val="00274F39"/>
     <w:rsid w:val="00275478"/>
     <w:rsid w:val="00275557"/>
+    <w:rsid w:val="00287812"/>
     <w:rsid w:val="00290CAA"/>
     <w:rsid w:val="00290EE4"/>
     <w:rsid w:val="002B0DC2"/>
     <w:rsid w:val="002B6B66"/>
     <w:rsid w:val="002C0E54"/>
     <w:rsid w:val="002C5973"/>
     <w:rsid w:val="002C684D"/>
     <w:rsid w:val="002D38D0"/>
+    <w:rsid w:val="002E1692"/>
     <w:rsid w:val="002E571E"/>
     <w:rsid w:val="002F0AAC"/>
     <w:rsid w:val="002F0C92"/>
     <w:rsid w:val="0032347A"/>
     <w:rsid w:val="00324E77"/>
     <w:rsid w:val="003417BB"/>
     <w:rsid w:val="003418E4"/>
     <w:rsid w:val="00343B42"/>
     <w:rsid w:val="00344212"/>
     <w:rsid w:val="003458CC"/>
+    <w:rsid w:val="003459DB"/>
     <w:rsid w:val="00352276"/>
     <w:rsid w:val="00361876"/>
     <w:rsid w:val="00370158"/>
     <w:rsid w:val="0037708E"/>
     <w:rsid w:val="00390C51"/>
     <w:rsid w:val="00390E69"/>
     <w:rsid w:val="00396368"/>
     <w:rsid w:val="003A7683"/>
     <w:rsid w:val="003C1EEB"/>
+    <w:rsid w:val="003E0FD8"/>
     <w:rsid w:val="003E4E06"/>
     <w:rsid w:val="003F3412"/>
     <w:rsid w:val="003F4903"/>
     <w:rsid w:val="003F4E9F"/>
     <w:rsid w:val="003F6F46"/>
     <w:rsid w:val="0040458B"/>
     <w:rsid w:val="00426D4E"/>
     <w:rsid w:val="00430A21"/>
     <w:rsid w:val="0044277E"/>
     <w:rsid w:val="00451A65"/>
     <w:rsid w:val="0045451B"/>
     <w:rsid w:val="004616FE"/>
     <w:rsid w:val="0047066F"/>
     <w:rsid w:val="0047240D"/>
     <w:rsid w:val="00473AF1"/>
     <w:rsid w:val="00477CF0"/>
     <w:rsid w:val="0048406E"/>
     <w:rsid w:val="0049429B"/>
     <w:rsid w:val="004A6F34"/>
     <w:rsid w:val="004B5611"/>
     <w:rsid w:val="004C179B"/>
     <w:rsid w:val="004C3B0B"/>
     <w:rsid w:val="004E4DBC"/>
     <w:rsid w:val="004E6750"/>
     <w:rsid w:val="004F36DA"/>
+    <w:rsid w:val="004F3C8B"/>
     <w:rsid w:val="00513DB3"/>
     <w:rsid w:val="00524AA0"/>
     <w:rsid w:val="00550AEE"/>
     <w:rsid w:val="00552CB9"/>
+    <w:rsid w:val="0056698D"/>
     <w:rsid w:val="00570195"/>
     <w:rsid w:val="00574DB3"/>
     <w:rsid w:val="0058565D"/>
     <w:rsid w:val="0059049D"/>
     <w:rsid w:val="00590B60"/>
     <w:rsid w:val="00593449"/>
     <w:rsid w:val="00593C27"/>
     <w:rsid w:val="00595D7F"/>
     <w:rsid w:val="00596C91"/>
     <w:rsid w:val="005A086C"/>
     <w:rsid w:val="005B4BBC"/>
     <w:rsid w:val="005B4BFE"/>
     <w:rsid w:val="005C033E"/>
     <w:rsid w:val="005C0BAC"/>
+    <w:rsid w:val="005C7052"/>
     <w:rsid w:val="005C7D08"/>
     <w:rsid w:val="005D0F1B"/>
     <w:rsid w:val="005D79AD"/>
     <w:rsid w:val="005E4CE5"/>
     <w:rsid w:val="00614768"/>
     <w:rsid w:val="006173B2"/>
     <w:rsid w:val="006341D0"/>
     <w:rsid w:val="00642D7F"/>
     <w:rsid w:val="0065657E"/>
     <w:rsid w:val="006569F5"/>
     <w:rsid w:val="00656D8C"/>
     <w:rsid w:val="006611CE"/>
     <w:rsid w:val="00662133"/>
     <w:rsid w:val="006709D2"/>
     <w:rsid w:val="00680BB6"/>
     <w:rsid w:val="00683391"/>
     <w:rsid w:val="00691821"/>
     <w:rsid w:val="00693D08"/>
     <w:rsid w:val="006975D9"/>
     <w:rsid w:val="006C72E7"/>
+    <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006E7DC9"/>
     <w:rsid w:val="006F1E48"/>
     <w:rsid w:val="006F69C5"/>
     <w:rsid w:val="007072DD"/>
+    <w:rsid w:val="00712826"/>
     <w:rsid w:val="007146AB"/>
     <w:rsid w:val="00715963"/>
     <w:rsid w:val="00737A14"/>
+    <w:rsid w:val="0076210B"/>
     <w:rsid w:val="007758B2"/>
     <w:rsid w:val="007A0C89"/>
     <w:rsid w:val="007A5E7C"/>
     <w:rsid w:val="007A6E9A"/>
     <w:rsid w:val="007B1F66"/>
     <w:rsid w:val="007D40AB"/>
+    <w:rsid w:val="007F1EED"/>
     <w:rsid w:val="00807038"/>
     <w:rsid w:val="00815EA7"/>
+    <w:rsid w:val="00821897"/>
     <w:rsid w:val="008330FF"/>
     <w:rsid w:val="00834B36"/>
     <w:rsid w:val="00835331"/>
+    <w:rsid w:val="0084184D"/>
     <w:rsid w:val="0085499F"/>
     <w:rsid w:val="00855A5C"/>
     <w:rsid w:val="00856D07"/>
     <w:rsid w:val="00871A4E"/>
     <w:rsid w:val="00885A3A"/>
     <w:rsid w:val="008952B7"/>
     <w:rsid w:val="00896736"/>
     <w:rsid w:val="008A37B3"/>
     <w:rsid w:val="008B3910"/>
+    <w:rsid w:val="008C01B3"/>
     <w:rsid w:val="008D5F64"/>
+    <w:rsid w:val="008D7340"/>
+    <w:rsid w:val="008E4751"/>
     <w:rsid w:val="008F4B40"/>
     <w:rsid w:val="008F68DE"/>
     <w:rsid w:val="008F7813"/>
     <w:rsid w:val="0090798F"/>
     <w:rsid w:val="00911BFF"/>
     <w:rsid w:val="00915048"/>
     <w:rsid w:val="0093253C"/>
+    <w:rsid w:val="00935F25"/>
+    <w:rsid w:val="00957D88"/>
     <w:rsid w:val="0096471D"/>
+    <w:rsid w:val="00973914"/>
     <w:rsid w:val="009753E4"/>
     <w:rsid w:val="0097619F"/>
     <w:rsid w:val="009775AD"/>
     <w:rsid w:val="00982C71"/>
     <w:rsid w:val="00992E6F"/>
     <w:rsid w:val="009A7A2D"/>
+    <w:rsid w:val="009B7A06"/>
     <w:rsid w:val="009C158B"/>
     <w:rsid w:val="009C3386"/>
     <w:rsid w:val="009D0B76"/>
     <w:rsid w:val="009D2B23"/>
     <w:rsid w:val="009E20E2"/>
     <w:rsid w:val="00A0675C"/>
     <w:rsid w:val="00A3155E"/>
     <w:rsid w:val="00A52033"/>
     <w:rsid w:val="00A6141A"/>
     <w:rsid w:val="00A6282F"/>
     <w:rsid w:val="00A6371D"/>
     <w:rsid w:val="00A67AC9"/>
     <w:rsid w:val="00A86292"/>
     <w:rsid w:val="00A9170F"/>
     <w:rsid w:val="00A9440B"/>
     <w:rsid w:val="00A976C9"/>
+    <w:rsid w:val="00AA7663"/>
     <w:rsid w:val="00AB208A"/>
+    <w:rsid w:val="00AB2C54"/>
     <w:rsid w:val="00AB689C"/>
     <w:rsid w:val="00AC0190"/>
     <w:rsid w:val="00AC1E59"/>
     <w:rsid w:val="00AC5A9E"/>
+    <w:rsid w:val="00AD094A"/>
     <w:rsid w:val="00AD275B"/>
     <w:rsid w:val="00AD5992"/>
     <w:rsid w:val="00AE3F70"/>
     <w:rsid w:val="00AF03BB"/>
     <w:rsid w:val="00AF05A8"/>
     <w:rsid w:val="00AF12CC"/>
     <w:rsid w:val="00B018A1"/>
     <w:rsid w:val="00B02097"/>
     <w:rsid w:val="00B1209E"/>
     <w:rsid w:val="00B23EE1"/>
     <w:rsid w:val="00B31B0B"/>
     <w:rsid w:val="00B32FDD"/>
     <w:rsid w:val="00B4227A"/>
     <w:rsid w:val="00B460FB"/>
     <w:rsid w:val="00B5407F"/>
     <w:rsid w:val="00B55A31"/>
     <w:rsid w:val="00B7156A"/>
     <w:rsid w:val="00B92019"/>
     <w:rsid w:val="00B95359"/>
     <w:rsid w:val="00B978A1"/>
     <w:rsid w:val="00BA51AA"/>
     <w:rsid w:val="00BB51A4"/>
     <w:rsid w:val="00BB74EA"/>
     <w:rsid w:val="00BC4286"/>
     <w:rsid w:val="00BD346A"/>
     <w:rsid w:val="00BE0BF7"/>
+    <w:rsid w:val="00BE28E5"/>
     <w:rsid w:val="00BF2D04"/>
     <w:rsid w:val="00C00F2A"/>
     <w:rsid w:val="00C22950"/>
+    <w:rsid w:val="00C27171"/>
     <w:rsid w:val="00C27C45"/>
+    <w:rsid w:val="00C50D70"/>
     <w:rsid w:val="00C538B1"/>
     <w:rsid w:val="00C53BDA"/>
     <w:rsid w:val="00C55B98"/>
     <w:rsid w:val="00C75EDA"/>
     <w:rsid w:val="00C86716"/>
     <w:rsid w:val="00C872B9"/>
     <w:rsid w:val="00C92782"/>
     <w:rsid w:val="00C9540D"/>
+    <w:rsid w:val="00C971C7"/>
+    <w:rsid w:val="00C97AC2"/>
     <w:rsid w:val="00CA0051"/>
     <w:rsid w:val="00CA165C"/>
     <w:rsid w:val="00CA4287"/>
     <w:rsid w:val="00CB32BE"/>
     <w:rsid w:val="00CB770C"/>
     <w:rsid w:val="00CC311C"/>
     <w:rsid w:val="00CC58D3"/>
+    <w:rsid w:val="00CF04D7"/>
     <w:rsid w:val="00CF12EB"/>
     <w:rsid w:val="00CF28E2"/>
     <w:rsid w:val="00D162B1"/>
+    <w:rsid w:val="00D24F02"/>
     <w:rsid w:val="00D41B91"/>
     <w:rsid w:val="00D42AE4"/>
     <w:rsid w:val="00D44325"/>
     <w:rsid w:val="00D6304B"/>
     <w:rsid w:val="00D63AE3"/>
     <w:rsid w:val="00D66DA9"/>
     <w:rsid w:val="00D73DD6"/>
     <w:rsid w:val="00D753F5"/>
     <w:rsid w:val="00D75AFA"/>
+    <w:rsid w:val="00D83E3D"/>
     <w:rsid w:val="00D87329"/>
     <w:rsid w:val="00D92C5C"/>
+    <w:rsid w:val="00D948D3"/>
     <w:rsid w:val="00DD1687"/>
     <w:rsid w:val="00DE4D88"/>
     <w:rsid w:val="00E16F94"/>
     <w:rsid w:val="00E2191B"/>
+    <w:rsid w:val="00E2364A"/>
     <w:rsid w:val="00E33D2A"/>
     <w:rsid w:val="00E37310"/>
     <w:rsid w:val="00E4023C"/>
     <w:rsid w:val="00E44AB4"/>
     <w:rsid w:val="00E5341D"/>
     <w:rsid w:val="00E57C92"/>
     <w:rsid w:val="00E61354"/>
     <w:rsid w:val="00E675AF"/>
     <w:rsid w:val="00E72A5D"/>
     <w:rsid w:val="00E813F4"/>
     <w:rsid w:val="00E82917"/>
     <w:rsid w:val="00E867CA"/>
     <w:rsid w:val="00E961AC"/>
     <w:rsid w:val="00E9711C"/>
     <w:rsid w:val="00EA1520"/>
     <w:rsid w:val="00EA47A6"/>
     <w:rsid w:val="00EA7464"/>
     <w:rsid w:val="00EB68D8"/>
     <w:rsid w:val="00EC2D09"/>
     <w:rsid w:val="00EC548B"/>
     <w:rsid w:val="00EC70DA"/>
     <w:rsid w:val="00EC7386"/>
+    <w:rsid w:val="00EC7ACA"/>
     <w:rsid w:val="00EE4C46"/>
     <w:rsid w:val="00EF5270"/>
     <w:rsid w:val="00EF73AE"/>
     <w:rsid w:val="00EF7A3C"/>
     <w:rsid w:val="00F14FCC"/>
     <w:rsid w:val="00F448EC"/>
+    <w:rsid w:val="00F50D03"/>
     <w:rsid w:val="00F52193"/>
     <w:rsid w:val="00F5345B"/>
     <w:rsid w:val="00F60E80"/>
     <w:rsid w:val="00F64D65"/>
     <w:rsid w:val="00F662F8"/>
     <w:rsid w:val="00F7341B"/>
     <w:rsid w:val="00F94E7E"/>
     <w:rsid w:val="00FA303B"/>
     <w:rsid w:val="00FA6BC6"/>
     <w:rsid w:val="00FB356D"/>
     <w:rsid w:val="00FB701D"/>
     <w:rsid w:val="00FC5890"/>
     <w:rsid w:val="00FE0600"/>
     <w:rsid w:val="00FE64E9"/>
     <w:rsid w:val="00FE6DDF"/>
+    <w:rsid w:val="00FF74AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026" fill="f" fillcolor="white" stroke="f">
       <v:fill color="white" on="f"/>
       <v:stroke on="f"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -18746,51 +20727,51 @@
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D42AE4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlalonde@rcdony.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlalonde@rcdony.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -19057,72 +21038,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98bf7004-6a99-4dd1-80b1-0df2c71c8123" xmlns:ns3="9926944a-7876-4544-842a-23459bf685f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f735d5e1114cf2087ab54c81a461a1fb" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004C0EF440E56FBE42B09F7F3C4308A6E5" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2e4369b932fbb196d4c30ae128969935">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98bf7004-6a99-4dd1-80b1-0df2c71c8123" xmlns:ns3="9926944a-7876-4544-842a-23459bf685f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="49a308798513b27bdf0182b90aae0617" ns2:_="" ns3:_="">
     <xsd:import namespace="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
     <xsd:import namespace="9926944a-7876-4544-842a-23459bf685f0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -19325,118 +21286,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9926944a-7876-4544-842a-23459bf685f0" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="98bf7004-6a99-4dd1-80b1-0df2c71c8123">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4B08103-715B-4ADA-9EBD-9D65E96C5F42}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E7823B3-19BB-478E-8244-3B6B669CA53B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
     <ds:schemaRef ds:uri="9926944a-7876-4544-842a-23459bf685f0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{395A54E0-1D56-4800-A318-F2B0AC4D6A7A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2382584F-693B-4A30-B171-45D388F31046}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9926944a-7876-4544-842a-23459bf685f0"/>
+    <ds:schemaRef ds:uri="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>1344</Words>
-  <Characters>7667</Characters>
+  <Characters>7662</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Diocese of Ogdensburg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8994</CharactersWithSpaces>
+  <CharactersWithSpaces>8989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vincent M. Thouin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004C0EF440E56FBE42B09F7F3C4308A6E5</vt:lpwstr>
   </property>