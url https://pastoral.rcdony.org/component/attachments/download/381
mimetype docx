--- v0 (2025-10-21)
+++ v1 (2026-02-28)
@@ -1,41 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D7CE016" w14:textId="77777777" w:rsidR="004F7121" w:rsidRPr="00A23138" w:rsidRDefault="00DE5DCF" w:rsidP="00A23138">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -353,51 +354,59 @@
       <w:r w:rsidR="00B25193">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00B25193">
         <w:t>f a</w:t>
       </w:r>
       <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00B25193">
         <w:t xml:space="preserve"> hourly wage will increase by $.50 per h</w:t>
       </w:r>
       <w:r>
         <w:t>our and if the employee works 20</w:t>
       </w:r>
       <w:r w:rsidR="00B25193">
         <w:t xml:space="preserve"> hours per week you will multiply the </w:t>
       </w:r>
       <w:r>
         <w:t>new hourly wage by 20</w:t>
       </w:r>
       <w:r w:rsidR="00182BF4">
-        <w:t xml:space="preserve"> hours to come up with the new weekly gross amount of salary, then multiply this new weekly amount by 52 weeks to come u</w:t>
+        <w:t xml:space="preserve"> hours to come up with the new weekly gross </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00182BF4">
+        <w:t>amount of salary</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00182BF4">
+        <w:t>, then multiply this new weekly amount by 52 weeks to come u</w:t>
       </w:r>
       <w:r w:rsidR="003B2FD9">
         <w:t>p with next year’s budget amount</w:t>
       </w:r>
       <w:r w:rsidR="00182BF4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="367184BE" w14:textId="77777777" w:rsidR="00A23138" w:rsidRDefault="00182BF4" w:rsidP="001D14E7">
       <w:r>
         <w:t xml:space="preserve">Good budgeting will use both of these strategies to come up with a </w:t>
       </w:r>
       <w:r w:rsidR="004E60FD">
         <w:t>school</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> budget that allows the </w:t>
       </w:r>
       <w:r w:rsidR="009536BC">
         <w:t>Principal</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to plan the </w:t>
       </w:r>
       <w:r w:rsidR="004E60FD">
@@ -809,110 +818,110 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="26E7D3C5" w14:textId="1B601D5F" w:rsidR="00F5651D" w:rsidRDefault="00583313">
+                          <w:p w14:paraId="26E7D3C5" w14:textId="63F26343" w:rsidR="00F5651D" w:rsidRDefault="00583313">
                             <w:r>
                               <w:t>20</w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
-                              <w:t>5</w:t>
+                            <w:r w:rsidR="00082F9A">
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="00B063AB">
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidR="0035116C">
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
-                              <w:t>6</w:t>
+                            <w:r w:rsidR="00E20143">
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="7B59FA3C" id="Text Box 61" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:115.05pt;margin-top:82.75pt;width:61pt;height:26.5pt;z-index:251658255;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAX3q0v4gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSpNmMOEXXosOA&#10;rhvQ7gNkWYqF2aJGKbGzrx8lu2m23oZdBJGUH997pDdXQ9eyg0JvwJZ8Pss5U1ZCbeyu5N+f7t69&#10;58wHYWvRglUlPyrPr7Zv32x6V6gFNNDWChmBWF/0ruRNCK7IMi8b1Qk/A6csFTVgJwKFuMtqFD2h&#10;d222yPPLrAesHYJU3lP2dizybcLXWsnwVWuvAmtLTtxCOjGdVTyz7UYUOxSuMXKiIf6BRSeMpaYn&#10;qFsRBNujeQXVGYngQYeZhC4DrY1USQOpmed/qXlshFNJC5nj3ckm//9g5cPh0X1DFoaPMNAAkwjv&#10;7kH+8MzCTSPsTl0jQt8oUVPjebQs650vpk+j1b7wEaTqv0BNQxb7AAlo0NhFV0gnI3QawPFkuhoC&#10;k5Rcr5frnCqSShcXl6tVGkomiuePHfrwSUHH4qXkSDNN4OJw70MkI4rnJ7GXhTvTtmmurf0jQQ9j&#10;JpGPfEfmYagGZupJWdRSQX0kNQjjttB206UB/MVZT5tScv9zL1Bx1n625MiH+XIZVysFy9V6QQGe&#10;V6rzirCSoEoeOBuvN2Fcx71Ds2uo0zgDC9fkojZJ4QuriT5tQxI+bW5ct/M4vXr5v7a/AQAA//8D&#10;AFBLAwQUAAYACAAAACEAMw254d0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2QkbixpR6ZRmk4IxBXEgEm7ZY3XVjRO1WRreXvMCY729+v353Iz+16ccYxdIAPZQoFAqoPrqDHw&#10;8f58swYRkyVn+0Bo4BsjbKrLi9IWLkz0hudtagSXUCysgTaloZAy1i16GxdhQGJ2DKO3icexkW60&#10;E5f7XuZKraS3HfGF1g742GL9tT15A58vx/3uVr02T14PU5iVJH8njbm+mh/uQSSc018YfvVZHSp2&#10;OoQTuSh6A/lSZRxlsNIaBCeWOufNgVG21iCrUv7/ofoBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAF96tL+IBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAMw254d0AAAALAQAADwAAAAAAAAAAAAAAAAA8BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="26E7D3C5" w14:textId="1B601D5F" w:rsidR="00F5651D" w:rsidRDefault="00583313">
+                    <w:p w14:paraId="26E7D3C5" w14:textId="63F26343" w:rsidR="00F5651D" w:rsidRDefault="00583313">
                       <w:r>
                         <w:t>20</w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
-                        <w:t>5</w:t>
+                      <w:r w:rsidR="00082F9A">
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="00B063AB">
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidR="0035116C">
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
-                        <w:t>6</w:t>
+                      <w:r w:rsidR="00E20143">
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45E1B9AC" wp14:editId="720668BB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1461135</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1124585</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="401955" cy="120015"/>
@@ -950,51 +959,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4886FA56" id="Rectangle 60" o:spid="_x0000_s1026" style="position:absolute;margin-left:115.05pt;margin-top:88.55pt;width:31.65pt;height:9.45pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiwt5v5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkm014hRFigwD&#10;ugvQ7QMYWbaFyaJGKXGyrx+lpGmwvhXzgyCK1BHP4fHy9jBYsdcUDLpalpOpFNopbIzravnzx+bd&#10;RylCBNeARadredRB3q7evlmOvtIz7NE2mgSDuFCNvpZ9jL4qiqB6PUCYoNeOky3SAJFD6oqGYGT0&#10;wRaz6fR9MSI1nlDpEPj0/pSUq4zftlrFb20bdBS2ltxbzCvldZvWYrWEqiPwvVHnNuAVXQxgHD96&#10;gbqHCGJH5gXUYBRhwDZOFA4Ftq1ROnNgNuX0HzaPPXidubA4wV9kCv8PVn3dP/rvlFoP/gHVryAc&#10;rntwnb4jwrHX0PBzZRKqGH2oLhdSEPiq2I5fsOHRwi5i1uDQ0pAAmZ04ZKmPF6n1IQrFh/NpebNY&#10;SKE4VfIgy0V+Aaqny55C/KRxEGlTS+JJZnDYP4SYmoHqqSQ3j9Y0G2NtDqjbri2JPfDUN/k7o4fr&#10;MutSscN07YSYTjLLRCx5KFRbbI5MkvBkHbY6b3qkP1KMbJtaht87IC2F/exYqJtyPk8+y8F88WHG&#10;AV1nttcZcIqhahmlOG3X8eTNnSfT9fxSmUk7vGNxW5OJP3d1bpatkfU42zh57zrOVc8/2+ovAAAA&#10;//8DAFBLAwQUAAYACAAAACEAda/xt98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiydnS0NJ0Q0k7AgQ2Jq9dkbUXjlCbdyr/HnNjN9nt6/l65mV0vTnYMnScNy4UCYan2&#10;pqNGw8d+e/cAIkQkg70nq+HHBthU11clFsaf6d2edrERHEKhQA1tjEMhZahb6zAs/GCJtaMfHUZe&#10;x0aaEc8c7nqZKJVJhx3xhxYH+9za+ms3OQ2Yrcz32zF93b9MGebNrLb3n0rr25v56RFEtHP8N8Mf&#10;PqNDxUwHP5EJoteQpGrJVhbWax7YkeTpCsSBL3mmQFalvOxQ/QIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCiwt5v5QEAALQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQB1r/G33wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="03FA9D44" id="Rectangle 60" o:spid="_x0000_s1026" style="position:absolute;margin-left:115.05pt;margin-top:88.55pt;width:31.65pt;height:9.45pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiwt5v5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkm014hRFigwD&#10;ugvQ7QMYWbaFyaJGKXGyrx+lpGmwvhXzgyCK1BHP4fHy9jBYsdcUDLpalpOpFNopbIzravnzx+bd&#10;RylCBNeARadredRB3q7evlmOvtIz7NE2mgSDuFCNvpZ9jL4qiqB6PUCYoNeOky3SAJFD6oqGYGT0&#10;wRaz6fR9MSI1nlDpEPj0/pSUq4zftlrFb20bdBS2ltxbzCvldZvWYrWEqiPwvVHnNuAVXQxgHD96&#10;gbqHCGJH5gXUYBRhwDZOFA4Ftq1ROnNgNuX0HzaPPXidubA4wV9kCv8PVn3dP/rvlFoP/gHVryAc&#10;rntwnb4jwrHX0PBzZRKqGH2oLhdSEPiq2I5fsOHRwi5i1uDQ0pAAmZ04ZKmPF6n1IQrFh/NpebNY&#10;SKE4VfIgy0V+Aaqny55C/KRxEGlTS+JJZnDYP4SYmoHqqSQ3j9Y0G2NtDqjbri2JPfDUN/k7o4fr&#10;MutSscN07YSYTjLLRCx5KFRbbI5MkvBkHbY6b3qkP1KMbJtaht87IC2F/exYqJtyPk8+y8F88WHG&#10;AV1nttcZcIqhahmlOG3X8eTNnSfT9fxSmUk7vGNxW5OJP3d1bpatkfU42zh57zrOVc8/2+ovAAAA&#10;//8DAFBLAwQUAAYACAAAACEAda/xt98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiydnS0NJ0Q0k7AgQ2Jq9dkbUXjlCbdyr/HnNjN9nt6/l65mV0vTnYMnScNy4UCYan2&#10;pqNGw8d+e/cAIkQkg70nq+HHBthU11clFsaf6d2edrERHEKhQA1tjEMhZahb6zAs/GCJtaMfHUZe&#10;x0aaEc8c7nqZKJVJhx3xhxYH+9za+ms3OQ2Yrcz32zF93b9MGebNrLb3n0rr25v56RFEtHP8N8Mf&#10;PqNDxUwHP5EJoteQpGrJVhbWax7YkeTpCsSBL3mmQFalvOxQ/QIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCiwt5v5QEAALQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQB1r/G33wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F9CC848" wp14:editId="4E84036C">
             <wp:extent cx="5248275" cy="3114675"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -1055,184 +1064,184 @@
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1744497" cy="167451"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6AD77967" w14:textId="76BD7C07" w:rsidR="00F5651D" w:rsidRPr="00F5651D" w:rsidRDefault="00583313">
+                          <w:p w14:paraId="6AD77967" w14:textId="24D61B8E" w:rsidR="00F5651D" w:rsidRPr="00F5651D" w:rsidRDefault="00583313">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>FY20</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0D84">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00FE1527">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="00F5651D" w:rsidRPr="00F5651D">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidR="0035116C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00FE1527">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r w:rsidR="005C0D84">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>Profit &amp; Loss by Account and Class</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="5470BAF0" id="Text Box 65" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:13.4pt;margin-top:53.1pt;width:137.35pt;height:13.2pt;z-index:251658260;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChW7zB9wEAANADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817INJW4Ey0HqIEWB&#10;9AGk/QCKoiSiFJdd0pbcr++Ssh23uQW9EFwuObszO1zfjr1he4Vegy35YjbnTFkJtbZtyX98f3j3&#10;njMfhK2FAatKflCe327evlkPrlBL6MDUChmBWF8MruRdCK7IMi871Qs/A6csJRvAXgQKsc1qFAOh&#10;9yZbzufX2QBYOwSpvKfT+ynJNwm/aZQMX5vGq8BMyam3kFZMaxXXbLMWRYvCdVoe2xCv6KIX2lLR&#10;M9S9CILtUL+A6rVE8NCEmYQ+g6bRUiUOxGYx/4fNUyecSlxIHO/OMvn/Byu/7J/cN2Rh/AAjDTCR&#10;8O4R5E/PLGw7YVt1hwhDp0RNhRdRsmxwvjg+jVL7wkeQavgMNQ1Z7AIkoLHBPqpCPBmh0wAOZ9HV&#10;GJiMJVd5nt+sOJOUW1yv8quphChOrx368FFBz+Km5EhDTehi/+hD7EYUpyuxmAej6wdtTAqikdTW&#10;INsLskDVnsD/umVsvGshvpoA40liGYlNFMNYjUzXJV9GCSLpCuoD0UaYbEXfgDYd4G/OBrJUyf2v&#10;nUDFmflkSbqbRZ5HD6Ygv1otKcDLTHWZEVYSVMkDZ9N2Gybf7hzqtqNK07As3JHcjU5KPHd1bJ9s&#10;kwQ6Wjz68jJOt54/4uYPAAAA//8DAFBLAwQUAAYACAAAACEAKNQCzd0AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPPU/DMBCGdyT+g3VIbK3dVIQqxKkAiYUFtVTMTnzEofE5it0m8Os5pjK+H3rv&#10;uXI7+16ccYxdIA2rpQKB1ATbUavh8P6y2ICIyZA1fSDU8I0RttX1VWkKGyba4XmfWsEjFAujwaU0&#10;FFLGxqE3cRkGJM4+w+hNYjm20o5m4nHfy0ypXHrTEV9wZsBnh81xf/IaPtovfOpexx/1JtV03ITd&#10;ob53Wt/ezI8PIBLO6VKGP3xGh4qZ6nAiG0WvIcuZPLGv8gwEF9ZqdQeiZmed5SCrUv5/ofoFAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoVu8wfcBAADQAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKNQCzd0AAAAKAQAADwAAAAAAAAAAAAAAAABR&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" fillcolor="white [3212]" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="6AD77967" w14:textId="76BD7C07" w:rsidR="00F5651D" w:rsidRPr="00F5651D" w:rsidRDefault="00583313">
+                    <w:p w14:paraId="6AD77967" w14:textId="24D61B8E" w:rsidR="00F5651D" w:rsidRPr="00F5651D" w:rsidRDefault="00583313">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>FY20</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0D84">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00FE1527">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="00F5651D" w:rsidRPr="00F5651D">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidR="0035116C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00FE1527">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r w:rsidR="005C0D84">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>Profit &amp; Loss by Account and Class</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00033BB4">
         <w:rPr>
@@ -1274,744 +1283,744 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5FD48A14" w14:textId="2CDAB06A" w:rsidR="00F5651D" w:rsidRPr="0021699A" w:rsidRDefault="00ED70AA">
+                          <w:p w14:paraId="5FD48A14" w14:textId="3203C042" w:rsidR="00F5651D" w:rsidRPr="0021699A" w:rsidRDefault="00ED70AA">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="00A4540C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">   </w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">      </w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Aug </w:t>
                             </w:r>
                             <w:r w:rsidR="00A4540C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">      </w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Sep </w:t>
                             </w:r>
                             <w:r w:rsidR="00A4540C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">    </w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Oct </w:t>
                             </w:r>
                             <w:r w:rsidR="00A4540C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">      </w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Nov </w:t>
                             </w:r>
                             <w:r w:rsidR="00A4540C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">       </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dec </w:t>
                             </w:r>
                             <w:r w:rsidR="00A4540C">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">         </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jan </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">         Feb </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">       Mar </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">       Apr </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">        May </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t xml:space="preserve">      Jun </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="002E7E19">
                               <w:rPr>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3CBC7954" id="Text Box 68" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:137pt;margin-top:104pt;width:350.5pt;height:23.5pt;z-index:251658261;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJuHga4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6FLao6TQ2DSGN&#10;gTT4AY5jJxaJz5zdJuXXc3a6rsAb4sU63znffd93l831NPRsr9AbsBXPF0vOlJXQGNtW/NvX+zeX&#10;nPkgbCN6sKriB+X59fb1q83oSrWCDvpGISMQ68vRVbwLwZVZ5mWnBuEX4JSlogYcRKArtlmDYiT0&#10;oc9Wy+XbbARsHIJU3lP2bi7ybcLXWsnwWWuvAusrTtxCOjGddTyz7UaULQrXGXmkIf6BxSCMpaYn&#10;qDsRBNuh+QtqMBLBgw4LCUMGWhupkgZSky//UPPUCaeSFjLHu5NN/v/Bysf9k/uCLEzvYaIBJhHe&#10;PYD87pmF207YVt0gwtgp0VDjPFqWjc6Xx0+j1b70EaQeP0FDQxa7AAlo0jhEV0gnI3QawOFkupoC&#10;k5QsinV+saaSpNrq6rKgOLYQ5fPXDn34oGBgMag40lATutg/+DA/fX4Sm1m4N32fBtvb3xKEGTOJ&#10;fSQ8Uw9TPTHTVPwi9o1iamgOJAdhXhdabwo6wJ+cjbQqFfc/dgIVZ/1HS5Zc5UURdytdivW7FV3w&#10;vFKfV4SVBFXxwNkc3oZ5H3cOTdtRp3kIFm7IRm2SwhdWR/q0Dsmj4+rGfTu/p1cvP9j2FwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJMQ47TcAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I&#10;/IfISNxYwrSyrTSdEIgriAGTdvMar61onKrJ1vLvMSe4fbafnt8rNpPv1JmG2Aa2cDszoIir4Fqu&#10;LXy8P9+sQMWE7LALTBa+KcKmvLwoMHdh5Dc6b1OtxIRjjhaalPpc61g15DHOQk8st2MYPCYZh1q7&#10;AUcx952eG3OnPbYsHxrs6bGh6mt78hY+X4773cK81k8+68cwGc1+ra29vpoe7kElmtKfGH7jS3Qo&#10;JdMhnNhF1VmYLxfSJQmYlYAo1stM4CCbTECXhf7fofwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEASbh4GuMBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAkxDjtNwAAAALAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5FD48A14" w14:textId="2CDAB06A" w:rsidR="00F5651D" w:rsidRPr="0021699A" w:rsidRDefault="00ED70AA">
+                    <w:p w14:paraId="5FD48A14" w14:textId="3203C042" w:rsidR="00F5651D" w:rsidRPr="0021699A" w:rsidRDefault="00ED70AA">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="00A4540C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">   </w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">      </w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Aug </w:t>
                       </w:r>
                       <w:r w:rsidR="00A4540C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">      </w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Sep </w:t>
                       </w:r>
                       <w:r w:rsidR="00A4540C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">    </w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Oct </w:t>
                       </w:r>
                       <w:r w:rsidR="00A4540C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">      </w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Nov </w:t>
                       </w:r>
                       <w:r w:rsidR="00A4540C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">       </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dec </w:t>
                       </w:r>
                       <w:r w:rsidR="00A4540C">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">         </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jan </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">         Feb </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">       Mar </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">       Apr </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">        May </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">      Jun </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="002E7E19">
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00033BB4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658259" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25875911" wp14:editId="519CA5AA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1771650</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1356995</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4102100" cy="90805"/>
@@ -2049,51 +2058,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="00991136" id="Rectangle 67" o:spid="_x0000_s1026" style="position:absolute;margin-left:139.5pt;margin-top:106.85pt;width:323pt;height:7.15pt;z-index:251658259;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkeKv5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDdGuNOEWRIsOA&#10;bivQ7QMUWbaFyaJGKnG6rx+lpGmw3Yb5IIgi9cT3+Ly8PYxO7A2SBd/IalZKYbyG1vq+kd+/bd5d&#10;S0FR+VY58KaRz4bk7ertm+UUajOHAVxrUDCIp3oKjRxiDHVRkB7MqGgGwXhOdoCjihxiX7SoJkYf&#10;XTEvy/fFBNgGBG2I+PT+mJSrjN91RsevXUcmCtdI7i3mFfO6TWuxWqq6RxUGq09tqH/oYlTW86Nn&#10;qHsVldih/QtqtBqBoIszDWMBXWe1yRyYTVX+weZpUMFkLiwOhbNM9P9g9Zf9U3jE1DqFB9A/SHhY&#10;D8r35g4RpsGolp+rklDFFKg+X0gB8VWxnT5Dy6NVuwhZg0OHYwJkduKQpX4+S20OUWg+XFTlvCp5&#10;IppzN+V1eZVfUPXL5YAUPxoYRdo0EnmSGVztHyimZlT9UpKbB2fbjXUuB9hv1w7FXvHUN/k7odNl&#10;mfOp2EO6dkRMJ5llIpY8RPUW2mcmiXC0DludNwPgLykmtk0j6edOoZHCffIs1E21WCSf5WBx9WHO&#10;AV5mtpcZ5TVDNTJKcdyu49Gbu4C2H/ilKpP2cMfidjYTf+3q1CxbI+txsnHy3mWcq15/ttVvAAAA&#10;//8DAFBLAwQUAAYACAAAACEAUNo/4uAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiyjnVr13RCSDsBBzYkrl6TtdUapzTpVv495gQ3+/np+XvFdnKduNghtJ40zGcKhKXK&#10;m5ZqDR+H3cMaRIhIBjtPVsO3DbAtb28KzI2/0ru97GMtOIRCjhqaGPtcylA11mGY+d4S305+cBh5&#10;HWppBrxyuOtkolQqHbbEHxrs7XNjq/N+dBowfTRfb6fF6+FlTDGrJ7Vbfiqt7++mpw2IaKf4Z4Zf&#10;fEaHkpmOfiQTRKchWWXcJfIwX6xAsCNLlqwcWUnWCmRZyP8dyh8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAAZHir+UBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAUNo/4uAAAAALAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="467F8CAE" id="Rectangle 67" o:spid="_x0000_s1026" style="position:absolute;margin-left:139.5pt;margin-top:106.85pt;width:323pt;height:7.15pt;z-index:251658259;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkeKv5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDdGuNOEWRIsOA&#10;bivQ7QMUWbaFyaJGKnG6rx+lpGmw3Yb5IIgi9cT3+Ly8PYxO7A2SBd/IalZKYbyG1vq+kd+/bd5d&#10;S0FR+VY58KaRz4bk7ertm+UUajOHAVxrUDCIp3oKjRxiDHVRkB7MqGgGwXhOdoCjihxiX7SoJkYf&#10;XTEvy/fFBNgGBG2I+PT+mJSrjN91RsevXUcmCtdI7i3mFfO6TWuxWqq6RxUGq09tqH/oYlTW86Nn&#10;qHsVldih/QtqtBqBoIszDWMBXWe1yRyYTVX+weZpUMFkLiwOhbNM9P9g9Zf9U3jE1DqFB9A/SHhY&#10;D8r35g4RpsGolp+rklDFFKg+X0gB8VWxnT5Dy6NVuwhZg0OHYwJkduKQpX4+S20OUWg+XFTlvCp5&#10;IppzN+V1eZVfUPXL5YAUPxoYRdo0EnmSGVztHyimZlT9UpKbB2fbjXUuB9hv1w7FXvHUN/k7odNl&#10;mfOp2EO6dkRMJ5llIpY8RPUW2mcmiXC0DludNwPgLykmtk0j6edOoZHCffIs1E21WCSf5WBx9WHO&#10;AV5mtpcZ5TVDNTJKcdyu49Gbu4C2H/ilKpP2cMfidjYTf+3q1CxbI+txsnHy3mWcq15/ttVvAAAA&#10;//8DAFBLAwQUAAYACAAAACEAUNo/4uAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiyjnVr13RCSDsBBzYkrl6TtdUapzTpVv495gQ3+/np+XvFdnKduNghtJ40zGcKhKXK&#10;m5ZqDR+H3cMaRIhIBjtPVsO3DbAtb28KzI2/0ru97GMtOIRCjhqaGPtcylA11mGY+d4S305+cBh5&#10;HWppBrxyuOtkolQqHbbEHxrs7XNjq/N+dBowfTRfb6fF6+FlTDGrJ7Vbfiqt7++mpw2IaKf4Z4Zf&#10;fEaHkpmOfiQTRKchWWXcJfIwX6xAsCNLlqwcWUnWCmRZyP8dyh8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAAZHir+UBAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAUNo/4uAAAAALAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00033BB4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03C07A42" wp14:editId="018C40B4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>184150</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>718185</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1720850" cy="78105"/>
                 <wp:effectExtent l="3175" t="635" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="44" name="Rectangle 66"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2126,51 +2135,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4B0BC1DF" id="Rectangle 66" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.5pt;margin-top:56.55pt;width:135.5pt;height:6.15pt;z-index:251658258;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTPa9j5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDZM2MOEWRIsOA&#10;bivQ7QNkWbaFyaJGKXGyrx8lp2mw3or5IIgi9cT3+Ly+PQ6GHRR6DbbixSznTFkJjbZdxX/+2H1Y&#10;ceaDsI0wYFXFT8rz2837d+vRlWoOPZhGISMQ68vRVbwPwZVZ5mWvBuFn4JSlZAs4iEAhdlmDYiT0&#10;wWTzPP+YjYCNQ5DKezq9n5J8k/DbVsnwvW29CsxUnHoLacW01nHNNmtRdihcr+W5DfGGLgahLT16&#10;gboXQbA96ldQg5YIHtowkzBk0LZaqsSB2BT5P2yeeuFU4kLieHeRyf8/WPnt8OQeMbbu3QPIX55Z&#10;2PbCduoOEcZeiYaeK6JQ2eh8ebkQA09XWT1+hYZGK/YBkgbHFocISOzYMUl9ukitjoFJOixu5vlq&#10;SRORlLtZFfkyvSDK58sOffisYGBxU3GkSSZwcXjwITYjyueS1DwY3ey0MSnArt4aZAdBU9+l74zu&#10;r8uMjcUW4rUJMZ4klpFY9JAva2hORBJhsg5ZnTY94B/ORrJNxf3vvUDFmfliSahPxWIRfZaCxZJY&#10;cobXmfo6I6wkqIoHzqbtNkze3DvUXU8vFYm0hTsSt9WJ+EtX52bJGkmPs42j967jVPXys23+AgAA&#10;//8DAFBLAwQUAAYACAAAACEA/IssbN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KidpI1oGqdCSD0BB1okrtvYTaLG6xA7bfh7lhMcd3Y086bczq4XFzuGzpOGZKFAWKq9&#10;6ajR8HHYPTyCCBHJYO/Javi2AbbV7U2JhfFXereXfWwEh1AoUEMb41BIGerWOgwLP1ji38mPDiOf&#10;YyPNiFcOd71Mlcqlw464ocXBPre2Pu8npwHzpfl6O2Wvh5cpx3Uzq93qU2l9fzc/bUBEO8c/M/zi&#10;MzpUzHT0E5kgeg3pmqdE1pMsAcGGTClWjqykqyXIqpT/J1Q/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAFM9r2PlAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPyLLGzeAAAACgEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="75E482DC" id="Rectangle 66" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.5pt;margin-top:56.55pt;width:135.5pt;height:6.15pt;z-index:251658258;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTPa9j5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDZM2MOEWRIsOA&#10;bivQ7QNkWbaFyaJGKXGyrx8lp2mw3or5IIgi9cT3+Ly+PQ6GHRR6DbbixSznTFkJjbZdxX/+2H1Y&#10;ceaDsI0wYFXFT8rz2837d+vRlWoOPZhGISMQ68vRVbwPwZVZ5mWvBuFn4JSlZAs4iEAhdlmDYiT0&#10;wWTzPP+YjYCNQ5DKezq9n5J8k/DbVsnwvW29CsxUnHoLacW01nHNNmtRdihcr+W5DfGGLgahLT16&#10;gboXQbA96ldQg5YIHtowkzBk0LZaqsSB2BT5P2yeeuFU4kLieHeRyf8/WPnt8OQeMbbu3QPIX55Z&#10;2PbCduoOEcZeiYaeK6JQ2eh8ebkQA09XWT1+hYZGK/YBkgbHFocISOzYMUl9ukitjoFJOixu5vlq&#10;SRORlLtZFfkyvSDK58sOffisYGBxU3GkSSZwcXjwITYjyueS1DwY3ey0MSnArt4aZAdBU9+l74zu&#10;r8uMjcUW4rUJMZ4klpFY9JAva2hORBJhsg5ZnTY94B/ORrJNxf3vvUDFmfliSahPxWIRfZaCxZJY&#10;cobXmfo6I6wkqIoHzqbtNkze3DvUXU8vFYm0hTsSt9WJ+EtX52bJGkmPs42j967jVPXys23+AgAA&#10;//8DAFBLAwQUAAYACAAAACEA/IssbN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KidpI1oGqdCSD0BB1okrtvYTaLG6xA7bfh7lhMcd3Y086bczq4XFzuGzpOGZKFAWKq9&#10;6ajR8HHYPTyCCBHJYO/Javi2AbbV7U2JhfFXereXfWwEh1AoUEMb41BIGerWOgwLP1ji38mPDiOf&#10;YyPNiFcOd71Mlcqlw464ocXBPre2Pu8npwHzpfl6O2Wvh5cpx3Uzq93qU2l9fzc/bUBEO8c/M/zi&#10;MzpUzHT0E5kgeg3pmqdE1pMsAcGGTClWjqykqyXIqpT/J1Q/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAFM9r2PlAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPyLLGzeAAAACgEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0093398E">
         <w:t>Figure 2: Your current budget window.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F0AA43A" w14:textId="2B2B87CB" w:rsidR="0093398E" w:rsidRDefault="00033BB4">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A1EED21" wp14:editId="7C9AF9FA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>285750</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>314960</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="152400" cy="107950"/>
@@ -2208,51 +2217,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3BFE76B3" id="Rectangle 63" o:spid="_x0000_s1026" style="position:absolute;margin-left:22.5pt;margin-top:24.8pt;width:12pt;height:8.5pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB75jse5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnVsmzUdLXqqghp&#10;gZUWPsB17MTC8Zix27R8PWOn263ghsjB8ng8z+/NvKzujoNlB4XBgGt4NSs5U05Ca1zX8O/ftu8+&#10;cBaicK2w4FTDTyrwu/XbN6vR12oOPdhWISMQF+rRN7yP0ddFEWSvBhFm4JWjpAYcRKQQu6JFMRL6&#10;YIt5Wb4vRsDWI0gVAp0+TEm+zvhaKxm/ah1UZLbhxC3mFfO6S2uxXom6Q+F7I880xD+wGIRx9OgF&#10;6kFEwfZo/oIajEQIoONMwlCA1kaqrIHUVOUfap574VXWQs0J/tKm8P9g5ZfDs3/CRD34R5A/AnOw&#10;6YXr1D0ijL0SLT1XpUYVow/1pSAFgUrZbvwMLY1W7CPkHhw1DgmQ1LFjbvXp0mp1jEzSYbWcL0oa&#10;iKRUVd7cLvMoClG/FHsM8aOCgaVNw5EmmcHF4THEREbUL1cyebCm3Rprc4DdbmORHQRNfZu/zJ80&#10;Xl+zLl12kMomxHSSVSZhyUOh3kF7IpEIk3XI6rTpAX9xNpJtGh5+7gUqzuwnR426rRaL5LMcLJY3&#10;cwrwOrO7zggnCarhkbNpu4mTN/ceTdfTS1UW7eCemqtNFv7K6kyWrJH7cbZx8t51nG+9/mzr3wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEId86/aAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoA7QWCXEqhNQTcKBF4rqNt0lEvA6x04a/ZznR02g0q9k35Xr2vTrSGLvAFm4XGSji&#10;OriOGwsfu83NA6iYkB32gcnCD0VYV5cXJRYunPidjtvUKCnhWKCFNqWh0DrWLXmMizAQS3YIo8ck&#10;dmy0G/Ek5b7Xd1lmtMeO5UOLAz23VH9tJ28BzdJ9vx3uX3cvk8G8mbPN6jOz9vpqfnoElWhO/8fw&#10;hy/oUAnTPkzsouotLFcyJYnmBpTkJhe/FzUGdFXqc/7qFwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAHvmOx7mAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAEId86/aAAAABwEAAA8AAAAAAAAAAAAAAAAAQAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="6D34DA58" id="Rectangle 63" o:spid="_x0000_s1026" style="position:absolute;margin-left:22.5pt;margin-top:24.8pt;width:12pt;height:8.5pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB75jse5gEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnVsmzUdLXqqghp&#10;gZUWPsB17MTC8Zix27R8PWOn263ghsjB8ng8z+/NvKzujoNlB4XBgGt4NSs5U05Ca1zX8O/ftu8+&#10;cBaicK2w4FTDTyrwu/XbN6vR12oOPdhWISMQF+rRN7yP0ddFEWSvBhFm4JWjpAYcRKQQu6JFMRL6&#10;YIt5Wb4vRsDWI0gVAp0+TEm+zvhaKxm/ah1UZLbhxC3mFfO6S2uxXom6Q+F7I880xD+wGIRx9OgF&#10;6kFEwfZo/oIajEQIoONMwlCA1kaqrIHUVOUfap574VXWQs0J/tKm8P9g5ZfDs3/CRD34R5A/AnOw&#10;6YXr1D0ijL0SLT1XpUYVow/1pSAFgUrZbvwMLY1W7CPkHhw1DgmQ1LFjbvXp0mp1jEzSYbWcL0oa&#10;iKRUVd7cLvMoClG/FHsM8aOCgaVNw5EmmcHF4THEREbUL1cyebCm3Rprc4DdbmORHQRNfZu/zJ80&#10;Xl+zLl12kMomxHSSVSZhyUOh3kF7IpEIk3XI6rTpAX9xNpJtGh5+7gUqzuwnR426rRaL5LMcLJY3&#10;cwrwOrO7zggnCarhkbNpu4mTN/ceTdfTS1UW7eCemqtNFv7K6kyWrJH7cbZx8t51nG+9/mzr3wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEId86/aAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoA7QWCXEqhNQTcKBF4rqNt0lEvA6x04a/ZznR02g0q9k35Xr2vTrSGLvAFm4XGSji&#10;OriOGwsfu83NA6iYkB32gcnCD0VYV5cXJRYunPidjtvUKCnhWKCFNqWh0DrWLXmMizAQS3YIo8ck&#10;dmy0G/Ek5b7Xd1lmtMeO5UOLAz23VH9tJ28BzdJ9vx3uX3cvk8G8mbPN6jOz9vpqfnoElWhO/8fw&#10;hy/oUAnTPkzsouotLFcyJYnmBpTkJhe/FzUGdFXqc/7qFwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAHvmOx7mAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAEId86/aAAAABwEAAA8AAAAAAAAAAAAAAAAAQAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="164B09A2" w14:textId="07A5FABB" w:rsidR="00286256" w:rsidRDefault="00033BB4">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F7BB279" wp14:editId="6074DBB0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5632450</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1428750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="273050" cy="71120"/>
                 <wp:effectExtent l="3175" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="42" name="Rectangle 59"/>
@@ -2287,51 +2296,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1AE1DBCA" id="Rectangle 59" o:spid="_x0000_s1026" style="position:absolute;margin-left:443.5pt;margin-top:112.5pt;width:21.5pt;height:5.6pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmnY1h5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3pUoiarlZdFSEt&#10;LNLCB0wdJ7FwPGbsNi1fz9jtdiu4IXKwPB7P83szL8vbw2DFXlMw6GpZTqZSaKewMa6r5fdvmzfv&#10;pQgRXAMWna7lUQd5u3r9ajn6Ss+wR9toEgziQjX6WvYx+qoogur1AGGCXjtOtkgDRA6pKxqCkdEH&#10;W8ym03fFiNR4QqVD4NP7U1KuMn7bahUf2zboKGwtmVvMK+V1m9ZitYSqI/C9UWca8A8sBjCOH71A&#10;3UMEsSPzF9RgFGHANk4UDgW2rVE6a2A15fQPNU89eJ21cHOCv7Qp/D9Y9WX/5L9Soh78A6ofQThc&#10;9+A6fUeEY6+h4efK1Khi9KG6FKQgcKnYjp+x4dHCLmLuwaGlIQGyOnHIrT5eWq0PUSg+nC3eTm94&#10;IIpTi7Kc5UkUUD3Xegrxo8ZBpE0tiQeZsWH/EGLiAtXzlcwdrWk2xtocULddWxJ74KFv8pfps8Tr&#10;a9alyw5T2QkxnWSRSVeyUKi22BxZI+HJOex03vRIv6QY2TW1DD93QFoK+8lxnz6U83myWQ7mNwvW&#10;Jeg6s73OgFMMVcsoxWm7jidr7jyZrueXyiza4R33tjVZ+AurM1l2Ru7H2cXJetdxvvXyr61+AwAA&#10;//8DAFBLAwQUAAYACAAAACEANoBZ198AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FhCy0rXNZ0Q0k7AgQ1pV6/x2oomKU26lX+POcHt2X56/l65mW0vzjSGzjsN9wsFglzt&#10;TecaDR/77V0OIkR0BnvvSMM3BdhU11clFsZf3Dudd7ERHOJCgRraGIdCylC3ZDEs/ECObyc/Wow8&#10;jo00I1443PYyUSqTFjvHH1oc6Lml+nM3WQ2YPZivt1P6un+ZMlw1s9ouD0rr25v5aQ0i0hz/zPCL&#10;z+hQMdPRT84E0WvI80fuEjUkyZIFO1apYnHkTZolIKtS/u9Q/QAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBmnY1h5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQA2gFnX3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="3EBDDD17" id="Rectangle 59" o:spid="_x0000_s1026" style="position:absolute;margin-left:443.5pt;margin-top:112.5pt;width:21.5pt;height:5.6pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmnY1h5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3pUoiarlZdFSEt&#10;LNLCB0wdJ7FwPGbsNi1fz9jtdiu4IXKwPB7P83szL8vbw2DFXlMw6GpZTqZSaKewMa6r5fdvmzfv&#10;pQgRXAMWna7lUQd5u3r9ajn6Ss+wR9toEgziQjX6WvYx+qoogur1AGGCXjtOtkgDRA6pKxqCkdEH&#10;W8ym03fFiNR4QqVD4NP7U1KuMn7bahUf2zboKGwtmVvMK+V1m9ZitYSqI/C9UWca8A8sBjCOH71A&#10;3UMEsSPzF9RgFGHANk4UDgW2rVE6a2A15fQPNU89eJ21cHOCv7Qp/D9Y9WX/5L9Soh78A6ofQThc&#10;9+A6fUeEY6+h4efK1Khi9KG6FKQgcKnYjp+x4dHCLmLuwaGlIQGyOnHIrT5eWq0PUSg+nC3eTm94&#10;IIpTi7Kc5UkUUD3Xegrxo8ZBpE0tiQeZsWH/EGLiAtXzlcwdrWk2xtocULddWxJ74KFv8pfps8Tr&#10;a9alyw5T2QkxnWSRSVeyUKi22BxZI+HJOex03vRIv6QY2TW1DD93QFoK+8lxnz6U83myWQ7mNwvW&#10;Jeg6s73OgFMMVcsoxWm7jidr7jyZrueXyiza4R33tjVZ+AurM1l2Ru7H2cXJetdxvvXyr61+AwAA&#10;//8DAFBLAwQUAAYACAAAACEANoBZ198AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FhCy0rXNZ0Q0k7AgQ1pV6/x2oomKU26lX+POcHt2X56/l65mW0vzjSGzjsN9wsFglzt&#10;TecaDR/77V0OIkR0BnvvSMM3BdhU11clFsZf3Dudd7ERHOJCgRraGIdCylC3ZDEs/ECObyc/Wow8&#10;jo00I1443PYyUSqTFjvHH1oc6Lml+nM3WQ2YPZivt1P6un+ZMlw1s9ouD0rr25v5aQ0i0hz/zPCL&#10;z+hQMdPRT84E0WvI80fuEjUkyZIFO1apYnHkTZolIKtS/u9Q/QAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBmnY1h5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQA2gFnX3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658252" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="277AC199" wp14:editId="7E1CDBA8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5251450</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1423670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="285750" cy="76200"/>
                 <wp:effectExtent l="3175" t="3175" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="41" name="Rectangle 57"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2364,51 +2373,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="18D081DB" id="Rectangle 57" o:spid="_x0000_s1026" style="position:absolute;margin-left:413.5pt;margin-top:112.1pt;width:22.5pt;height:6pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChcpzY5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJkqYz4hRFigwD&#10;ugvQ9QMYWbaFyaJGKXGyrx+lpGmwvg3zgyCK4hHP4fHy7tBbsdcUDLpKTkZjKbRTWBvXVvL5x+bD&#10;rRQhgqvBotOVPOog71bv3y0HX+opdmhrTYJBXCgHX8kuRl8WRVCd7iGM0GvHyQaph8ghtUVNMDB6&#10;b4vpeHxTDEi1J1Q6BD59OCXlKuM3jVbxW9MEHYWtJPcW80p53aa1WC2hbAl8Z9S5DfiHLnowjh+9&#10;QD1ABLEj8waqN4owYBNHCvsCm8YonTkwm8n4LzZPHXidubA4wV9kCv8PVn3dP/nvlFoP/hHVzyAc&#10;rjtwrb4nwqHTUPNzkyRUMfhQXgpSELhUbIcvWPNoYRcxa3BoqE+AzE4cstTHi9T6EIXiw+ntfDHn&#10;gShOLW54kvkBKF9qPYX4SWMv0qaSxIPM2LB/DDH1AuXLldw7WlNvjLU5oHa7tiT2wEPf5O+MHq6v&#10;WZcuO0xlJ8R0kkkmXslCodxifWSOhCfnsNN50yH9lmJg11Qy/NoBaSnsZ8c6fZzMZslmOZjNF1MO&#10;6Dqzvc6AUwxVySjFabuOJ2vuPJm245cmmbTDe9a2MZn4a1fnZtkZWY+zi5P1ruN86/VfW/0BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQALOrb03wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqI1b0hDiVAipJ+BAi8R1G2+TiNgOsdOGv2c5wXFnRzNvys3senGiMXbBG7hdKBDk62A7&#10;3xh4329vchAxobfYB08GvinCprq8KLGw4ezf6LRLjeAQHws00KY0FFLGuiWHcREG8vw7htFh4nNs&#10;pB3xzOGul1qpTDrsPDe0ONBTS/XnbnIGMFvZr9fj8mX/PGV438xqe/ehjLm+mh8fQCSa058ZfvEZ&#10;HSpmOoTJ2yh6A7le85ZkQOuVBsGOfK1ZObCyzDTIqpT/N1Q/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAKFynNjkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAAs6tvTfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="707AC733" id="Rectangle 57" o:spid="_x0000_s1026" style="position:absolute;margin-left:413.5pt;margin-top:112.1pt;width:22.5pt;height:6pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChcpzY5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJkqYz4hRFigwD&#10;ugvQ9QMYWbaFyaJGKXGyrx+lpGmwvg3zgyCK4hHP4fHy7tBbsdcUDLpKTkZjKbRTWBvXVvL5x+bD&#10;rRQhgqvBotOVPOog71bv3y0HX+opdmhrTYJBXCgHX8kuRl8WRVCd7iGM0GvHyQaph8ghtUVNMDB6&#10;b4vpeHxTDEi1J1Q6BD59OCXlKuM3jVbxW9MEHYWtJPcW80p53aa1WC2hbAl8Z9S5DfiHLnowjh+9&#10;QD1ABLEj8waqN4owYBNHCvsCm8YonTkwm8n4LzZPHXidubA4wV9kCv8PVn3dP/nvlFoP/hHVzyAc&#10;rjtwrb4nwqHTUPNzkyRUMfhQXgpSELhUbIcvWPNoYRcxa3BoqE+AzE4cstTHi9T6EIXiw+ntfDHn&#10;gShOLW54kvkBKF9qPYX4SWMv0qaSxIPM2LB/DDH1AuXLldw7WlNvjLU5oHa7tiT2wEPf5O+MHq6v&#10;WZcuO0xlJ8R0kkkmXslCodxifWSOhCfnsNN50yH9lmJg11Qy/NoBaSnsZ8c6fZzMZslmOZjNF1MO&#10;6Dqzvc6AUwxVySjFabuOJ2vuPJm245cmmbTDe9a2MZn4a1fnZtkZWY+zi5P1ruN86/VfW/0BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQALOrb03wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqI1b0hDiVAipJ+BAi8R1G2+TiNgOsdOGv2c5wXFnRzNvys3senGiMXbBG7hdKBDk62A7&#10;3xh4329vchAxobfYB08GvinCprq8KLGw4ezf6LRLjeAQHws00KY0FFLGuiWHcREG8vw7htFh4nNs&#10;pB3xzOGul1qpTDrsPDe0ONBTS/XnbnIGMFvZr9fj8mX/PGV438xqe/ehjLm+mh8fQCSa058ZfvEZ&#10;HSpmOoTJ2yh6A7le85ZkQOuVBsGOfK1ZObCyzDTIqpT/N1Q/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAKFynNjkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAAs6tvTfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B61C4CE" wp14:editId="3423AB60">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4889500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1428750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="292100" cy="71120"/>
                 <wp:effectExtent l="3175" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="40" name="Rectangle 55"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2441,51 +2450,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="78B35B50" id="Rectangle 55" o:spid="_x0000_s1026" style="position:absolute;margin-left:385pt;margin-top:112.5pt;width:23pt;height:5.6pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDH7QJ45QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRVYdmo6WrVVRHS&#10;cpEWPmDqOImF4zFjt2n5esZOt1vBGyIPlsfjOT5n5mR1dxysOGgKBl0ty9lcCu0UNsZ1tfz+bfvm&#10;vRQhgmvAotO1POkg79avX61GX+kF9mgbTYJBXKhGX8s+Rl8VRVC9HiDM0GvHyRZpgMghdUVDMDL6&#10;YIvFfP6uGJEaT6h0CHz6MCXlOuO3rVbxS9sGHYWtJXOLeaW87tJarFdQdQS+N+pMA/6BxQDG8aMX&#10;qAeIIPZk/oIajCIM2MaZwqHAtjVKZw2sppz/oeapB6+zFm5O8Jc2hf8Hqz4fnvxXStSDf0T1IwiH&#10;mx5cp++JcOw1NPxcmRpVjD5Ul4IUBC4Vu/ETNjxa2EfMPTi2NCRAVieOudWnS6v1MQrFh4vbRTnn&#10;gShO3ZTlIk+igOq51lOIHzQOIm1qSTzIjA2HxxATF6ier2TuaE2zNdbmgLrdxpI4AA99m79MnyVe&#10;X7MuXXaYyibEdJJFJl3JQqHaYXNijYSTc9jpvOmRfkkxsmtqGX7ugbQU9qPjPt2Wy2WyWQ6Wb29Y&#10;l6DrzO46A04xVC2jFNN2Eydr7j2ZrueXyiza4T33tjVZ+AurM1l2Ru7H2cXJetdxvvXyr61/AwAA&#10;//8DAFBLAwQUAAYACAAAACEARAJmyN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiyjmWjNJ0Q0k7AgQ2Jq9d4bUWTlCbdyr/HnNjt2X56/l6xmVwnTjTENngD85kCQb4K&#10;tvW1gY/99m4NIib0FrvgycAPRdiU11cF5jac/TuddqkWHOJjjgaalPpcylg15DDOQk+eb8cwOEw8&#10;DrW0A5453HUyU0pLh63nDw329NxQ9bUbnQHU9/b77bh43b+MGh/qSW2Xn8qY25vp6RFEoin9m+EP&#10;n9GhZKZDGL2NojOwWinukgxk2ZIFO9ZzzeLAm4XOQJaFvOxQ/gIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDH7QJ45QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBEAmbI3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="48D0F236" id="Rectangle 55" o:spid="_x0000_s1026" style="position:absolute;margin-left:385pt;margin-top:112.5pt;width:23pt;height:5.6pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDH7QJ45QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRVYdmo6WrVVRHS&#10;cpEWPmDqOImF4zFjt2n5esZOt1vBGyIPlsfjOT5n5mR1dxysOGgKBl0ty9lcCu0UNsZ1tfz+bfvm&#10;vRQhgmvAotO1POkg79avX61GX+kF9mgbTYJBXKhGX8s+Rl8VRVC9HiDM0GvHyRZpgMghdUVDMDL6&#10;YIvFfP6uGJEaT6h0CHz6MCXlOuO3rVbxS9sGHYWtJXOLeaW87tJarFdQdQS+N+pMA/6BxQDG8aMX&#10;qAeIIPZk/oIajCIM2MaZwqHAtjVKZw2sppz/oeapB6+zFm5O8Jc2hf8Hqz4fnvxXStSDf0T1IwiH&#10;mx5cp++JcOw1NPxcmRpVjD5Ul4IUBC4Vu/ETNjxa2EfMPTi2NCRAVieOudWnS6v1MQrFh4vbRTnn&#10;gShO3ZTlIk+igOq51lOIHzQOIm1qSTzIjA2HxxATF6ier2TuaE2zNdbmgLrdxpI4AA99m79MnyVe&#10;X7MuXXaYyibEdJJFJl3JQqHaYXNijYSTc9jpvOmRfkkxsmtqGX7ugbQU9qPjPt2Wy2WyWQ6Wb29Y&#10;l6DrzO46A04xVC2jFNN2Eydr7j2ZrueXyiza4T33tjVZ+AurM1l2Ru7H2cXJetdxvvXyr61/AwAA&#10;//8DAFBLAwQUAAYACAAAACEARAJmyN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiyjmWjNJ0Q0k7AgQ2Jq9d4bUWTlCbdyr/HnNjt2X56/l6xmVwnTjTENngD85kCQb4K&#10;tvW1gY/99m4NIib0FrvgycAPRdiU11cF5jac/TuddqkWHOJjjgaalPpcylg15DDOQk+eb8cwOEw8&#10;DrW0A5453HUyU0pLh63nDw329NxQ9bUbnQHU9/b77bh43b+MGh/qSW2Xn8qY25vp6RFEoin9m+EP&#10;n9GhZKZDGL2NojOwWinukgxk2ZIFO9ZzzeLAm4XOQJaFvOxQ/gIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDH7QJ45QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBEAmbI3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60C7CB7B" wp14:editId="577258B7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4508500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1423670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="298450" cy="76200"/>
                 <wp:effectExtent l="3175" t="3175" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="39" name="Rectangle 53"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2518,51 +2527,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7C043A21" id="Rectangle 53" o:spid="_x0000_s1026" style="position:absolute;margin-left:355pt;margin-top:112.1pt;width:23.5pt;height:6pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5H6sK5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJ0psRpyhSZBjQ&#10;bQW6fQAjy7YwWdQoJU729aPkNA22t2F+EERRPOI5PF7eH3or9pqCQVfJ2WQqhXYKa+PaSn7/tvlw&#10;K0WI4Gqw6HQljzrI+9X7d8vBl3qOHdpak2AQF8rBV7KL0ZdFEVSnewgT9NpxskHqIXJIbVETDIze&#10;22I+nV4XA1LtCZUOgU8fx6RcZfym0Sp+bZqgo7CV5N5iXimv27QWqyWULYHvjDq1Af/QRQ/G8aNn&#10;qEeIIHZk/oLqjSIM2MSJwr7ApjFKZw7MZjb9g81LB15nLixO8GeZwv+DVV/2L/6ZUuvBP6H6EYTD&#10;dQeu1Q9EOHQaan5uloQqBh/Kc0EKApeK7fAZax4t7CJmDQ4N9QmQ2YlDlvp4llofolB8OL+7XVzx&#10;QBSnbq55kvkBKF9rPYX4UWMv0qaSxIPM2LB/CjH1AuXrldw7WlNvjLU5oHa7tiT2wEPf5O+EHi6v&#10;WZcuO0xlI2I6ySQTr2ShUG6xPjJHwtE57HTedEi/pBjYNZUMP3dAWgr7ybFOd7PFItksB4urmzkH&#10;dJnZXmbAKYaqZJRi3K7jaM2dJ9N2/NIsk3b4wNo2JhN/6+rULDsj63FycbLeZZxvvf1rq98AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCqNNff4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqN20TWgap0JIPQEHWiSu29hNIuJ1iJ02/D3LiR53djTzpthOrhNnO4TWk4b5TIGwVHnT&#10;Uq3h47B7eAQRIpLBzpPV8GMDbMvbmwJz4y/0bs/7WAsOoZCjhibGPpcyVI11GGa+t8S/kx8cRj6H&#10;WpoBLxzuOpkolUqHLXFDg719bmz1tR+dBkyX5vvttHg9vIwprutJ7VafSuv7u+lpAyLaKf6b4Q+f&#10;0aFkpqMfyQTRacjmirdEDUmyTECwI1tlrBxZWaQJyLKQ1xvKXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQC5H6sK5AEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCqNNff4AAAAAsBAAAPAAAAAAAAAAAAAAAAAD4EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="71A60FB6" id="Rectangle 53" o:spid="_x0000_s1026" style="position:absolute;margin-left:355pt;margin-top:112.1pt;width:23.5pt;height:6pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5H6sK5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJ0psRpyhSZBjQ&#10;bQW6fQAjy7YwWdQoJU729aPkNA22t2F+EERRPOI5PF7eH3or9pqCQVfJ2WQqhXYKa+PaSn7/tvlw&#10;K0WI4Gqw6HQljzrI+9X7d8vBl3qOHdpak2AQF8rBV7KL0ZdFEVSnewgT9NpxskHqIXJIbVETDIze&#10;22I+nV4XA1LtCZUOgU8fx6RcZfym0Sp+bZqgo7CV5N5iXimv27QWqyWULYHvjDq1Af/QRQ/G8aNn&#10;qEeIIHZk/oLqjSIM2MSJwr7ApjFKZw7MZjb9g81LB15nLixO8GeZwv+DVV/2L/6ZUuvBP6H6EYTD&#10;dQeu1Q9EOHQaan5uloQqBh/Kc0EKApeK7fAZax4t7CJmDQ4N9QmQ2YlDlvp4llofolB8OL+7XVzx&#10;QBSnbq55kvkBKF9rPYX4UWMv0qaSxIPM2LB/CjH1AuXrldw7WlNvjLU5oHa7tiT2wEPf5O+EHi6v&#10;WZcuO0xlI2I6ySQTr2ShUG6xPjJHwtE57HTedEi/pBjYNZUMP3dAWgr7ybFOd7PFItksB4urmzkH&#10;dJnZXmbAKYaqZJRi3K7jaM2dJ9N2/NIsk3b4wNo2JhN/6+rULDsj63FycbLeZZxvvf1rq98AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCqNNff4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqN20TWgap0JIPQEHWiSu29hNIuJ1iJ02/D3LiR53djTzpthOrhNnO4TWk4b5TIGwVHnT&#10;Uq3h47B7eAQRIpLBzpPV8GMDbMvbmwJz4y/0bs/7WAsOoZCjhibGPpcyVI11GGa+t8S/kx8cRj6H&#10;WpoBLxzuOpkolUqHLXFDg719bmz1tR+dBkyX5vvttHg9vIwprutJ7VafSuv7u+lpAyLaKf6b4Q+f&#10;0aFkpqMfyQTRacjmirdEDUmyTECwI1tlrBxZWaQJyLKQ1xvKXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQC5H6sK5AEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCqNNff4AAAAAsBAAAPAAAAAAAAAAAAAAAAAD4EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BD613CF" wp14:editId="58C25253">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4133850</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1428750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="317500" cy="71120"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="38" name="Rectangle 51"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2595,51 +2604,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="61603426" id="Rectangle 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:325.5pt;margin-top:112.5pt;width:25pt;height:5.6pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCt9zfX5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3pUoiarlZdFSEt&#10;LNLCB0wdJ7FwPGbsNi1fz9jtdiu4IXKwPB7P83szL8vbw2DFXlMw6GpZTqZSaKewMa6r5fdvmzfv&#10;pQgRXAMWna7lUQd5u3r9ajn6Ss+wR9toEgziQjX6WvYx+qoogur1AGGCXjtOtkgDRA6pKxqCkdEH&#10;W8ym03fFiNR4QqVD4NP7U1KuMn7bahUf2zboKGwtmVvMK+V1m9ZitYSqI/C9UWca8A8sBjCOH71A&#10;3UMEsSPzF9RgFGHANk4UDgW2rVE6a2A15fQPNU89eJ21cHOCv7Qp/D9Y9WX/5L9Soh78A6ofQThc&#10;9+A6fUeEY6+h4efK1Khi9KG6FKQgcKnYjp+x4dHCLmLuwaGlIQGyOnHIrT5eWq0PUSg+fFsubqY8&#10;EMWpRVnO8iQKqJ5rPYX4UeMg0qaWxIPM2LB/CDFxger5SuaO1jQbY20OqNuuLYk98NA3+cv0WeL1&#10;NevSZYep7ISYTrLIpCtZKFRbbI6skfDkHHY6b3qkX1KM7Jpahp87IC2F/eS4Tx/K+TzZLAfzmwXr&#10;EnSd2V5nwCmGqmWU4rRdx5M1d55M1/NLZRbt8I5725os/IXVmSw7I/fj7OJkves433r511a/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAgMmqxN4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiyjgYoTSeEtBNwYEPi6jVeW9EkpUm38u/xTnCzn5+ev1euZ9eLI42xC97AcqFAkK+D&#10;7Xxj4GO3ubkHERN6i33wZOCHIqyry4sSCxtO/p2O29QIDvGxQANtSkMhZaxbchgXYSDPt0MYHSZe&#10;x0baEU8c7nqZKaWlw87zhxYHem6p/tpOzgDqW/v9dli97l4mjQ/NrDb5pzLm+mp+egSRaE5/Zjjj&#10;MzpUzLQPk7dR9AZ0vuQuyUCW5Tyw406dlT0rK52BrEr5v0P1CwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAK33N9flAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIDJqsTeAAAACwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7B7B0A58" id="Rectangle 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:325.5pt;margin-top:112.5pt;width:25pt;height:5.6pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCt9zfX5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3pUoiarlZdFSEt&#10;LNLCB0wdJ7FwPGbsNi1fz9jtdiu4IXKwPB7P83szL8vbw2DFXlMw6GpZTqZSaKewMa6r5fdvmzfv&#10;pQgRXAMWna7lUQd5u3r9ajn6Ss+wR9toEgziQjX6WvYx+qoogur1AGGCXjtOtkgDRA6pKxqCkdEH&#10;W8ym03fFiNR4QqVD4NP7U1KuMn7bahUf2zboKGwtmVvMK+V1m9ZitYSqI/C9UWca8A8sBjCOH71A&#10;3UMEsSPzF9RgFGHANk4UDgW2rVE6a2A15fQPNU89eJ21cHOCv7Qp/D9Y9WX/5L9Soh78A6ofQThc&#10;9+A6fUeEY6+h4efK1Khi9KG6FKQgcKnYjp+x4dHCLmLuwaGlIQGyOnHIrT5eWq0PUSg+fFsubqY8&#10;EMWpRVnO8iQKqJ5rPYX4UeMg0qaWxIPM2LB/CDFxger5SuaO1jQbY20OqNuuLYk98NA3+cv0WeL1&#10;NevSZYep7ISYTrLIpCtZKFRbbI6skfDkHHY6b3qkX1KM7Jpahp87IC2F/eS4Tx/K+TzZLAfzmwXr&#10;EnSd2V5nwCmGqmWU4rRdx5M1d55M1/NLZRbt8I5725os/IXVmSw7I/fj7OJkves433r511a/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAgMmqxN4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FiyjgYoTSeEtBNwYEPi6jVeW9EkpUm38u/xTnCzn5+ev1euZ9eLI42xC97AcqFAkK+D&#10;7Xxj4GO3ubkHERN6i33wZOCHIqyry4sSCxtO/p2O29QIDvGxQANtSkMhZaxbchgXYSDPt0MYHSZe&#10;x0baEU8c7nqZKaWlw87zhxYHem6p/tpOzgDqW/v9dli97l4mjQ/NrDb5pzLm+mp+egSRaE5/Zjjj&#10;MzpUzLQPk7dR9AZ0vuQuyUCW5Tyw406dlT0rK52BrEr5v0P1CwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAK33N9flAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIDJqsTeAAAACwEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EC2DC25" wp14:editId="31DD1EEF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3765550</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1423670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="279400" cy="76200"/>
                 <wp:effectExtent l="3175" t="3175" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="37" name="Rectangle 49"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2672,51 +2681,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7FDCD551" id="Rectangle 49" o:spid="_x0000_s1026" style="position:absolute;margin-left:296.5pt;margin-top:112.1pt;width:22pt;height:6pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/fpPW5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG1VtmzUdLXqqghp&#10;gZUWPmDqOImF4zFjt2n5esZOt1vBDZGD5fF4nue9eVndHXsrDpqCQVfJ2WQqhXYKa+PaSn7/tn33&#10;QYoQwdVg0elKnnSQd+u3b1aDL/UcO7S1JsEgLpSDr2QXoy+LIqhO9xAm6LXjZIPUQ+SQ2qImGBi9&#10;t8V8Or0pBqTaEyodAp8+jEm5zvhNo1X82jRBR2Eryb3FvFJed2kt1isoWwLfGXVuA/6hix6M40cv&#10;UA8QQezJ/AXVG0UYsIkThX2BTWOUzhyYzWz6B5vnDrzOXFic4C8yhf8Hq74cnv0TpdaDf0T1IwiH&#10;mw5cq++JcOg01PzcLAlVDD6Ul4IUBC4Vu+Ez1jxa2EfMGhwb6hMgsxPHLPXpIrU+RqH4cL68XUx5&#10;IIpTyxueZH4AypdaTyF+1NiLtKkk8SAzNhweQ0y9QPlyJfeO1tRbY20OqN1tLIkD8NC3+Tujh+tr&#10;1qXLDlPZiJhOMsnEK1kolDusT8yRcHQOO503HdIvKQZ2TSXDzz2QlsJ+cqzT7WyxSDbLweL9cs4B&#10;XWd21xlwiqEqGaUYt5s4WnPvybQdvzTLpB3es7aNycRfuzo3y87IepxdnKx3Hedbr//a+jcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAis8YQ3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqI3TBhriVAipJ+BAi8R1G2+TiNgOsdOGv2c5wXFnRzNvys3senGiMXbBG7hdKBDk62A7&#10;3xh4329v7kHEhN5iHzwZ+KYIm+ryosTChrN/o9MuNYJDfCzQQJvSUEgZ65YcxkUYyPPvGEaHic+x&#10;kXbEM4e7Xmqlcumw89zQ4kBPLdWfu8kZwHxpv16P2cv+ecpx3cxqu/pQxlxfzY8PIBLN6c8Mv/iM&#10;DhUzHcLkbRS9gdU64y3JgNZLDYIdeXbHyoGVLNcgq1L+31D9AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAH9+k9bkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACKzxhDfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="6318BD7B" id="Rectangle 49" o:spid="_x0000_s1026" style="position:absolute;margin-left:296.5pt;margin-top:112.1pt;width:22pt;height:6pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/fpPW5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG1VtmzUdLXqqghp&#10;gZUWPmDqOImF4zFjt2n5esZOt1vBDZGD5fF4nue9eVndHXsrDpqCQVfJ2WQqhXYKa+PaSn7/tn33&#10;QYoQwdVg0elKnnSQd+u3b1aDL/UcO7S1JsEgLpSDr2QXoy+LIqhO9xAm6LXjZIPUQ+SQ2qImGBi9&#10;t8V8Or0pBqTaEyodAp8+jEm5zvhNo1X82jRBR2Eryb3FvFJed2kt1isoWwLfGXVuA/6hix6M40cv&#10;UA8QQezJ/AXVG0UYsIkThX2BTWOUzhyYzWz6B5vnDrzOXFic4C8yhf8Hq74cnv0TpdaDf0T1IwiH&#10;mw5cq++JcOg01PzcLAlVDD6Ul4IUBC4Vu+Ez1jxa2EfMGhwb6hMgsxPHLPXpIrU+RqH4cL68XUx5&#10;IIpTyxueZH4AypdaTyF+1NiLtKkk8SAzNhweQ0y9QPlyJfeO1tRbY20OqN1tLIkD8NC3+Tujh+tr&#10;1qXLDlPZiJhOMsnEK1kolDusT8yRcHQOO503HdIvKQZ2TSXDzz2QlsJ+cqzT7WyxSDbLweL9cs4B&#10;XWd21xlwiqEqGaUYt5s4WnPvybQdvzTLpB3es7aNycRfuzo3y87IepxdnKx3Hedbr//a+jcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAis8YQ3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqI3TBhriVAipJ+BAi8R1G2+TiNgOsdOGv2c5wXFnRzNvys3senGiMXbBG7hdKBDk62A7&#10;3xh4329v7kHEhN5iHzwZ+KYIm+ryosTChrN/o9MuNYJDfCzQQJvSUEgZ65YcxkUYyPPvGEaHic+x&#10;kXbEM4e7Xmqlcumw89zQ4kBPLdWfu8kZwHxpv16P2cv+ecpx3cxqu/pQxlxfzY8PIBLN6c8Mv/iM&#10;DhUzHcLkbRS9gdU64y3JgNZLDYIdeXbHyoGVLNcgq1L+31D9AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAH9+k9bkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACKzxhDfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6484394D" wp14:editId="0AF87611">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3365500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1428750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="247650" cy="58420"/>
                 <wp:effectExtent l="3175" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="36" name="Rectangle 47"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2749,51 +2758,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5BD910FD" id="Rectangle 47" o:spid="_x0000_s1026" style="position:absolute;margin-left:265pt;margin-top:112.5pt;width:19.5pt;height:4.6pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd5PZG5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkrYz4hRFigwD&#10;ugvQ7QMYWbaFyaJGKXGyrx+lpGmwvQ3zgyCK4tE55PHy/jBYsdcUDLpalpOpFNopbIzravn92+bd&#10;nRQhgmvAotO1POog71dv3yxHX+kZ9mgbTYJBXKhGX8s+Rl8VRVC9HiBM0GvHyRZpgMghdUVDMDL6&#10;YIvZdHpTjEiNJ1Q6BD59PCXlKuO3rVbxS9sGHYWtJXOLeaW8btNarJZQdQS+N+pMA/6BxQDG8aMX&#10;qEeIIHZk/oIajCIM2MaJwqHAtjVKZw2sppz+oea5B6+zFm5O8Jc2hf8Hqz7vn/1XStSDf0L1IwiH&#10;6x5cpx+IcOw1NPxcmRpVjD5Ul4IUBC4V2/ETNjxa2EXMPTi0NCRAVicOudXHS6v1IQrFh7P57c2C&#10;B6I4tbibz/IkCqheaj2F+EHjINKmlsSDzNiwfwoxcYHq5UrmjtY0G2NtDqjbri2JPfDQN/nL9Fni&#10;9TXr0mWHqeyEmE6yyKQrWShUW2yOrJHw5Bx2Om96pF9SjOyaWoafOyAthf3ouE/vy/k82SwH88Ut&#10;6xJ0ndleZ8AphqpllOK0XceTNXeeTNfzS2UW7fCBe9uaLPyV1ZksOyP34+ziZL3rON96/ddWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhAOX3cZrfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsnatWGk6IaSdgAMbElevydpqjVOadCv/HnNit2f76fl75WZ2vTjbMXSeNCwXCoSl&#10;2puOGg2f++3DI4gQkQz2nqyGHxtgU93elFgYf6EPe97FRnAIhQI1tDEOhZShbq3DsPCDJb4d/egw&#10;8jg20ox44XDXy0SpXDrsiD+0ONiX1tan3eQ0YL4y3+/H9G3/OuW4bma1zb6U1vd38/MTiGjn+G+G&#10;P3xGh4qZDn4iE0SvIUsVd4kakiRjwY4sX7M48CZdJSCrUl53qH4BAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAXeT2RuYBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA5fdxmt8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="47907771" id="Rectangle 47" o:spid="_x0000_s1026" style="position:absolute;margin-left:265pt;margin-top:112.5pt;width:19.5pt;height:4.6pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd5PZG5gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkrYz4hRFigwD&#10;ugvQ7QMYWbaFyaJGKXGyrx+lpGmwvQ3zgyCK4tE55PHy/jBYsdcUDLpalpOpFNopbIzravn92+bd&#10;nRQhgmvAotO1POog71dv3yxHX+kZ9mgbTYJBXKhGX8s+Rl8VRVC9HiBM0GvHyRZpgMghdUVDMDL6&#10;YIvZdHpTjEiNJ1Q6BD59PCXlKuO3rVbxS9sGHYWtJXOLeaW8btNarJZQdQS+N+pMA/6BxQDG8aMX&#10;qEeIIHZk/oIajCIM2MaJwqHAtjVKZw2sppz+oea5B6+zFm5O8Jc2hf8Hqz7vn/1XStSDf0L1IwiH&#10;6x5cpx+IcOw1NPxcmRpVjD5Ul4IUBC4V2/ETNjxa2EXMPTi0NCRAVicOudXHS6v1IQrFh7P57c2C&#10;B6I4tbibz/IkCqheaj2F+EHjINKmlsSDzNiwfwoxcYHq5UrmjtY0G2NtDqjbri2JPfDQN/nL9Fni&#10;9TXr0mWHqeyEmE6yyKQrWShUW2yOrJHw5Bx2Om96pF9SjOyaWoafOyAthf3ouE/vy/k82SwH88Ut&#10;6xJ0ndleZ8AphqpllOK0XceTNXeeTNfzS2UW7fCBe9uaLPyV1ZksOyP34+ziZL3rON96/ddWvwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhAOX3cZrfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsnatWGk6IaSdgAMbElevydpqjVOadCv/HnNit2f76fl75WZ2vTjbMXSeNCwXCoSl&#10;2puOGg2f++3DI4gQkQz2nqyGHxtgU93elFgYf6EPe97FRnAIhQI1tDEOhZShbq3DsPCDJb4d/egw&#10;8jg20ox44XDXy0SpXDrsiD+0ONiX1tan3eQ0YL4y3+/H9G3/OuW4bma1zb6U1vd38/MTiGjn+G+G&#10;P3xGh4qZDn4iE0SvIUsVd4kakiRjwY4sX7M48CZdJSCrUl53qH4BAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAXeT2RuYBAACzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA5fdxmt8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F973236" wp14:editId="78D62956">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3022600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1417320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="254000" cy="82550"/>
                 <wp:effectExtent l="3175" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="35" name="Rectangle 45"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2826,51 +2835,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6C68E6B5" id="Rectangle 45" o:spid="_x0000_s1026" style="position:absolute;margin-left:238pt;margin-top:111.6pt;width:20pt;height:6.5pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDO6vSs5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkq0z4hRFigwD&#10;ugvQ9QMYWbaFyaJGKXGyrx+lpGmwvg3zgyCK4tE55PHy9jBYsdcUDLpaTielFNopbIzravn0Y/Pu&#10;RooQwTVg0elaHnWQt6u3b5ajr/QMe7SNJsEgLlSjr2Ufo6+KIqheDxAm6LXjZIs0QOSQuqIhGBl9&#10;sMWsLN8XI1LjCZUOgU/vT0m5yvhtq1X81rZBR2FrydxiXimv27QWqyVUHYHvjTrTgH9gMYBx/OgF&#10;6h4iiB2ZV1CDUYQB2zhROBTYtkbprIHVTMu/1Dz24HXWws0J/tKm8P9g1df9o/9OiXrwD6h+BuFw&#10;3YPr9B0Rjr2Ghp+bpkYVow/VpSAFgUvFdvyCDY8WdhFzDw4tDQmQ1YlDbvXx0mp9iELx4WwxL0se&#10;iOLUzWyxyJMooHqu9RTiJ42DSJtaEg8yY8P+IcTEBarnK5k7WtNsjLU5oG67tiT2wEPf5C/TZ4nX&#10;16xLlx2mshNiOskik65koVBtsTmyRsKTc9jpvOmRfksxsmtqGX7tgLQU9rPjPn2czufJZjmYLz7M&#10;OKDrzPY6A04xVC2jFKftOp6sufNkup5fmmbRDu+4t63Jwl9YncmyM3I/zi5O1ruO862Xf231BwAA&#10;//8DAFBLAwQUAAYACAAAACEAg22eLd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhdpzVtiFMhpJ6AAy0S123sJhHxOsROG/4e90SPOzuaeVNsJtexkx1C60nDfCaAWaq8&#10;aanW8LnfPqyAhYhksPNkNfzaAJvy9qbA3PgzfdjTLtYshVDIUUMTY59zHqrGOgwz31tKv6MfHMZ0&#10;DjU3A55TuOu4FEJxhy2lhgZ7+9LY6ns3Og2oFubn/Zi97V9Hhet6Etvll9D6/m56fgIW7RT/zXDB&#10;T+hQJqaDH8kE1mlYPKq0JWqQMpPAkmM5vyiHpGRKAi8Lfr2h/AMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDO6vSs5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCDbZ4t3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="730BF460" id="Rectangle 45" o:spid="_x0000_s1026" style="position:absolute;margin-left:238pt;margin-top:111.6pt;width:20pt;height:6.5pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDO6vSs5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkq0z4hRFigwD&#10;ugvQ9QMYWbaFyaJGKXGyrx+lpGmwvg3zgyCK4tE55PHy9jBYsdcUDLpaTielFNopbIzravn0Y/Pu&#10;RooQwTVg0elaHnWQt6u3b5ajr/QMe7SNJsEgLlSjr2Ufo6+KIqheDxAm6LXjZIs0QOSQuqIhGBl9&#10;sMWsLN8XI1LjCZUOgU/vT0m5yvhtq1X81rZBR2FrydxiXimv27QWqyVUHYHvjTrTgH9gMYBx/OgF&#10;6h4iiB2ZV1CDUYQB2zhROBTYtkbprIHVTMu/1Dz24HXWws0J/tKm8P9g1df9o/9OiXrwD6h+BuFw&#10;3YPr9B0Rjr2Ghp+bpkYVow/VpSAFgUvFdvyCDY8WdhFzDw4tDQmQ1YlDbvXx0mp9iELx4WwxL0se&#10;iOLUzWyxyJMooHqu9RTiJ42DSJtaEg8yY8P+IcTEBarnK5k7WtNsjLU5oG67tiT2wEPf5C/TZ4nX&#10;16xLlx2mshNiOskik65koVBtsTmyRsKTc9jpvOmRfksxsmtqGX7tgLQU9rPjPn2czufJZjmYLz7M&#10;OKDrzPY6A04xVC2jFKftOp6sufNkup5fmmbRDu+4t63Jwl9YncmyM3I/zi5O1ruO862Xf231BwAA&#10;//8DAFBLAwQUAAYACAAAACEAg22eLd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhdpzVtiFMhpJ6AAy0S123sJhHxOsROG/4e90SPOzuaeVNsJtexkx1C60nDfCaAWaq8&#10;aanW8LnfPqyAhYhksPNkNfzaAJvy9qbA3PgzfdjTLtYshVDIUUMTY59zHqrGOgwz31tKv6MfHMZ0&#10;DjU3A55TuOu4FEJxhy2lhgZ7+9LY6ns3Og2oFubn/Zi97V9Hhet6Etvll9D6/m56fgIW7RT/zXDB&#10;T+hQJqaDH8kE1mlYPKq0JWqQMpPAkmM5vyiHpGRKAi8Lfr2h/AMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDO6vSs5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCDbZ4t3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="266E2965" wp14:editId="4AFCCD2A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2647950</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1417320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="184150" cy="82550"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="34" name="Rectangle 42"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2903,51 +2912,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="40826B57" id="Rectangle 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:208.5pt;margin-top:111.6pt;width:14.5pt;height:6.5pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALmbF74gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N46jpE2tOKtVVqkq&#10;bS/Sth+AMdiomKEDiZN+fQeczUbtW1U/IIaZOcw5HG/uToNlR4XBgKt5OZtzppyE1riu5t+/7d+s&#10;OQtRuFZYcKrmZxX43fb1q83oK7WAHmyrkBGIC9Xoa97H6KuiCLJXgwgz8MpRUgMOIlKIXdGiGAl9&#10;sMViPn9bjICtR5AqBDp9mJJ8m/G1VjJ+0TqoyGzNabaYV8xrk9ZiuxFVh8L3Rl7GEP8wxSCMo0uv&#10;UA8iCnZA8xfUYCRCAB1nEoYCtDZSZQ7Eppz/weapF15lLiRO8FeZwv+DlZ+PT/4rptGDfwT5IzAH&#10;u164Tt0jwtgr0dJ1ZRKqGH2org0pCNTKmvETtPS04hAha3DSOCRAYsdOWerzVWp1ikzSYblelit6&#10;EEmp9WJF23SBqJ57PYb4QcHA0qbmSA+ZscXxMcSp9Lkkzw7WtHtjbQ6wa3YW2VHQo+/zd0EPt2XW&#10;pWIHqW1CTCeZZOKVLBSqBtozcUSYnENOp00P+IuzkVxT8/DzIFBxZj860ul9uVwmm+VguXq3oABv&#10;M81tRjhJUDWPnE3bXZysefBoup5uKjNpB/ekrTaZ+MtUl2HJGVm6i4uT9W7jXPXyr21/AwAA//8D&#10;AFBLAwQUAAYACAAAACEA14tHCt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhdJ5g2xKkQUk/AgRaJ6zZ2k4jYDrHThr9nOdHjzo5m3pSb2fXsZMfYBa9huRDArK+D6Xyj&#10;4WO/vVsBiwm9wT54q+HHRthU11clFiac/bs97VLDKMTHAjW0KQ0F57FurcO4CIP19DuG0WGic2y4&#10;GfFM4a7nUgjFHXaeGloc7HNr66/d5DSgys332zF73b9MCtfNLLb3n0Lr25v56RFYsnP6N8MfPqFD&#10;RUyHMHkTWa8hXz7QlqRBykwCI0eeK1IOpGRKAq9Kfrmh+gUAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQALmbF74gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDXi0cK3wAAAAsBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="52A2BD28" id="Rectangle 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:208.5pt;margin-top:111.6pt;width:14.5pt;height:6.5pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALmbF74gEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N46jpE2tOKtVVqkq&#10;bS/Sth+AMdiomKEDiZN+fQeczUbtW1U/IIaZOcw5HG/uToNlR4XBgKt5OZtzppyE1riu5t+/7d+s&#10;OQtRuFZYcKrmZxX43fb1q83oK7WAHmyrkBGIC9Xoa97H6KuiCLJXgwgz8MpRUgMOIlKIXdGiGAl9&#10;sMViPn9bjICtR5AqBDp9mJJ8m/G1VjJ+0TqoyGzNabaYV8xrk9ZiuxFVh8L3Rl7GEP8wxSCMo0uv&#10;UA8iCnZA8xfUYCRCAB1nEoYCtDZSZQ7Eppz/weapF15lLiRO8FeZwv+DlZ+PT/4rptGDfwT5IzAH&#10;u164Tt0jwtgr0dJ1ZRKqGH2org0pCNTKmvETtPS04hAha3DSOCRAYsdOWerzVWp1ikzSYblelit6&#10;EEmp9WJF23SBqJ57PYb4QcHA0qbmSA+ZscXxMcSp9Lkkzw7WtHtjbQ6wa3YW2VHQo+/zd0EPt2XW&#10;pWIHqW1CTCeZZOKVLBSqBtozcUSYnENOp00P+IuzkVxT8/DzIFBxZj860ul9uVwmm+VguXq3oABv&#10;M81tRjhJUDWPnE3bXZysefBoup5uKjNpB/ekrTaZ+MtUl2HJGVm6i4uT9W7jXPXyr21/AwAA//8D&#10;AFBLAwQUAAYACAAAACEA14tHCt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhdJ5g2xKkQUk/AgRaJ6zZ2k4jYDrHThr9nOdHjzo5m3pSb2fXsZMfYBa9huRDArK+D6Xyj&#10;4WO/vVsBiwm9wT54q+HHRthU11clFiac/bs97VLDKMTHAjW0KQ0F57FurcO4CIP19DuG0WGic2y4&#10;GfFM4a7nUgjFHXaeGloc7HNr66/d5DSgys332zF73b9MCtfNLLb3n0Lr25v56RFYsnP6N8MfPqFD&#10;RUyHMHkTWa8hXz7QlqRBykwCI0eeK1IOpGRKAq9Kfrmh+gUAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQALmbF74gEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDXi0cK3wAAAAsBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B36D11E" wp14:editId="5F57A716">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2254250</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1423670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="323850" cy="76200"/>
                 <wp:effectExtent l="0" t="3175" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="33" name="Rectangle 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2980,51 +2989,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="54D5B5EC" id="Rectangle 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:177.5pt;margin-top:112.1pt;width:25.5pt;height:6pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrO1BX5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO08uMOEWRIsOA&#10;7gJ0+wBFlm1hsqiRSpzs60cpaRpsb8P8IIiieMRzeLy43w9O7AySBV/LcjKVwngNjfVdLb9/W7+7&#10;k4Ki8o1y4E0tD4bk/fLtm8UYKjODHlxjUDCIp2oMtexjDFVRkO7NoGgCwXhOtoCDihxiVzSoRkYf&#10;XDGbTm+KEbAJCNoQ8enjMSmXGb9tjY5f2pZMFK6W3FvMK+Z1k9ZiuVBVhyr0Vp/aUP/QxaCs50fP&#10;UI8qKrFF+xfUYDUCQRsnGoYC2tZqkzkwm3L6B5vnXgWTubA4FM4y0f+D1Z93z+ErptYpPIH+QcLD&#10;qle+Mw+IMPZGNfxcmYQqxkDVuSAFxKViM36ChkerthGyBvsWhwTI7MQ+S304S232UWg+vJpd3V3z&#10;QDSnbm94kvkBVb3UBqT4wcAg0qaWyIPM2Gr3RDH1oqqXK7l3cLZZW+dygN1m5VDsFA99nb8TOl1e&#10;cz5d9pDKjojpJJNMvJKFqNpAc2COCEfnsNN50wP+kmJk19SSfm4VGincR886vS/n82SzHMyvb2cc&#10;4GVmc5lRXjNULaMUx+0qHq25DWi7nl8qM2kPD6xtazPx165OzbIzsh4nFyfrXcb51uu/tvwNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCansPT3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqI2TWDSNUyGknoADLRLXbewmEbEdYqcNf89yguPOjmbeVNvFDexsp9gHr+F+JYBZ3wTT&#10;+1bD+2F39wAsJvQGh+Cthm8bYVtfX1VYmnDxb/a8Ty2jEB9L1NClNJacx6azDuMqjNbT7xQmh4nO&#10;qeVmwguFu4FLIRR32Htq6HC0T51tPvez04AqN1+vp+zl8DwrXLeL2BUfQuvbm+VxAyzZJf2Z4Ref&#10;0KEmpmOYvYls0JAVBW1JGqTMJTBy5EKRciQlUxJ4XfH/G+ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGs7UFfkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJqew9PfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="43604EFF" id="Rectangle 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:177.5pt;margin-top:112.1pt;width:25.5pt;height:6pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrO1BX5AEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO08uMOEWRIsOA&#10;7gJ0+wBFlm1hsqiRSpzs60cpaRpsb8P8IIiieMRzeLy43w9O7AySBV/LcjKVwngNjfVdLb9/W7+7&#10;k4Ki8o1y4E0tD4bk/fLtm8UYKjODHlxjUDCIp2oMtexjDFVRkO7NoGgCwXhOtoCDihxiVzSoRkYf&#10;XDGbTm+KEbAJCNoQ8enjMSmXGb9tjY5f2pZMFK6W3FvMK+Z1k9ZiuVBVhyr0Vp/aUP/QxaCs50fP&#10;UI8qKrFF+xfUYDUCQRsnGoYC2tZqkzkwm3L6B5vnXgWTubA4FM4y0f+D1Z93z+ErptYpPIH+QcLD&#10;qle+Mw+IMPZGNfxcmYQqxkDVuSAFxKViM36ChkerthGyBvsWhwTI7MQ+S304S232UWg+vJpd3V3z&#10;QDSnbm94kvkBVb3UBqT4wcAg0qaWyIPM2Gr3RDH1oqqXK7l3cLZZW+dygN1m5VDsFA99nb8TOl1e&#10;cz5d9pDKjojpJJNMvJKFqNpAc2COCEfnsNN50wP+kmJk19SSfm4VGincR886vS/n82SzHMyvb2cc&#10;4GVmc5lRXjNULaMUx+0qHq25DWi7nl8qM2kPD6xtazPx165OzbIzsh4nFyfrXcb51uu/tvwNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCansPT3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqI2TWDSNUyGknoADLRLXbewmEbEdYqcNf89yguPOjmbeVNvFDexsp9gHr+F+JYBZ3wTT&#10;+1bD+2F39wAsJvQGh+Cthm8bYVtfX1VYmnDxb/a8Ty2jEB9L1NClNJacx6azDuMqjNbT7xQmh4nO&#10;qeVmwguFu4FLIRR32Htq6HC0T51tPvez04AqN1+vp+zl8DwrXLeL2BUfQuvbm+VxAyzZJf2Z4Ref&#10;0KEmpmOYvYls0JAVBW1JGqTMJTBy5EKRciQlUxJ4XfH/G+ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGs7UFfkAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJqew9PfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31016C67" wp14:editId="40B1E73C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1819275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1417320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="358775" cy="82550"/>
                 <wp:effectExtent l="0" t="0" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="32" name="Rectangle 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -3057,51 +3066,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0BCCA489" id="Rectangle 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:143.25pt;margin-top:111.6pt;width:28.25pt;height:6.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCT236n5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P2jAQfK/U/2D5vQQoFBoRTidOVJWu&#10;H9K1P2BxnMSq43XXhkB/fdeG41D7VjUPltdrj2fGk9XdsbfioCkYdJWcjMZSaKewNq6t5Pdv2zdL&#10;KUIEV4NFpyt50kHerV+/Wg2+1FPs0NaaBIO4UA6+kl2MviyKoDrdQxih146bDVIPkUtqi5pgYPTe&#10;FtPx+F0xINWeUOkQePXh3JTrjN80WsUvTRN0FLaSzC3mkfK4S2OxXkHZEvjOqAsN+AcWPRjHl16h&#10;HiCC2JP5C6o3ijBgE0cK+wKbxiidNbCayfgPNU8deJ21sDnBX20K/w9WfT48+a+UqAf/iOpHEA43&#10;HbhW3xPh0Gmo+bpJMqoYfCivB1IR+KjYDZ+w5qeFfcTswbGhPgGyOnHMVp+uVutjFIoX386Xi8Vc&#10;CsWt5XQ+zy9RQPl81lOIHzT2Ik0qSfyQGRsOjyEmLlA+b8nc0Zp6a6zNBbW7jSVxAH70bf4yfZZ4&#10;u826tNlhOnZGTCtZZNKVIhTKHdYn1kh4Tg4nnScd0i8pBk5NJcPPPZCWwn507NP7yWyWYpaL2Xwx&#10;5YJuO7vbDjjFUJWMUpynm3iO5t6TaTu+aZJFO7xnbxuThb+wupDlZGQ/LilO0but866Xf239GwAA&#10;//8DAFBLAwQUAAYACAAAACEAezADut8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KiN3VolxKkQUk/AgRaJ6zZ2k4jYDrHThr9nOdHb7s5o9k25mX3PTm5MXQwG7hcCmAt1&#10;tF1oDHzst3drYCljsNjH4Az8uASb6vqqxMLGc3h3p11uGIWEVKCBNueh4DzVrfOYFnFwgbRjHD1m&#10;WseG2xHPFO57LoXQ3GMX6EOLg3tuXf21m7wB1Ev7/XZUr/uXSeNDM4vt6lMYc3szPz0Cy27O/2b4&#10;wyd0qIjpEKdgE+sNyLVekZUGqSQwcqilonYHuigtgVclv+xQ/QIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCT236n5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQB7MAO63wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="19C9348C" id="Rectangle 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:143.25pt;margin-top:111.6pt;width:28.25pt;height:6.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCT236n5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P2jAQfK/U/2D5vQQoFBoRTidOVJWu&#10;H9K1P2BxnMSq43XXhkB/fdeG41D7VjUPltdrj2fGk9XdsbfioCkYdJWcjMZSaKewNq6t5Pdv2zdL&#10;KUIEV4NFpyt50kHerV+/Wg2+1FPs0NaaBIO4UA6+kl2MviyKoDrdQxih146bDVIPkUtqi5pgYPTe&#10;FtPx+F0xINWeUOkQePXh3JTrjN80WsUvTRN0FLaSzC3mkfK4S2OxXkHZEvjOqAsN+AcWPRjHl16h&#10;HiCC2JP5C6o3ijBgE0cK+wKbxiidNbCayfgPNU8deJ21sDnBX20K/w9WfT48+a+UqAf/iOpHEA43&#10;HbhW3xPh0Gmo+bpJMqoYfCivB1IR+KjYDZ+w5qeFfcTswbGhPgGyOnHMVp+uVutjFIoX386Xi8Vc&#10;CsWt5XQ+zy9RQPl81lOIHzT2Ik0qSfyQGRsOjyEmLlA+b8nc0Zp6a6zNBbW7jSVxAH70bf4yfZZ4&#10;u826tNlhOnZGTCtZZNKVIhTKHdYn1kh4Tg4nnScd0i8pBk5NJcPPPZCWwn507NP7yWyWYpaL2Xwx&#10;5YJuO7vbDjjFUJWMUpynm3iO5t6TaTu+aZJFO7xnbxuThb+wupDlZGQ/LilO0but866Xf239GwAA&#10;//8DAFBLAwQUAAYACAAAACEAezADut8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KiN3VolxKkQUk/AgRaJ6zZ2k4jYDrHThr9nOdHb7s5o9k25mX3PTm5MXQwG7hcCmAt1&#10;tF1oDHzst3drYCljsNjH4Az8uASb6vqqxMLGc3h3p11uGIWEVKCBNueh4DzVrfOYFnFwgbRjHD1m&#10;WseG2xHPFO57LoXQ3GMX6EOLg3tuXf21m7wB1Ev7/XZUr/uXSeNDM4vt6lMYc3szPz0Cy27O/2b4&#10;wyd0qIjpEKdgE+sNyLVekZUGqSQwcqilonYHuigtgVclv+xQ/QIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCT236n5QEAALMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQB7MAO63wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EA872AD" wp14:editId="0400C663">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1870075</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1333500</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="307975" cy="185420"/>
                 <wp:effectExtent l="3175" t="0" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="31" name="Rectangle 37"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -3139,51 +3148,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="57C7F115" id="Rectangle 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:147.25pt;margin-top:105pt;width:24.25pt;height:14.6pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbPwUt0wEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOkqU14hRFiw4D&#10;ugvQ7QMUWbKF2aJGKnGyrx+lpGm2vQ17ESRSOjyHPFrd7Ide7AySA1/LcjKVwngNjfNtLb99fXhz&#10;JQVF5RvVgze1PBiSN+vXr1ZjqMwMOugbg4JBPFVjqGUXY6iKgnRnBkUTCMZz0gIOKvIR26JBNTL6&#10;0Bez6fRdMQI2AUEbIo7eH5NynfGtNTp+tpZMFH0tmVvMK+Z1k9ZivVJViyp0Tp9oqH9gMSjnuegZ&#10;6l5FJbbo/oIanEYgsHGiYSjAWqdN1sBqyukfap46FUzWws2hcG4T/T9Y/Wn3FL5gok7hEfR3Eh7u&#10;OuVbc4sIY2dUw+XK1KhiDFSdH6QD8VOxGT9Cw6NV2wi5B3uLQwJkdWKfW304t9rso9AcfDtdXi8X&#10;UmhOlVeL+SyPolDV8+OAFN8bGETa1BJ5khlc7R4pJjKqer6Sanl4cH2fp9n73wJ8MUUy+cQ3WYOq&#10;DTQH5o5wdAQ7mDcd4E8pRnZDLenHVqGRov/gWf91OZ8n++TDfLFkugIvM5vLjPKaoWoZpThu7+LR&#10;ctuAru24Upm1eLjlnlmX9bywOpHliWeZJ3cmS12e862XP7T+BQAA//8DAFBLAwQUAAYACAAAACEA&#10;Zdp/reEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi9hNkyo2ZlOkIBYp&#10;FFPteZsdk2B2Ns1uk/jvHU96ezPzePO9bDXZVgzY+8aRgvksAoFUOtNQpeB9/3z7AMIHTUa3jlDB&#10;N3pY5ZcXmU6NG+kNhyJUgkPIp1pBHUKXSunLGq32M9ch8e3T9VYHHvtKml6PHG5bGUfRvbS6If5Q&#10;6w7XNZZfxdkqGMvdcNhvX+Tu5rBxdNqc1sXHq1LXV9PTI4iAU/gzwy8+o0POTEd3JuNFqyBeLu7Y&#10;ymIecSl2JIuExZE3yTIGmWfyf4f8BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANs/BS3T&#10;AQAAiwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGXa&#10;f63hAAAACwEAAA8AAAAAAAAAAAAAAAAALQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f"/>
+              <v:rect w14:anchorId="46A41167" id="Rectangle 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:147.25pt;margin-top:105pt;width:24.25pt;height:14.6pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbPwUt0wEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOkqU14hRFiw4D&#10;ugvQ7QMUWbKF2aJGKnGyrx+lpGm2vQ17ESRSOjyHPFrd7Ide7AySA1/LcjKVwngNjfNtLb99fXhz&#10;JQVF5RvVgze1PBiSN+vXr1ZjqMwMOugbg4JBPFVjqGUXY6iKgnRnBkUTCMZz0gIOKvIR26JBNTL6&#10;0Bez6fRdMQI2AUEbIo7eH5NynfGtNTp+tpZMFH0tmVvMK+Z1k9ZivVJViyp0Tp9oqH9gMSjnuegZ&#10;6l5FJbbo/oIanEYgsHGiYSjAWqdN1sBqyukfap46FUzWws2hcG4T/T9Y/Wn3FL5gok7hEfR3Eh7u&#10;OuVbc4sIY2dUw+XK1KhiDFSdH6QD8VOxGT9Cw6NV2wi5B3uLQwJkdWKfW304t9rso9AcfDtdXi8X&#10;UmhOlVeL+SyPolDV8+OAFN8bGETa1BJ5khlc7R4pJjKqer6Sanl4cH2fp9n73wJ8MUUy+cQ3WYOq&#10;DTQH5o5wdAQ7mDcd4E8pRnZDLenHVqGRov/gWf91OZ8n++TDfLFkugIvM5vLjPKaoWoZpThu7+LR&#10;ctuAru24Upm1eLjlnlmX9bywOpHliWeZJ3cmS12e862XP7T+BQAA//8DAFBLAwQUAAYACAAAACEA&#10;Zdp/reEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi9hNkyo2ZlOkIBYp&#10;FFPteZsdk2B2Ns1uk/jvHU96ezPzePO9bDXZVgzY+8aRgvksAoFUOtNQpeB9/3z7AMIHTUa3jlDB&#10;N3pY5ZcXmU6NG+kNhyJUgkPIp1pBHUKXSunLGq32M9ch8e3T9VYHHvtKml6PHG5bGUfRvbS6If5Q&#10;6w7XNZZfxdkqGMvdcNhvX+Tu5rBxdNqc1sXHq1LXV9PTI4iAU/gzwy8+o0POTEd3JuNFqyBeLu7Y&#10;ymIecSl2JIuExZE3yTIGmWfyf4f8BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANs/BS3T&#10;AQAAiwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGXa&#10;f63hAAAACwEAAA8AAAAAAAAAAAAAAAAALQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F4426B9" wp14:editId="2CC7726C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1511300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1435100</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="215900" cy="45720"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="30" name="Rectangle 36"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -3216,51 +3225,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3C77669C" id="Rectangle 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:119pt;margin-top:113pt;width:17pt;height:3.6pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDK2E4b4wEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRVF9io6WrVVRHS&#10;cpEWPmDqOImF4zFjt2n5esZOt1vBGyIPlsfjOT5n5mR1dxysOGgKBl0ty9lcCu0UNsZ1tfz+bfvm&#10;vRQhgmvAotO1POkg79avX61GX+kF9mgbTYJBXKhGX8s+Rl8VRVC9HiDM0GvHyRZpgMghdUVDMDL6&#10;YIvFfP62GJEaT6h0CHz6MCXlOuO3rVbxS9sGHYWtJXOLeaW87tJarFdQdQS+N+pMA/6BxQDG8aMX&#10;qAeIIPZk/oIajCIM2MaZwqHAtjVKZw2sppz/oeapB6+zFm5O8Jc2hf8Hqz4fnvxXStSDf0T1IwiH&#10;mx5cp++JcOw1NPxcmRpVjD5Ul4IUBC4Vu/ETNjxa2EfMPTi2NCRAVieOudWnS6v1MQrFh4vy5nbO&#10;A1GcWt68W+RJFFA913oK8YPGQaRNLYkHmbHh8Bhi4gLV85XMHa1ptsbaHFC321gSB+Chb/OX6bPE&#10;62vWpcsOU9mEmE6yyKQrWShUO2xOrJFwcg47nTc90i8pRnZNLcPPPZCWwn503KfbcrlMNsvBpEvQ&#10;dWZ3nQGnGKqWUYppu4mTNfeeTNfzS2UW7fCee9uaLPyF1ZksOyP34+ziZL3rON96+dfWvwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhALEQns7dAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyojQOhhDgVQuoJONAicd3GbhIRr0PstOHv2Z7o7a1mNDtTrmbfi4MbYxfIwO1CgXBUB9tR&#10;Y+Bzu75ZgogJyWIfyBn4dRFW1eVFiYUNR/pwh01qBIdQLNBAm9JQSBnr1nmMizA4Ym0fRo+Jz7GR&#10;dsQjh/teaqVy6bEj/tDi4F5aV39vJm8A8zv7877P3ravU46PzazW91/KmOur+fkJRHJz+jfDqT5X&#10;h4o77cJENoregM6WvCUx6JyBHfpBM+xOUqZBVqU831D9AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAMrYThvjAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALEQns7dAAAACwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="641F957F" id="Rectangle 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:119pt;margin-top:113pt;width:17pt;height:3.6pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDK2E4b4wEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRVF9io6WrVVRHS&#10;cpEWPmDqOImF4zFjt2n5esZOt1vBGyIPlsfjOT5n5mR1dxysOGgKBl0ty9lcCu0UNsZ1tfz+bfvm&#10;vRQhgmvAotO1POkg79avX61GX+kF9mgbTYJBXKhGX8s+Rl8VRVC9HiDM0GvHyRZpgMghdUVDMDL6&#10;YIvFfP62GJEaT6h0CHz6MCXlOuO3rVbxS9sGHYWtJXOLeaW87tJarFdQdQS+N+pMA/6BxQDG8aMX&#10;qAeIIPZk/oIajCIM2MaZwqHAtjVKZw2sppz/oeapB6+zFm5O8Jc2hf8Hqz4fnvxXStSDf0T1IwiH&#10;mx5cp++JcOw1NPxcmRpVjD5Ul4IUBC4Vu/ETNjxa2EfMPTi2NCRAVieOudWnS6v1MQrFh4vy5nbO&#10;A1GcWt68W+RJFFA913oK8YPGQaRNLYkHmbHh8Bhi4gLV85XMHa1ptsbaHFC321gSB+Chb/OX6bPE&#10;62vWpcsOU9mEmE6yyKQrWShUO2xOrJFwcg47nTc90i8pRnZNLcPPPZCWwn503KfbcrlMNsvBpEvQ&#10;dWZ3nQGnGKqWUYppu4mTNfeeTNfzS2UW7fCee9uaLPyF1ZksOyP34+ziZL3rON96+dfWvwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhALEQns7dAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyojQOhhDgVQuoJONAicd3GbhIRr0PstOHv2Z7o7a1mNDtTrmbfi4MbYxfIwO1CgXBUB9tR&#10;Y+Bzu75ZgogJyWIfyBn4dRFW1eVFiYUNR/pwh01qBIdQLNBAm9JQSBnr1nmMizA4Ym0fRo+Jz7GR&#10;dsQjh/teaqVy6bEj/tDi4F5aV39vJm8A8zv7877P3ravU46PzazW91/KmOur+fkJRHJz+jfDqT5X&#10;h4o77cJENoregM6WvCUx6JyBHfpBM+xOUqZBVqU831D9AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAMrYThvjAQAAswMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALEQns7dAAAACwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="57BD470B" w14:textId="77777777" w:rsidR="00A23138" w:rsidRDefault="00366A4C">
       <w:r w:rsidRPr="00C42626">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Step 3:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00900380">
         <w:t xml:space="preserve">For most of the </w:t>
       </w:r>
       <w:r w:rsidR="004E60FD">
         <w:t>school</w:t>
       </w:r>
       <w:r w:rsidR="00A3256D">
         <w:t xml:space="preserve"> budgets there will be</w:t>
       </w:r>
       <w:r w:rsidR="00900380">
@@ -3433,51 +3442,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="7BE1140C" id="Oval 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:136.5pt;margin-top:212.65pt;width:72.75pt;height:18.4pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA63A8qAQIAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06cpGuMOEWRrsOA&#10;rhvQ7QMYWY6FyaJGKXG6rx+lpGmw3Yb5IJCi+Eg+Pi9vDr0Ve03BoKvlZDSWQjuFjXHbWn7/dv/u&#10;WooQwTVg0elaPusgb1Zv3ywHX+kSO7SNJsEgLlSDr2UXo6+KIqhO9xBG6LXjYIvUQ2SXtkVDMDB6&#10;b4tyPL4qBqTGEyodAt/eHYNylfHbVqv4pW2DjsLWknuL+aR8btJZrJZQbQl8Z9SpDfiHLnowjoue&#10;oe4ggtiR+QuqN4owYBtHCvsC29YonWfgaSbjP6Z56sDrPAuTE/yZpvD/YNXj/sl/pdR68A+ofgTh&#10;cN2B2+pbIhw6DQ2XmySiisGH6pyQnMCpYjN8xoZXC7uImYNDS30C5OnEIVP9fKZaH6JQfLkop4ty&#10;LoXiUDmdXl3nVRRQvSR7CvGjxl4ko5baWuNDIgMq2D+EmPqB6uVVunZ4b6zNC7VODNz0Yjwf54yA&#10;1jQpmuek7WZtSewhaSJ/eTpm4PIZ4c41GS1x8OFkRzD2aHN1606kJB6S5EK1weaZOSE8Ko3/DDY6&#10;pF9SDKyyWoafOyAthf3kmNfFZDZLsszObP6+ZIcuI5vLCDjFULWMUhzNdTxKeefJbDuuNMnjOrzl&#10;XbQmk/Ta1alZVlLm7qT6JNVLP796/TdXvwEAAP//AwBQSwMEFAAGAAgAAAAhAH2KTljeAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoE/eHKI1TISTKFVIewImdHzVeW7bb&#10;hrdnOcFtVjOa/aY6LHZmVxPi5FBCvsqAGeycnnCQ8HV6eyqAxaRQq9mhkfBtIhzq+7tKldrd8NNc&#10;mzQwKsFYKgljSr7kPHajsSqunDdIXu+CVYnOMHAd1I3K7cxFlu24VRPSh1F58zqa7txcrIRjPzS6&#10;wekksqPvi2DDu/9opXx8WF72wJJZ0l8YfvEJHWpiat0FdWSzBPG8pi1JwkZs18AoscmLLbCWxE7k&#10;wOuK/99Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA63A8qAQIAAOMDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB9ik5Y3gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAFsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
+              <v:oval w14:anchorId="037EE5D0" id="Oval 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:136.5pt;margin-top:212.65pt;width:72.75pt;height:18.4pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA63A8qAQIAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06cpGuMOEWRrsOA&#10;rhvQ7QMYWY6FyaJGKXG6rx+lpGmw3Yb5IJCi+Eg+Pi9vDr0Ve03BoKvlZDSWQjuFjXHbWn7/dv/u&#10;WooQwTVg0elaPusgb1Zv3ywHX+kSO7SNJsEgLlSDr2UXo6+KIqhO9xBG6LXjYIvUQ2SXtkVDMDB6&#10;b4tyPL4qBqTGEyodAt/eHYNylfHbVqv4pW2DjsLWknuL+aR8btJZrJZQbQl8Z9SpDfiHLnowjoue&#10;oe4ggtiR+QuqN4owYBtHCvsC29YonWfgaSbjP6Z56sDrPAuTE/yZpvD/YNXj/sl/pdR68A+ofgTh&#10;cN2B2+pbIhw6DQ2XmySiisGH6pyQnMCpYjN8xoZXC7uImYNDS30C5OnEIVP9fKZaH6JQfLkop4ty&#10;LoXiUDmdXl3nVRRQvSR7CvGjxl4ko5baWuNDIgMq2D+EmPqB6uVVunZ4b6zNC7VODNz0Yjwf54yA&#10;1jQpmuek7WZtSewhaSJ/eTpm4PIZ4c41GS1x8OFkRzD2aHN1606kJB6S5EK1weaZOSE8Ko3/DDY6&#10;pF9SDKyyWoafOyAthf3kmNfFZDZLsszObP6+ZIcuI5vLCDjFULWMUhzNdTxKeefJbDuuNMnjOrzl&#10;XbQmk/Ta1alZVlLm7qT6JNVLP796/TdXvwEAAP//AwBQSwMEFAAGAAgAAAAhAH2KTljeAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoE/eHKI1TISTKFVIewImdHzVeW7bb&#10;hrdnOcFtVjOa/aY6LHZmVxPi5FBCvsqAGeycnnCQ8HV6eyqAxaRQq9mhkfBtIhzq+7tKldrd8NNc&#10;mzQwKsFYKgljSr7kPHajsSqunDdIXu+CVYnOMHAd1I3K7cxFlu24VRPSh1F58zqa7txcrIRjPzS6&#10;wekksqPvi2DDu/9opXx8WF72wJJZ0l8YfvEJHWpiat0FdWSzBPG8pi1JwkZs18AoscmLLbCWxE7k&#10;wOuK/99Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA63A8qAQIAAOMDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB9ik5Y3gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAFsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3306FA4F" wp14:editId="6C8CDB5F">
             <wp:extent cx="5334000" cy="3095625"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -3626,162 +3635,162 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6AF77F32" w14:textId="43F5E7BF" w:rsidR="0021699A" w:rsidRPr="0021699A" w:rsidRDefault="00583313">
+                          <w:p w14:paraId="6AF77F32" w14:textId="47048BC2" w:rsidR="0021699A" w:rsidRPr="0021699A" w:rsidRDefault="00583313">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>FY20</w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00154F96">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidR="00EA7CB1">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00154F96">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="2DBD8564" id="Text Box 70" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:4.1pt;margin-top:26.4pt;width:211.75pt;height:26.5pt;z-index:251658263;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADDNWu5gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhxk6w14hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EURSPjznkN5cj33H9gq9AVvyxWzOmbISamObkj99v393&#10;yZkPwtaiA6tKflCeX2/fvtkMrlA5tNDVChmBWF8MruRtCK7IMi9b1Qs/A6csFTVgLwKF2GQ1ioHQ&#10;+y7L5/N1NgDWDkEq7yl7NxX5NuFrrWT4qrVXgXUlJ24hnZjOKp7ZdiOKBoVrjTzSEP/AohfGUtMT&#10;1J0Igu3QvILqjUTwoMNMQp+B1kaqpIHULOZ/qXlshVNJC5nj3ckm//9g5Zf9o/uGLIwfYKQBJhHe&#10;PYD84ZmF21bYRt0gwtAqUVPjRbQsG5wvjp9Gq33hI0g1fIaahix2ARLQqLGPrpBORug0gMPJdDUG&#10;JimZry+v8nzFmaTaxcV6tUpTyUTx/LVDHz4q6Fm8lBxpqAld7B98iGxE8fwkNrNwb7ouDbazfyTo&#10;Ycwk9pHwRD2M1chMXfJllBbFVFAfSA7CtC603nRpAX9xNtCqlNz/3AlUnHWfLFlytVgu426lYLl6&#10;n1OA55XqvCKsJKiSB86m622Y9nHn0DQtdZqGYOGGbNQmKXxhdaRP65CEH1c37tt5nF69/GDb3wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEBaqU3cAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/QdrkbhRu6GBEOJUCMQVRKGVuLnxNokar6PYbcLfd3uC42qeZt8Uq8l14oRDaD1pWMwVCKTK&#10;25ZqDd9fb7cZiBANWdN5Qg2/GGBVzq4Kk1s/0iee1rEWXEIhNxqaGPtcylA16EyY+x6Js70fnIl8&#10;DrW0gxm53HUyUepeOtMSf2hMjy8NVof10WnYvO9/tkv1Ub+6tB/9pCS5R6n1zfX0/AQi4hT/YLjo&#10;szqU7LTzR7JBdBqyhEENacIDOF7eLR5A7JhTaQayLOT/AeUZAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAwzVruYBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAQFqpTdwAAAAIAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="6AF77F32" w14:textId="43F5E7BF" w:rsidR="0021699A" w:rsidRPr="0021699A" w:rsidRDefault="00583313">
+                    <w:p w14:paraId="6AF77F32" w14:textId="47048BC2" w:rsidR="0021699A" w:rsidRPr="0021699A" w:rsidRDefault="00583313">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>FY20</w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00154F96">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="0021699A" w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidR="00EA7CB1">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00154F96">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658262" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AB30BE4" wp14:editId="1753D5D2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -3825,51 +3834,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="00B4757E" id="Rectangle 69" o:spid="_x0000_s1026" style="position:absolute;margin-left:9.95pt;margin-top:31.35pt;width:184.1pt;height:8.55pt;z-index:251658262;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTQtnc5gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEm3ZUvUdLXqqghp&#10;YZEWPsBxnMTC8Zix27R8PWOn263ghsjB8njGz/PevKzvjoNhB4Veg614Mcs5U1ZCo21X8e/fdu9W&#10;nPkgbCMMWFXxk/L8bvP2zXp0pZpDD6ZRyAjE+nJ0Fe9DcGWWedmrQfgZOGUp2QIOIlCIXdagGAl9&#10;MNk8z99nI2DjEKTynk4fpiTfJPy2VTI8ta1XgZmKU28hrZjWOq7ZZi3KDoXrtTy3If6hi0FoS49e&#10;oB5EEGyP+i+oQUsED22YSRgyaFstVeJAbIr8DzbPvXAqcSFxvLvI5P8frPxyeHZfMbbu3SPIH55Z&#10;2PbCduoeEcZeiYaeK6JQ2eh8ebkQA09XWT1+hoZGK/YBkgbHFocISOzYMUl9ukitjoFJOpzf3Kzy&#10;W5qIpFyRr5arZXpClC+3HfrwUcHA4qbiSKNM6OLw6EPsRpQvJal7MLrZaWNSgF29NcgOgsa+S98Z&#10;3V+XGRuLLcRrE2I8STQjs2giX9bQnIglwuQd8jptesBfnI3km4r7n3uBijPzyZJSH4rFIhotBYvl&#10;7ZwCvM7U1xlhJUFVPHA2bbdhMufeoe56eqlIpC3ck7qtTsRfuzo3S95Iepx9HM13Haeq179t8xsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJOklvXdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1lbhRuy2kSYhTIaSegAMtEtdtvE2ixnaInTb8PcuJHkczmnlTbCbbiTMNofVOw2KuQJCr&#10;vGldreFzv71PQYSIzmDnHWn4oQCb8vamwNz4i/ug8y7WgktcyFFDE2OfSxmqhiyGue/JsXf0g8XI&#10;cqilGfDC5baTS6USabF1vNBgTy8NVafdaDVg8mC+34+rt/3rmGBWT2r7+KW0vptNz08gIk3xPwx/&#10;+IwOJTMd/OhMEB3rLOOkhmS5BsH+Kk0XIA4a1lkKsizk9YHyFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJNC2dzmAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJOklvXdAAAACAEAAA8AAAAAAAAAAAAAAAAAQAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7DF9D05B" id="Rectangle 69" o:spid="_x0000_s1026" style="position:absolute;margin-left:9.95pt;margin-top:31.35pt;width:184.1pt;height:8.55pt;z-index:251658262;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTQtnc5gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEm3ZUvUdLXqqghp&#10;YZEWPsBxnMTC8Zix27R8PWOn263ghsjB8njGz/PevKzvjoNhB4Veg614Mcs5U1ZCo21X8e/fdu9W&#10;nPkgbCMMWFXxk/L8bvP2zXp0pZpDD6ZRyAjE+nJ0Fe9DcGWWedmrQfgZOGUp2QIOIlCIXdagGAl9&#10;MNk8z99nI2DjEKTynk4fpiTfJPy2VTI8ta1XgZmKU28hrZjWOq7ZZi3KDoXrtTy3If6hi0FoS49e&#10;oB5EEGyP+i+oQUsED22YSRgyaFstVeJAbIr8DzbPvXAqcSFxvLvI5P8frPxyeHZfMbbu3SPIH55Z&#10;2PbCduoeEcZeiYaeK6JQ2eh8ebkQA09XWT1+hoZGK/YBkgbHFocISOzYMUl9ukitjoFJOpzf3Kzy&#10;W5qIpFyRr5arZXpClC+3HfrwUcHA4qbiSKNM6OLw6EPsRpQvJal7MLrZaWNSgF29NcgOgsa+S98Z&#10;3V+XGRuLLcRrE2I8STQjs2giX9bQnIglwuQd8jptesBfnI3km4r7n3uBijPzyZJSH4rFIhotBYvl&#10;7ZwCvM7U1xlhJUFVPHA2bbdhMufeoe56eqlIpC3ck7qtTsRfuzo3S95Iepx9HM13Haeq179t8xsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJOklvXdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1lbhRuy2kSYhTIaSegAMtEtdtvE2ixnaInTb8PcuJHkczmnlTbCbbiTMNofVOw2KuQJCr&#10;vGldreFzv71PQYSIzmDnHWn4oQCb8vamwNz4i/ug8y7WgktcyFFDE2OfSxmqhiyGue/JsXf0g8XI&#10;cqilGfDC5baTS6USabF1vNBgTy8NVafdaDVg8mC+34+rt/3rmGBWT2r7+KW0vptNz08gIk3xPwx/&#10;+IwOJTMd/OhMEB3rLOOkhmS5BsH+Kk0XIA4a1lkKsizk9YHyFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJNC2dzmAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJOklvXdAAAACAEAAA8AAAAAAAAAAAAAAAAAQAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658265" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21DC1D5F" wp14:editId="063E9828">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2413000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1122045</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2305050" cy="304800"/>
                 <wp:effectExtent l="3175" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="26" name="Text Box 72"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -3892,276 +3901,276 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="71BE0BD2" w14:textId="77977BB2" w:rsidR="0021699A" w:rsidRPr="0021699A" w:rsidRDefault="0021699A">
+                          <w:p w14:paraId="71BE0BD2" w14:textId="453FD8D4" w:rsidR="0021699A" w:rsidRPr="0021699A" w:rsidRDefault="0021699A">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="00ED01BB">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00154F96">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">          </w:t>
                             </w:r>
                             <w:r w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Aug </w:t>
                             </w:r>
                             <w:r w:rsidR="00ED01BB">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00154F96">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">       </w:t>
                             </w:r>
                             <w:r w:rsidRPr="0021699A">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Sep </w:t>
                             </w:r>
                             <w:r w:rsidR="00ED01BB">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00154F96">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">           Oct </w:t>
+                              <w:t xml:space="preserve">          Oct </w:t>
                             </w:r>
                             <w:r w:rsidR="00ED01BB">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00154F96">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="21DC1D5F" id="Text Box 72" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:190pt;margin-top:88.35pt;width:181.5pt;height:24pt;z-index:251658265;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCR+hNK5QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk60z4hRdiw4D&#10;ugvQ7gNoWY6F2aJGKbGzrx8lp2m2vg2DAUEUpcNzyOP11dh3Yq/JG7SlnM9yKbRVWBu7LeX3x7s3&#10;l1L4ALaGDq0u5UF7ebV5/Wo9uEIvsMWu1iQYxPpicKVsQ3BFlnnV6h78DJ22nGyQeggc0jarCQZG&#10;77tskedvswGpdoRKe8+nt1NSbhJ+02gVvjaN10F0pWRuIa2U1iqu2WYNxZbAtUYdacA/sOjBWC56&#10;grqFAGJH5gVUbxShxybMFPYZNo1ROmlgNfP8LzUPLTidtHBzvDu1yf8/WPVl/+C+kQjjBxx5gEmE&#10;d/eofnhh8aYFu9XXRDi0GmouPI8tywbni+PT2Gpf+AhSDZ+x5iHDLmACGhvqY1dYp2B0HsDh1HQ9&#10;BqH4cHGRr/iTQnHuIl9e5mkqGRRPrx358FFjL+KmlMRDTeiwv/chsoHi6UosZvHOdF0abGf/OOCL&#10;8SSxj4Qn6mGsRmHqUq6itCimwvrAcggnu7C9edMi/ZJiYKuU0v/cAWkpuk+WW/J+vlxGb6VguXq3&#10;4IDOM9V5BqxiqFIGKabtTZj8uHNkti1XmoZg8Zrb2Jik8JnVkT7bIQk/Wjf67TxOt55/sM1vAAAA&#10;//8DAFBLAwQUAAYACAAAACEASxIlAd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j9B2uRuFGbNDQlxKkQiCuoLSBxc+NtEjVeR7HbhL9nOdHjzoxm3xTryXXijENoPWm4mysQSJW3&#10;LdUaPnavtysQIRqypvOEGn4wwLqcXRUmt36kDZ63sRZcQiE3GpoY+1zKUDXoTJj7Hom9gx+ciXwO&#10;tbSDGbncdTJRaimdaYk/NKbH5war4/bkNHy+Hb6/UvVev7j7fvSTkuQepNY319PTI4iIU/wPwx8+&#10;o0PJTHt/IhtEp2GxUrwlspEtMxCcyNIFK3sNSZJmIMtCXm4ofwEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCR+hNK5QEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBLEiUB3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="71BE0BD2" w14:textId="77977BB2" w:rsidR="0021699A" w:rsidRPr="0021699A" w:rsidRDefault="0021699A">
+                    <w:p w14:paraId="71BE0BD2" w14:textId="453FD8D4" w:rsidR="0021699A" w:rsidRPr="0021699A" w:rsidRDefault="0021699A">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="00ED01BB">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00154F96">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">          </w:t>
                       </w:r>
                       <w:r w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Aug </w:t>
                       </w:r>
                       <w:r w:rsidR="00ED01BB">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00154F96">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">       </w:t>
                       </w:r>
                       <w:r w:rsidRPr="0021699A">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Sep </w:t>
                       </w:r>
                       <w:r w:rsidR="00ED01BB">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00154F96">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">           Oct </w:t>
+                        <w:t xml:space="preserve">          Oct </w:t>
                       </w:r>
                       <w:r w:rsidR="00ED01BB">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00154F96">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="145F7C70" wp14:editId="2A5FF938">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2432050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1198245</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1949450" cy="90805"/>
@@ -4199,51 +4208,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="55C8EE9E" id="Rectangle 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:191.5pt;margin-top:94.35pt;width:153.5pt;height:7.15pt;z-index:251658264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvPHQ85QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7YDZ2uMOEWRIsOA&#10;bivQ7QMUWbaFyaJGKXGyrx8lp2mw3Yr6IIgi9cT3+Ly6PQ6GHRR6DbbmxSznTFkJjbZdzX/+2H64&#10;4cwHYRthwKqan5Tnt+v371ajq9QcejCNQkYg1lejq3kfgquyzMteDcLPwClLyRZwEIFC7LIGxUjo&#10;g8nmef4xGwEbhyCV93R6PyX5OuG3rZLhe9t6FZipOfUW0opp3cU1W69E1aFwvZbnNsQruhiEtvTo&#10;BepeBMH2qP+DGrRE8NCGmYQhg7bVUiUOxKbI/2Hz1AunEhcSx7uLTP7tYOW3w5N7xNi6dw8gf3lm&#10;YdML26k7RBh7JRp6rohCZaPz1eVCDDxdZbvxKzQ0WrEPkDQ4tjhEQGLHjknq00VqdQxM0mGxLJfl&#10;giYiKbfMb/JFekFUz5cd+vBZwcDipuZIk0zg4vDgQ2xGVM8lqXkwutlqY1KA3W5jkB0ETX2bvjO6&#10;vy4zNhZbiNcmxHiSWEZi0UO+2kFzIpIIk3XI6rTpAf9wNpJtau5/7wUqzswXS0Iti7KMPktBufg0&#10;pwCvM7vrjLCSoGoeOJu2mzB5c+9Qdz29VCTSFu5I3FYn4i9dnZslayQ9zjaO3ruOU9XLz7b+CwAA&#10;//8DAFBLAwQUAAYACAAAACEAm4Kzgt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j9B2srcaN2GwhpiFMhpJ6AAy0S1228TSJiO42dNvw9y4ked95odqbYTLYTZxpC652G5UKBIFd5&#10;07paw+d+e5eBCBGdwc470vBDATbl7KbA3PiL+6DzLtaCQ1zIUUMTY59LGaqGLIaF78kxO/rBYuRz&#10;qKUZ8MLhtpMrpVJpsXX8ocGeXhqqvnej1YDpvTm9H5O3/euY4rqe1PbhS2l9O5+en0BEmuK/Gf7q&#10;c3UoudPBj84E0WlIsoS3RAZZ9giCHelasXLQsFKMZFnI6w3lLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBvPHQ85QEAALQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCbgrOC3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="4916B309" id="Rectangle 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:191.5pt;margin-top:94.35pt;width:153.5pt;height:7.15pt;z-index:251658264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvPHQ85QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7YDZ2uMOEWRIsOA&#10;bivQ7QMUWbaFyaJGKXGyrx8lp2mw3Yr6IIgi9cT3+Ly6PQ6GHRR6DbbmxSznTFkJjbZdzX/+2H64&#10;4cwHYRthwKqan5Tnt+v371ajq9QcejCNQkYg1lejq3kfgquyzMteDcLPwClLyRZwEIFC7LIGxUjo&#10;g8nmef4xGwEbhyCV93R6PyX5OuG3rZLhe9t6FZipOfUW0opp3cU1W69E1aFwvZbnNsQruhiEtvTo&#10;BepeBMH2qP+DGrRE8NCGmYQhg7bVUiUOxKbI/2Hz1AunEhcSx7uLTP7tYOW3w5N7xNi6dw8gf3lm&#10;YdML26k7RBh7JRp6rohCZaPz1eVCDDxdZbvxKzQ0WrEPkDQ4tjhEQGLHjknq00VqdQxM0mGxLJfl&#10;giYiKbfMb/JFekFUz5cd+vBZwcDipuZIk0zg4vDgQ2xGVM8lqXkwutlqY1KA3W5jkB0ETX2bvjO6&#10;vy4zNhZbiNcmxHiSWEZi0UO+2kFzIpIIk3XI6rTpAf9wNpJtau5/7wUqzswXS0Iti7KMPktBufg0&#10;pwCvM7vrjLCSoGoeOJu2mzB5c+9Qdz29VCTSFu5I3FYn4i9dnZslayQ9zjaO3ruOU9XLz7b+CwAA&#10;//8DAFBLAwQUAAYACAAAACEAm4Kzgt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j9B2srcaN2GwhpiFMhpJ6AAy0S1228TSJiO42dNvw9y4ked95odqbYTLYTZxpC652G5UKBIFd5&#10;07paw+d+e5eBCBGdwc470vBDATbl7KbA3PiL+6DzLtaCQ1zIUUMTY59LGaqGLIaF78kxO/rBYuRz&#10;qKUZ8MLhtpMrpVJpsXX8ocGeXhqqvnej1YDpvTm9H5O3/euY4rqe1PbhS2l9O5+en0BEmuK/Gf7q&#10;c3UoudPBj84E0WlIsoS3RAZZ9giCHelasXLQsFKMZFnI6w3lLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBvPHQ85QEAALQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCbgrOC3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E358DA2" wp14:editId="3EE8A625">
             <wp:extent cx="4448175" cy="3295650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -4327,51 +4336,51 @@
     <w:p w14:paraId="08D79C0C" w14:textId="77777777" w:rsidR="00064BBF" w:rsidRDefault="00064BBF">
       <w:r>
         <w:t>Figure 6:</w:t>
       </w:r>
       <w:r w:rsidR="00D76EFF" w:rsidRPr="00D76EFF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D76EFF">
         <w:t xml:space="preserve">Set Up Budgets window, selecting an account and recording first </w:t>
       </w:r>
       <w:r w:rsidR="00F93828">
         <w:t>month’s</w:t>
       </w:r>
       <w:r w:rsidR="00D76EFF">
         <w:t xml:space="preserve"> amount.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="528A3234" w14:textId="4AF32542" w:rsidR="00064BBF" w:rsidRDefault="00EF7A29">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659645" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F5F20AA" wp14:editId="6CE925E6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658281" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F5F20AA" wp14:editId="6CE925E6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1821815</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2098201</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="675564" cy="232012"/>
                 <wp:effectExtent l="0" t="0" r="10795" b="15875"/>
                 <wp:wrapNone/>
                 <wp:docPr id="53" name="Text Box 53"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="675564" cy="232012"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -4400,51 +4409,51 @@
                               <w:t>140,000.00</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7F5F20AA" id="Text Box 53" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:143.45pt;margin-top:165.2pt;width:53.2pt;height:18.25pt;z-index:251659645;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyYyWROgIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwsESIpYIkpEVQkl&#10;kUiVs/HarFWvx7UNu/TXd+xdPpL2VPXiHXvGzzNv3uzsvqk0OQjnFZicDnp9SoThUCizy+n3l9Wn&#10;O0p8YKZgGozI6VF4ej//+GFW26kYQgm6EI4giPHT2ua0DMFOs8zzUlTM98AKg04JrmIBt26XFY7V&#10;iF7pbNjvT7IaXGEdcOE9nj60TjpP+FIKHp6k9CIQnVPMLaTVpXUb12w+Y9OdY7ZUvEuD/UMWFVMG&#10;Hz1DPbDAyN6pP6AqxR14kKHHocpASsVFqgGrGfTfVbMpmRWpFiTH2zNN/v/B8sfDxj47Epov0GAD&#10;IyG19VOPh7GeRroqfjFTgn6k8HimTTSBcDyc3I7HkxElHF3DG6xjGFGyy2XrfPgqoCLRyKnDriSy&#10;2GHtQxt6ColvedCqWCmt0yYqQSy1IweGPdQhpYjgb6K0ITUmcjPuJ+A3vgh9vr/VjP/o0ruKQjxt&#10;MOdL6dEKzbYhqkDgEy1bKI7IloNWSN7ylUL4NfPhmTlUDhKE0xCecJEaMCfoLEpKcL/+dh7jsaHo&#10;paRGJebU/9wzJyjR3wy2+vNgNIrSTZvR+HaIG3ft2V57zL5aAhI1wLmzPJkxPuiTKR1Urzg0i/gq&#10;upjh+HZOw8lchnY+cOi4WCxSEIrVsrA2G8sjdGxMpPWleWXOdm0NqIdHOGmWTd91t42NNw0s9gGk&#10;Sq2PPLesdvSj0JN4uqGMk3S9T1GXX8f8NwAAAP//AwBQSwMEFAAGAAgAAAAhAPclzPbdAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s3YqqtjSdAA0unBiIs9dkSbQmqZKs&#10;K2+POcHN1v/p9+duu7iRzSomG7yA9aoApvwQpPVawOfHy10NLGX0EsfglYBvlWDbX1912Mpw8e9q&#10;3mfNqMSnFgWYnKeW8zQY5TCtwqQ8ZccQHWZao+Yy4oXK3cg3RVFxh9bTBYOTejZqOO3PTsDuSTd6&#10;qDGaXS2tnZev45t+FeL2Znl8AJbVkv9g+NUndejJ6RDOXiY2CtjUVUOogLIs7oERUTZlCexAQ0UR&#10;7zv+/4f+BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALJjJZE6AgAAggQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPclzPbdAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="7F5F20AA" id="Text Box 53" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:143.45pt;margin-top:165.2pt;width:53.2pt;height:18.25pt;z-index:251658281;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyYyWROgIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwsESIpYIkpEVQkl&#10;kUiVs/HarFWvx7UNu/TXd+xdPpL2VPXiHXvGzzNv3uzsvqk0OQjnFZicDnp9SoThUCizy+n3l9Wn&#10;O0p8YKZgGozI6VF4ej//+GFW26kYQgm6EI4giPHT2ua0DMFOs8zzUlTM98AKg04JrmIBt26XFY7V&#10;iF7pbNjvT7IaXGEdcOE9nj60TjpP+FIKHp6k9CIQnVPMLaTVpXUb12w+Y9OdY7ZUvEuD/UMWFVMG&#10;Hz1DPbDAyN6pP6AqxR14kKHHocpASsVFqgGrGfTfVbMpmRWpFiTH2zNN/v/B8sfDxj47Epov0GAD&#10;IyG19VOPh7GeRroqfjFTgn6k8HimTTSBcDyc3I7HkxElHF3DG6xjGFGyy2XrfPgqoCLRyKnDriSy&#10;2GHtQxt6ColvedCqWCmt0yYqQSy1IweGPdQhpYjgb6K0ITUmcjPuJ+A3vgh9vr/VjP/o0ruKQjxt&#10;MOdL6dEKzbYhqkDgEy1bKI7IloNWSN7ylUL4NfPhmTlUDhKE0xCecJEaMCfoLEpKcL/+dh7jsaHo&#10;paRGJebU/9wzJyjR3wy2+vNgNIrSTZvR+HaIG3ft2V57zL5aAhI1wLmzPJkxPuiTKR1Urzg0i/gq&#10;upjh+HZOw8lchnY+cOi4WCxSEIrVsrA2G8sjdGxMpPWleWXOdm0NqIdHOGmWTd91t42NNw0s9gGk&#10;Sq2PPLesdvSj0JN4uqGMk3S9T1GXX8f8NwAAAP//AwBQSwMEFAAGAAgAAAAhAPclzPbdAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s3YqqtjSdAA0unBiIs9dkSbQmqZKs&#10;K2+POcHN1v/p9+duu7iRzSomG7yA9aoApvwQpPVawOfHy10NLGX0EsfglYBvlWDbX1912Mpw8e9q&#10;3mfNqMSnFgWYnKeW8zQY5TCtwqQ8ZccQHWZao+Yy4oXK3cg3RVFxh9bTBYOTejZqOO3PTsDuSTd6&#10;qDGaXS2tnZev45t+FeL2Znl8AJbVkv9g+NUndejJ6RDOXiY2CtjUVUOogLIs7oERUTZlCexAQ0UR&#10;7zv+/4f+BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALJjJZE6AgAAggQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPclzPbdAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="56D3203D" w14:textId="3099EA70" w:rsidR="00EF7A29" w:rsidRPr="00EF7A29" w:rsidRDefault="00EF7A29">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00EF7A29">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>140,000.00</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00033BB4">
@@ -4487,162 +4496,162 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="65AF0B9E" w14:textId="20ED6BEB" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="0052522E">
+                          <w:p w14:paraId="65AF0B9E" w14:textId="36D276CB" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="0052522E">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>FY20</w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00741388">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidR="00CD2819">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00741388">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="57875B7D" id="Text Box 74" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:5pt;margin-top:34.4pt;width:178pt;height:20.5pt;z-index:251658267;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDYSmc4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx0nQz4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17EShSPjznkN5cTUPP9gq9AVvx5SLnTFkJjbFtxR+/3715&#10;x5kPwjaiB6sqflCeX21fv9qMrlQFdNA3ChmBWF+OruJdCK7MMi87NQi/AKcsFTXgIAJdsc0aFCOh&#10;D31W5Pk6GwEbhyCV95S9nYt8m/C1VjJ81dqrwPqKE7eQTkxnHc9suxFli8J1Rh5piH9gMQhjqekJ&#10;6lYEwXZoXkANRiJ40GEhYchAayNV0kBqlvlfah464VTSQuZ4d7LJ/z9Y+WX/4L4hC9MHmGiASYR3&#10;9yB/eGbhphO2VdeIMHZKNNR4GS3LRufL46fRal/6CFKPn6GhIYtdgAQ0aRyiK6STEToN4HAyXU2B&#10;SUoWxTpf51SSVKP47UWaSibKp68d+vBRwcBiUHGkoSZ0sb/3IbIR5dOT2MzCnen7NNje/pGghzGT&#10;2EfCM/Uw1RMzTcUvo7QopobmQHIQ5nWh9aagA/zF2UirUnH/cydQcdZ/smTJ++VqFXcrXVYXlwVd&#10;8LxSn1eElQRV8cDZHN6EeR93Dk3bUad5CBauyUZtksJnVkf6tA5J+HF1476d39Or5x9s+xsAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMfmL4bbAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNyozV+UhjgVAnEFUaBSb9t4m0TE6yh2m/D2bE9wnJ3R7Hzlava9OtIYu8AWrhcGFHEdXMeN&#10;hc+Pl6scVEzIDvvAZOGHIqyq87MSCxcmfqfjOjVKSjgWaKFNaSi0jnVLHuMiDMTi7cPoMYkcG+1G&#10;nKTc9/rGmEx77Fg+tDjQU0v19/rgLXy97rebO/PWPPv7YQqz0eyX2trLi/nxAVSiOf2F4TRfpkMl&#10;m3bhwC6qXrQRlGQhy4VA/Nssk8PuZCxz0FWp/xNUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBDYSmc4wEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDH5i+G2wAAAAkBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="65AF0B9E" w14:textId="20ED6BEB" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="0052522E">
+                    <w:p w14:paraId="65AF0B9E" w14:textId="36D276CB" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="0052522E">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>FY20</w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00741388">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidR="00CD2819">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00741388">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00033BB4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658266" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7ECDA9DE" wp14:editId="2E07F6CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -4686,63 +4695,63 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="256801E1" id="Rectangle 73" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.2pt;margin-top:39.6pt;width:180.75pt;height:8.55pt;z-index:251658266;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRIHAF5gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46NeEuNOEWRIsOA&#10;bivQ7QMUWbaFyaJGKXGyrx8lp2mw3Yr6IIii+Mj39Ly6PQ6GHRR6Dbbm+WzOmbISGm27mv/8sf2w&#10;5MwHYRthwKqan5Tnt+v371ajq1QBPZhGISMQ66vR1bwPwVVZ5mWvBuFn4JSlZAs4iEAhdlmDYiT0&#10;wWTFfP4xGwEbhyCV93R6PyX5OuG3rZLhe9t6FZipOc0W0opp3cU1W69E1aFwvZbnMcQrphiEttT0&#10;AnUvgmB71P9BDVoieGjDTMKQQdtqqRIHYpPP/2Hz1AunEhcSx7uLTP7tYOW3w5N7xDi6dw8gf3lm&#10;YdML26k7RBh7JRpql0ehstH56lIQA0+lbDd+hYaeVuwDJA2OLQ4RkNixY5L6dJFaHQOTdFgUN2VZ&#10;lJxJyuXzZbksUwtRPVc79OGzgoHFTc2RnjKhi8ODD3EaUT1fSdOD0c1WG5MC7HYbg+wg6Nm36Tuj&#10;++trxsbLFmLZhBhPEs3ILJrIVztoTsQSYfIOeZ02PeAfzkbyTc39771AxZn5Ykmpm3yxiEZLwaL8&#10;VFCA15nddUZYSVA1D5xN202YzLl3qLueOuWJtIU7UrfVifjLVOdhyRtJj7OPo/mu43Tr5W9b/wUA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEqqVK/eAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyo3aSEJmRTIaSegAMtEtdt7CYR8TrEThv+HnOix9GMZt6Um9n24mRG3zlGWC4UCMO1&#10;0x03CB/77d0ahA/EmnrHBuHHeNhU11clFdqd+d2cdqERsYR9QQhtCEMhpa9bY8kv3GA4ekc3WgpR&#10;jo3UI51jue1lolQmLXUcF1oazHNr6q/dZBEoW+nvt2P6un+ZMsqbWW3vPxXi7c389AgimDn8h+EP&#10;P6JDFZkObmLtRY+QqFVMIjzkCYjop+tlDuKAkGcpyKqUlweqXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBRIHAF5gEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBKqlSv3gAAAAgBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="0A5D7830" id="Rectangle 73" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.2pt;margin-top:39.6pt;width:180.75pt;height:8.55pt;z-index:251658266;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRIHAF5gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46NeEuNOEWRIsOA&#10;bivQ7QMUWbaFyaJGKXGyrx8lp2mw3Yr6IIii+Mj39Ly6PQ6GHRR6Dbbm+WzOmbISGm27mv/8sf2w&#10;5MwHYRthwKqan5Tnt+v371ajq1QBPZhGISMQ66vR1bwPwVVZ5mWvBuFn4JSlZAs4iEAhdlmDYiT0&#10;wWTFfP4xGwEbhyCV93R6PyX5OuG3rZLhe9t6FZipOc0W0opp3cU1W69E1aFwvZbnMcQrphiEttT0&#10;AnUvgmB71P9BDVoieGjDTMKQQdtqqRIHYpPP/2Hz1AunEhcSx7uLTP7tYOW3w5N7xDi6dw8gf3lm&#10;YdML26k7RBh7JRpql0ehstH56lIQA0+lbDd+hYaeVuwDJA2OLQ4RkNixY5L6dJFaHQOTdFgUN2VZ&#10;lJxJyuXzZbksUwtRPVc79OGzgoHFTc2RnjKhi8ODD3EaUT1fSdOD0c1WG5MC7HYbg+wg6Nm36Tuj&#10;++trxsbLFmLZhBhPEs3ILJrIVztoTsQSYfIOeZ02PeAfzkbyTc39771AxZn5Ykmpm3yxiEZLwaL8&#10;VFCA15nddUZYSVA1D5xN202YzLl3qLueOuWJtIU7UrfVifjLVOdhyRtJj7OPo/mu43Tr5W9b/wUA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEqqVK/eAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyo3aSEJmRTIaSegAMtEtdt7CYR8TrEThv+HnOix9GMZt6Um9n24mRG3zlGWC4UCMO1&#10;0x03CB/77d0ahA/EmnrHBuHHeNhU11clFdqd+d2cdqERsYR9QQhtCEMhpa9bY8kv3GA4ekc3WgpR&#10;jo3UI51jue1lolQmLXUcF1oazHNr6q/dZBEoW+nvt2P6un+ZMsqbWW3vPxXi7c389AgimDn8h+EP&#10;P6JDFZkObmLtRY+QqFVMIjzkCYjop+tlDuKAkGcpyKqUlweqXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBRIHAF5gEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBKqlSv3gAAAAgBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00033BB4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658621" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32FA9339" wp14:editId="0293F051">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32FA9339" wp14:editId="0293F051">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2533650</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1409700</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2717800" cy="425450"/>
                 <wp:effectExtent l="0" t="635" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="22" name="Text Box 89"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2717800" cy="425450"/>
                         </a:xfrm>
@@ -4753,310 +4762,310 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2F040982" w14:textId="36AD9DE3" w:rsidR="00A17F78" w:rsidRPr="00A17F78" w:rsidRDefault="00A17F78">
+                          <w:p w14:paraId="2F040982" w14:textId="22AA9237" w:rsidR="00A17F78" w:rsidRPr="00A17F78" w:rsidRDefault="00A17F78">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A17F78">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00741388">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00A17F78">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">   </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">       Aug </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00741388">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">      Sep </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00741388">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">          Oct </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00741388">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">          Nov </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00741388">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="32FA9339" id="Text Box 89" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:199.5pt;margin-top:111pt;width:214pt;height:33.5pt;z-index:251658621;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoDdd45AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L44NZ8mMOEXXosOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lp2m23opdBJGUH997pLdX09Czg0KnwZQ8XSw5U0ZCrU1b8h/f795t&#10;OHNemFr0YFTJj8rxq93bN9vRFiqDDvpaISMQ44rRlrzz3hZJ4mSnBuEWYJWhYgM4CE8htkmNYiT0&#10;oU+y5fJ9MgLWFkEq5yh7Oxf5LuI3jZL+oWmc8qwvOXHz8cR4VuFMdltRtChsp+WJhngFi0FoQ03P&#10;ULfCC7ZH/QJq0BLBQeMXEoYEmkZLFTWQmnT5j5rHTlgVtZA5zp5tcv8PVn49PNpvyPz0ESYaYBTh&#10;7D3In44ZuOmEadU1IoydEjU1ToNlyWhdcfo0WO0KF0Cq8QvUNGSx9xCBpgaH4ArpZIROAzieTVeT&#10;Z5KS2Tpdb5ZUklTLs1W+ilNJRPH0tUXnPykYWLiUHGmoEV0c7p0PbETx9CQ0M3Cn+z4Otjd/Jehh&#10;yET2gfBM3U/VxHRd8k2QFsRUUB9JDsK8LrTedOkAf3M20qqU3P3aC1Sc9Z8NWfIhzfOwWzHIV+uM&#10;ArysVJcVYSRBldxzNl9v/LyPe4u67ajTPAQD12Rjo6PCZ1Yn+rQOUfhpdcO+Xcbx1fMPtvsDAAD/&#10;/wMAUEsDBBQABgAIAAAAIQC71Nj+3AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj&#10;9R+srcSN2jWvJMSpEIgriPKQuLnxNokar6PYbcLfs5zgNrMzmp0pN7PvxQnH2AUysF4pEEh1cB01&#10;Bt7fni4yEDFZcrYPhAa+McKmWpyVtnBholc8bVMjOIRiYQ20KQ2FlLFu0du4CgMSa/swepuYjo10&#10;o5043PdSK3Ujve2IP7R2wIcW68P26A18PO+/Pq/US/Por4cpzEqSz6Ux58v5/g5Ewjn9meG3PleH&#10;ijvtwpFcFL2ByzznLcmA1poBOzJ9y2DHl4wlWZXy/4bqBwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACgN13jkAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALvU2P7cAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="32FA9339" id="Text Box 89" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:199.5pt;margin-top:111pt;width:214pt;height:33.5pt;z-index:251658280;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoDdd45AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L44NZ8mMOEXXosOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lp2m23opdBJGUH997pLdX09Czg0KnwZQ8XSw5U0ZCrU1b8h/f795t&#10;OHNemFr0YFTJj8rxq93bN9vRFiqDDvpaISMQ44rRlrzz3hZJ4mSnBuEWYJWhYgM4CE8htkmNYiT0&#10;oU+y5fJ9MgLWFkEq5yh7Oxf5LuI3jZL+oWmc8qwvOXHz8cR4VuFMdltRtChsp+WJhngFi0FoQ03P&#10;ULfCC7ZH/QJq0BLBQeMXEoYEmkZLFTWQmnT5j5rHTlgVtZA5zp5tcv8PVn49PNpvyPz0ESYaYBTh&#10;7D3In44ZuOmEadU1IoydEjU1ToNlyWhdcfo0WO0KF0Cq8QvUNGSx9xCBpgaH4ArpZIROAzieTVeT&#10;Z5KS2Tpdb5ZUklTLs1W+ilNJRPH0tUXnPykYWLiUHGmoEV0c7p0PbETx9CQ0M3Cn+z4Otjd/Jehh&#10;yET2gfBM3U/VxHRd8k2QFsRUUB9JDsK8LrTedOkAf3M20qqU3P3aC1Sc9Z8NWfIhzfOwWzHIV+uM&#10;ArysVJcVYSRBldxzNl9v/LyPe4u67ajTPAQD12Rjo6PCZ1Yn+rQOUfhpdcO+Xcbx1fMPtvsDAAD/&#10;/wMAUEsDBBQABgAIAAAAIQC71Nj+3AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj&#10;9R+srcSN2jWvJMSpEIgriPKQuLnxNokar6PYbcLfs5zgNrMzmp0pN7PvxQnH2AUysF4pEEh1cB01&#10;Bt7fni4yEDFZcrYPhAa+McKmWpyVtnBholc8bVMjOIRiYQ20KQ2FlLFu0du4CgMSa/swepuYjo10&#10;o5043PdSK3Ujve2IP7R2wIcW68P26A18PO+/Pq/US/Por4cpzEqSz6Ux58v5/g5Ewjn9meG3PleH&#10;ijvtwpFcFL2ByzznLcmA1poBOzJ9y2DHl4wlWZXy/4bqBwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhACgN13jkAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALvU2P7cAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2F040982" w14:textId="36AD9DE3" w:rsidR="00A17F78" w:rsidRPr="00A17F78" w:rsidRDefault="00A17F78">
+                    <w:p w14:paraId="2F040982" w14:textId="22AA9237" w:rsidR="00A17F78" w:rsidRPr="00A17F78" w:rsidRDefault="00A17F78">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A17F78">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00741388">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00A17F78">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">   </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">       Aug </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00741388">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">      Sep </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00741388">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">          Oct </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00741388">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">          Nov </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00741388">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00033BB4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658279" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51EEC8FF" wp14:editId="0076FEBD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2603500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1466850</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2559050" cy="120650"/>
@@ -5094,51 +5103,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6C71DBDC" id="Rectangle 88" o:spid="_x0000_s1026" style="position:absolute;margin-left:205pt;margin-top:115.5pt;width:201.5pt;height:9.5pt;z-index:251658279;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/FrL+5AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zULmzUdLXqqghp&#10;gZUWPsBxnMTC8Zix27R8PWOn263gDZEHy+OZOZ5zfLK+O46GHRR6DbbmxSLnTFkJrbZ9zb9/2737&#10;wJkPwrbCgFU1PynP7zZv36wnV6kSBjCtQkYg1leTq/kQgquyzMtBjcIvwClLyQ5wFIFC7LMWxUTo&#10;o8nKPL/JJsDWIUjlPZ0+zEm+Sfhdp2T42nVeBWZqTrOFtGJam7hmm7WoehRu0PI8hviHKUahLV16&#10;gXoQQbA96r+gRi0RPHRhIWHMoOu0VIkDsSnyP9g8D8KpxIXE8e4ik/9/sPLL4dk9YRzdu0eQPzyz&#10;sB2E7dU9IkyDEi1dV0Shssn56tIQA0+trJk+Q0tPK/YBkgbHDscISOzYMUl9ukitjoFJOixXq9t8&#10;RS8iKVeU+Q3t4xWieul26MNHBSOLm5ojPWVCF4dHH+bSl5I0PRjd7rQxKcC+2RpkB0HPvkvfGd1f&#10;lxkbiy3EthkxniSakVk0ka8aaE/EEmH2DnmdNgPgL84m8k3N/c+9QMWZ+WRJqdtiuYxGS8Fy9b6k&#10;AK8zzXVGWElQNQ+czdttmM25d6j7gW4qEmkL96RupxPx16nOw5I3knRnH0fzXcep6vVv2/wGAAD/&#10;/wMAUEsDBBQABgAIAAAAIQANzKEo3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj&#10;9Q/WVuJG7TRtVEKcCiH1BD3QInHdxm4SEa9D7LTh92xPcJvZGc3OFNvJdeJih9B60pAsFAhLlTct&#10;1Ro+jruHDYgQkQx2nqyGHxtgW87uCsyNv9K7vRxiLTiEQo4amhj7XMpQNdZhWPjeEmtnPziMTIda&#10;mgGvHO46uVQqkw5b4g8N9valsdXXYXQaMFuZ7/05fTu+jhk+1pParT+V1vfz6fkJRLRT/DPDrT5X&#10;h5I7nfxIJohOwypRvCVqWKYJA3ZskpTBiS9rlmRZyP8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAfxay/uQBAAC1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEADcyhKN4AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="19771D5C" id="Rectangle 88" o:spid="_x0000_s1026" style="position:absolute;margin-left:205pt;margin-top:115.5pt;width:201.5pt;height:9.5pt;z-index:251658279;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/FrL+5AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zULmzUdLXqqghp&#10;gZUWPsBxnMTC8Zix27R8PWOn263gDZEHy+OZOZ5zfLK+O46GHRR6DbbmxSLnTFkJrbZ9zb9/2737&#10;wJkPwrbCgFU1PynP7zZv36wnV6kSBjCtQkYg1leTq/kQgquyzMtBjcIvwClLyQ5wFIFC7LMWxUTo&#10;o8nKPL/JJsDWIUjlPZ0+zEm+Sfhdp2T42nVeBWZqTrOFtGJam7hmm7WoehRu0PI8hviHKUahLV16&#10;gXoQQbA96r+gRi0RPHRhIWHMoOu0VIkDsSnyP9g8D8KpxIXE8e4ik/9/sPLL4dk9YRzdu0eQPzyz&#10;sB2E7dU9IkyDEi1dV0Shssn56tIQA0+trJk+Q0tPK/YBkgbHDscISOzYMUl9ukitjoFJOixXq9t8&#10;RS8iKVeU+Q3t4xWieul26MNHBSOLm5ojPWVCF4dHH+bSl5I0PRjd7rQxKcC+2RpkB0HPvkvfGd1f&#10;lxkbiy3EthkxniSakVk0ka8aaE/EEmH2DnmdNgPgL84m8k3N/c+9QMWZ+WRJqdtiuYxGS8Fy9b6k&#10;AK8zzXVGWElQNQ+czdttmM25d6j7gW4qEmkL96RupxPx16nOw5I3knRnH0fzXcep6vVv2/wGAAD/&#10;/wMAUEsDBBQABgAIAAAAIQANzKEo3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj&#10;9Q/WVuJG7TRtVEKcCiH1BD3QInHdxm4SEa9D7LTh92xPcJvZGc3OFNvJdeJih9B60pAsFAhLlTct&#10;1Ro+jruHDYgQkQx2nqyGHxtgW87uCsyNv9K7vRxiLTiEQo4amhj7XMpQNdZhWPjeEmtnPziMTIda&#10;mgGvHO46uVQqkw5b4g8N9valsdXXYXQaMFuZ7/05fTu+jhk+1pParT+V1vfz6fkJRLRT/DPDrT5X&#10;h5I7nfxIJohOwypRvCVqWKYJA3ZskpTBiS9rlmRZyP8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAfxay/uQBAAC1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEADcyhKN4AAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00033BB4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50A1CFED" wp14:editId="714B4C4D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2495550</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1409700</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3022600" cy="387350"/>
                 <wp:effectExtent l="0" t="635" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Text Box 80"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -5537,51 +5546,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7E56D67C" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:199.5pt;margin-top:116.5pt;width:201pt;height:9.5pt;z-index:251658268;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXbDdi5wEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zU7kLUdLXqqghp&#10;gZUWPsBxnMTC8Zix27R8PWOn263gDZEHy+PxHM85c7K+O46GHRR6DbbmxSLnTFkJrbZ9zb9/2717&#10;z5kPwrbCgFU1PynP7zZv36wnV6kSBjCtQkYg1leTq/kQgquyzMtBjcIvwClLyQ5wFIFC7LMWxUTo&#10;o8nKPL/JJsDWIUjlPZ0+zEm+Sfhdp2T42nVeBWZqTr2FtGJam7hmm7WoehRu0PLchviHLkahLT16&#10;gXoQQbA96r+gRi0RPHRhIWHMoOu0VIkDsSnyP9g8D8KpxIXE8e4ik/9/sPLL4dk9YWzdu0eQPzyz&#10;sB2E7dU9IkyDEi09V0Shssn56lIQA0+lrJk+Q0ujFfsASYNjh2MEJHbsmKQ+XaRWx8AkHZarVXmb&#10;00Qk5Yoyv1mlWWSieql26MNHBSOLm5ojjTKhi8OjD7EbUb1cSd2D0e1OG5MC7JutQXYQNPZd+hIB&#10;Inl9zdh42UIsmxHjSaIZmUUT+aqB9kQsEWbvkNdpMwD+4mwi39Tc/9wLVJyZT5aU+lAsl9FoKViu&#10;bksK8DrTXGeElQRV88DZvN2G2Zx7h7of6KUikbZwT+p2OhF/7ercLHkj6XH2cTTfdZxuvf5tm98A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDR66dg3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8Mw&#10;DIXvSPyHyJO4sWQtq9bSdEJIOwEHNiSuXpO11RqnNOlW/j3mBLdn++n5e+V2dr242DF0njSslgqE&#10;pdqbjhoNH4fd/QZEiEgGe09Ww7cNsK1ub0osjL/Su73sYyM4hEKBGtoYh0LKULfWYVj6wRLfTn50&#10;GHkcG2lGvHK462WiVCYddsQfWhzsc2vr835yGjB7MF9vp/T18DJlmDez2q0/ldZ3i/npEUS0c/wz&#10;wy8+o0PFTEc/kQmi15DmOXeJGpI0ZcGOjVqxOPJmnSiQVSn/d6h+AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhANdsN2LnAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhANHrp2DfAAAACwEAAA8AAAAAAAAAAAAAAAAAQQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7F0AD63C" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:199.5pt;margin-top:116.5pt;width:201pt;height:9.5pt;z-index:251658268;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXbDdi5wEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zU7kLUdLXqqghp&#10;gZUWPsBxnMTC8Zix27R8PWOn263gDZEHy+PxHM85c7K+O46GHRR6DbbmxSLnTFkJrbZ9zb9/2717&#10;z5kPwrbCgFU1PynP7zZv36wnV6kSBjCtQkYg1leTq/kQgquyzMtBjcIvwClLyQ5wFIFC7LMWxUTo&#10;o8nKPL/JJsDWIUjlPZ0+zEm+Sfhdp2T42nVeBWZqTr2FtGJam7hmm7WoehRu0PLchviHLkahLT16&#10;gXoQQbA96r+gRi0RPHRhIWHMoOu0VIkDsSnyP9g8D8KpxIXE8e4ik/9/sPLL4dk9YWzdu0eQPzyz&#10;sB2E7dU9IkyDEi09V0Shssn56lIQA0+lrJk+Q0ujFfsASYNjh2MEJHbsmKQ+XaRWx8AkHZarVXmb&#10;00Qk5Yoyv1mlWWSieql26MNHBSOLm5ojjTKhi8OjD7EbUb1cSd2D0e1OG5MC7JutQXYQNPZd+hIB&#10;Inl9zdh42UIsmxHjSaIZmUUT+aqB9kQsEWbvkNdpMwD+4mwi39Tc/9wLVJyZT5aU+lAsl9FoKViu&#10;bksK8DrTXGeElQRV88DZvN2G2Zx7h7of6KUikbZwT+p2OhF/7ercLHkj6XH2cTTfdZxuvf5tm98A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDR66dg3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8Mw&#10;DIXvSPyHyJO4sWQtq9bSdEJIOwEHNiSuXpO11RqnNOlW/j3mBLdn++n5e+V2dr242DF0njSslgqE&#10;pdqbjhoNH4fd/QZEiEgGe09Ww7cNsK1ub0osjL/Su73sYyM4hEKBGtoYh0LKULfWYVj6wRLfTn50&#10;GHkcG2lGvHK462WiVCYddsQfWhzsc2vr835yGjB7MF9vp/T18DJlmDez2q0/ldZ3i/npEUS0c/wz&#10;wy8+o0PFTEc/kQmi15DmOXeJGpI0ZcGOjVqxOPJmnSiQVSn/d6h+AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhANdsN2LnAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhANHrp2DfAAAACwEAAA8AAAAAAAAAAAAAAAAAQQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00033BB4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E513574" wp14:editId="1603BF3E">
             <wp:extent cx="5162550" cy="2314575"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -5685,162 +5694,162 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7126A7BA" w14:textId="646B7F75" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="00EF2D31" w:rsidP="00404464">
+                          <w:p w14:paraId="7126A7BA" w14:textId="3C2BBEE5" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="00EF2D31" w:rsidP="00404464">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>FY20</w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00741388">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="00404464" w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidR="00C52B89">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00741388">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="5C7C52CB" id="Text Box 79" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;margin-left:4.3pt;margin-top:34.7pt;width:208.15pt;height:20.5pt;z-index:251658271;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCv2U8a4gEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGloC0RNV8uuFiEt&#10;C9LCBziOnVgkHjN2m5SvZ+x0uwVuiIvlmXHevPdmsr2ahp4dFHoDtuLLRc6ZshIaY9uKf/t69+ot&#10;Zz4I24gerKr4UXl+tXv5Yju6UhXQQd8oZARifTm6inchuDLLvOzUIPwCnLJU1ICDCBRimzUoRkIf&#10;+qzI8002AjYOQSrvKXs7F/ku4WutZPistVeB9RUnbiGdmM46ntluK8oWheuMPNEQ/8BiEMZS0zPU&#10;rQiC7dH8BTUYieBBh4WEIQOtjVRJA6lZ5n+oeeyEU0kLmePd2Sb//2Dlw+HRfUEWpvcw0QCTCO/u&#10;QX73zMJNJ2yrrhFh7JRoqPEyWpaNzpenT6PVvvQRpB4/QUNDFvsACWjSOERXSCcjdBrA8Wy6mgKT&#10;lCw2q9frfM2ZpFqxySlILUT59LVDHz4oGFi8VBxpqAldHO59iGxE+fQkNrNwZ/o+Dba3vyXoYcwk&#10;9pHwTD1M9cRMQ9KStqimhuZIehDmfaH9pksH+JOzkXal4v7HXqDirP9oyZN3y9UqLlcKVus3BQV4&#10;WakvK8JKgqp44Gy+3oR5IfcOTdtRp3kKFq7JR22SxGdWJ/60D0n5aXfjwl3G6dXzH7b7BQAA//8D&#10;AFBLAwQUAAYACAAAACEAxREGYdwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KjdykRNGqdCIK4gWkDi5sbbJGq8jmK3CX/PcoLjap5m3pbb2ffigmPsAhlYLhQIpDq4jhoD&#10;7/vnuzWImCw52wdCA98YYVtdX5W2cGGiN7zsUiO4hGJhDbQpDYWUsW7R27gIAxJnxzB6m/gcG+lG&#10;O3G57+VKqUx62xEvtHbAxxbr0+7sDXy8HL8+tXptnvz9MIVZSfK5NOb2Zn7YgEg4pz8YfvVZHSp2&#10;OoQzuSh6A+uMQQNZrkFwrFc6B3Fgbqk0yKqU/x+ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCv2U8a4gEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDFEQZh3AAAAAgBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7126A7BA" w14:textId="646B7F75" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="00EF2D31" w:rsidP="00404464">
+                    <w:p w14:paraId="7126A7BA" w14:textId="3C2BBEE5" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="00EF2D31" w:rsidP="00404464">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>FY20</w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00741388">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="00404464" w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidR="00C52B89">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00741388">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658270" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="288123AB" wp14:editId="03C8B7CB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -5884,51 +5893,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3E8FD0AB" id="Rectangle 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:8.35pt;margin-top:39.75pt;width:209.55pt;height:8.55pt;z-index:251658270;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCy3kwF5AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3UlhI1Xa26KkJa&#10;YKWFD3AcJ7FwPGbsNi1fz9jpdiu4IXKwPJ6Z53nPL5u702DYUaHXYCuez+acKSuh0bar+Pdv+3dr&#10;znwQthEGrKr4WXl+t337ZjO6UhXQg2kUMgKxvhxdxfsQXJllXvZqEH4GTllKtoCDCBRilzUoRkIf&#10;TFbM56tsBGwcglTe0+nDlOTbhN+2SoavbetVYKbiNFtIK6a1jmu23YiyQ+F6LS9jiH+YYhDa0qVX&#10;qAcRBDug/gtq0BLBQxtmEoYM2lZLlTgQm3z+B5vnXjiVuJA43l1l8v8PVn45PrsnjKN79wjyh2cW&#10;dr2wnbpHhLFXoqHr8ihUNjpfXhti4KmV1eNnaOhpxSFA0uDU4hABiR07JanPV6nVKTBJh8VqlRfr&#10;JWeScvl8vaR9vEKUL90OffioYGBxU3Gkp0zo4vjow1T6UpKmB6ObvTYmBdjVO4PsKOjZ9+m7oPvb&#10;MmNjsYXYNiHGk0QzMosm8mUNzZlYIkzeIa/Tpgf8xdlIvqm4/3kQqDgznywp9SFfLKLRUrBYvi8o&#10;wNtMfZsRVhJUxQNn03YXJnMeHOqup5vyRNrCPanb6kT8darLsOSNJN3Fx9F8t3Gqev3btr8BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBj9Xea3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqA1tXBLiVAipJ+BAi8R1G2+TiNgOsdOGv2c5wXE0o5k35WZ2vTjRGLvgDdwuFAjydbCd&#10;bwy877c39yBiQm+xD54MfFOETXV5UWJhw9m/0WmXGsElPhZooE1pKKSMdUsO4yIM5Nk7htFhYjk2&#10;0o545nLXyzultHTYeV5ocaCnlurP3eQMoF7Zr9fj8mX/PGnMm1ltsw9lzPXV/PgAItGc/sLwi8/o&#10;UDHTIUzeRtGz1mtOGljnGQj2V8uMrxwM5FqDrEr5/0D1AwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhALLeTAXkAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGP1d5rcAAAACAEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="008D2505" id="Rectangle 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:8.35pt;margin-top:39.75pt;width:209.55pt;height:8.55pt;z-index:251658270;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCy3kwF5AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3UlhI1Xa26KkJa&#10;YKWFD3AcJ7FwPGbsNi1fz9jpdiu4IXKwPJ6Z53nPL5u702DYUaHXYCuez+acKSuh0bar+Pdv+3dr&#10;znwQthEGrKr4WXl+t337ZjO6UhXQg2kUMgKxvhxdxfsQXJllXvZqEH4GTllKtoCDCBRilzUoRkIf&#10;TFbM56tsBGwcglTe0+nDlOTbhN+2SoavbetVYKbiNFtIK6a1jmu23YiyQ+F6LS9jiH+YYhDa0qVX&#10;qAcRBDug/gtq0BLBQxtmEoYM2lZLlTgQm3z+B5vnXjiVuJA43l1l8v8PVn45PrsnjKN79wjyh2cW&#10;dr2wnbpHhLFXoqHr8ihUNjpfXhti4KmV1eNnaOhpxSFA0uDU4hABiR07JanPV6nVKTBJh8VqlRfr&#10;JWeScvl8vaR9vEKUL90OffioYGBxU3Gkp0zo4vjow1T6UpKmB6ObvTYmBdjVO4PsKOjZ9+m7oPvb&#10;MmNjsYXYNiHGk0QzMosm8mUNzZlYIkzeIa/Tpgf8xdlIvqm4/3kQqDgznywp9SFfLKLRUrBYvi8o&#10;wNtMfZsRVhJUxQNn03YXJnMeHOqup5vyRNrCPanb6kT8darLsOSNJN3Fx9F8t3Gqev3btr8BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBj9Xea3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqA1tXBLiVAipJ+BAi8R1G2+TiNgOsdOGv2c5wXE0o5k35WZ2vTjRGLvgDdwuFAjydbCd&#10;bwy877c39yBiQm+xD54MfFOETXV5UWJhw9m/0WmXGsElPhZooE1pKKSMdUsO4yIM5Nk7htFhYjk2&#10;0o545nLXyzultHTYeV5ocaCnlurP3eQMoF7Zr9fj8mX/PGnMm1ltsw9lzPXV/PgAItGc/sLwi8/o&#10;UDHTIUzeRtGz1mtOGljnGQj2V8uMrxwM5FqDrEr5/0D1AwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhALLeTAXkAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGP1d5rcAAAACAEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658274" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D421C80" wp14:editId="10EA97C1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2514600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1425575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3022600" cy="387350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="15" name="Text Box 82"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -5951,324 +5960,324 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="02155306" w14:textId="46C50270" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="00404464" w:rsidP="00404464">
+                          <w:p w14:paraId="02155306" w14:textId="0323CFED" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="00404464" w:rsidP="00404464">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00B01823">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">         </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Aug </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00B01823">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">   </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">    </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Sep </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00B01823">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">         Oct </w:t>
+                              <w:t xml:space="preserve">        Oct </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00B01823">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">        Nov </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="00B01823">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="7D421C80" id="Text Box 82" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:198pt;margin-top:112.25pt;width:238pt;height:30.5pt;z-index:251658274;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrtGLH5QEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthx0suMOEXXosOA&#10;7gJ0+wBZlmxhtqhRSuzs60fJaZptb8NeBJGUD885pDc309CzvUJvwFZ8ucg5U1ZCY2xb8W9fH95c&#10;c+aDsI3owaqKH5TnN9vXrzajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+KPL/MRsDGIUjlPWXv5yLfJnytlQyftfYqsL7ixC2kE9NZxzPbbkTZonCdkUca4h9YDMJYanqC&#10;uhdBsB2av6AGIxE86LCQMGSgtZEqaSA1y/wPNU+dcCppIXO8O9nk/x+s/LR/cl+QhekdTDTAJMK7&#10;R5DfPbNw1wnbqltEGDslGmq8jJZlo/Pl8dNotS99BKnHj9DQkMUuQAKaNA7RFdLJCJ0GcDiZrqbA&#10;JCVXeVFc5lSSVFtdX60u0lQyUT5/7dCH9woGFi8VRxpqQhf7Rx8iG1E+P4nNLDyYvk+D7e1vCXoY&#10;M4l9JDxTD1M9MdOQtCJqi2pqaA6kB2HeF9pvunSAPzkbaVcq7n/sBCrO+g+WPHm7XK/jcqVgfXFV&#10;UIDnlfq8IqwkqIoHzubrXZgXcufQtB11mqdg4ZZ81CZJfGF15E/7kJQfdzcu3HmcXr38YdtfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAiZCpp98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70h9B2uRuFGb0JQ0xKkQiCuo5Ufi5sbbJGq8jmK3CW/f7QmOOzua+aZYT64TJxxC60nD3VyBQKq8&#10;banW8PnxepuBCNGQNZ0n1PCLAdbl7KowufUjbfC0jbXgEAq50dDE2OdShqpBZ8Lc90j82/vBmcjn&#10;UEs7mJHDXScTpZbSmZa4oTE9PjdYHbZHp+Hrbf/zvVDv9YtL+9FPSpJbSa1vrqenRxARp/hnhgs+&#10;o0PJTDt/JBtEp+F+teQtUUOSLFIQ7MgeElZ2rGRpCrIs5P8N5RkAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBrtGLH5QEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCJkKmn3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="02155306" w14:textId="46C50270" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="00404464" w:rsidP="00404464">
+                    <w:p w14:paraId="02155306" w14:textId="0323CFED" w:rsidR="00404464" w:rsidRPr="00404464" w:rsidRDefault="00404464" w:rsidP="00404464">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00B01823">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">         </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Aug </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00B01823">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">   </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">    </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Sep </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00B01823">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">         Oct </w:t>
+                        <w:t xml:space="preserve">        Oct </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00B01823">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">        Nov </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="00B01823">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658273" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C4C6258" wp14:editId="7278F0D5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2514600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1495425</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2565400" cy="120650"/>
@@ -6306,51 +6315,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="58829FD0" id="Rectangle 81" o:spid="_x0000_s1026" style="position:absolute;margin-left:198pt;margin-top:117.75pt;width:202pt;height:9.5pt;z-index:251658273;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDziOsK5gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zUFoiarlZdFSEt&#10;F2nhAxzHSSwcjxm7TcvXM3a63QreEHmwPB7P8ZwzJ5u702jYUaHXYGteLHLOlJXQatvX/Pu3/Zt3&#10;nPkgbCsMWFXzs/L8bvv61WZylSphANMqZARifTW5mg8huCrLvBzUKPwCnLKU7ABHESjEPmtRTIQ+&#10;mqzM83U2AbYOQSrv6fRhTvJtwu86JcOXrvMqMFNz6i2kFdPaxDXbbkTVo3CDlpc2xD90MQpt6dEr&#10;1IMIgh1Q/wU1aongoQsLCWMGXaelShyITZH/weZpEE4lLiSOd1eZ/P+DlZ+PT+4rxta9ewT5wzML&#10;u0HYXt0jwjQo0dJzRRQqm5yvrgUx8FTKmukTtDRacQiQNDh1OEZAYsdOSerzVWp1CkzSYblar5Y5&#10;TURSrijz9SrNIhPVc7VDHz4oGFnc1BxplAldHB99iN2I6vlK6h6MbvfamBRg3+wMsqOgse/TlwgQ&#10;ydtrxsbLFmLZjBhPEs3ILJrIVw20Z2KJMHuHvE6bAfAXZxP5pub+50Gg4sx8tKTU+2K5jEZLwXL1&#10;tqQAbzPNbUZYSVA1D5zN212YzXlwqPuBXioSaQv3pG6nE/GXri7NkjeSHhcfR/PdxunWy9+2/Q0A&#10;AP//AwBQSwMEFAAGAAgAAAAhACQCTvTfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoTVNHbYhTIaSegAMtEtdt7CYR8TrEThv+nuUEx50dzbwpt7PvxdmNsQtk4H6hQDiq&#10;g+2oMfB+2N2tQcSEZLEP5Ax8uwjb6vqqxMKGC7258z41gkMoFmigTWkopIx16zzGRRgc8e8URo+J&#10;z7GRdsQLh/teLpXKpceOuKHFwT21rv7cT94A5iv79XrKXg7PU46bZlY7/aGMub2ZHx9AJDenPzP8&#10;4jM6VMx0DBPZKHoD2SbnLcnAMtMaBDvWSrFyZEWvNMiqlP83VD8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA84jrCuYBAAC1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAJAJO9N8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
+              <v:rect w14:anchorId="0B210940" id="Rectangle 81" o:spid="_x0000_s1026" style="position:absolute;margin-left:198pt;margin-top:117.75pt;width:202pt;height:9.5pt;z-index:251658273;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDziOsK5gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zUFoiarlZdFSEt&#10;F2nhAxzHSSwcjxm7TcvXM3a63QreEHmwPB7P8ZwzJ5u702jYUaHXYGteLHLOlJXQatvX/Pu3/Zt3&#10;nPkgbCsMWFXzs/L8bvv61WZylSphANMqZARifTW5mg8huCrLvBzUKPwCnLKU7ABHESjEPmtRTIQ+&#10;mqzM83U2AbYOQSrv6fRhTvJtwu86JcOXrvMqMFNz6i2kFdPaxDXbbkTVo3CDlpc2xD90MQpt6dEr&#10;1IMIgh1Q/wU1aongoQsLCWMGXaelShyITZH/weZpEE4lLiSOd1eZ/P+DlZ+PT+4rxta9ewT5wzML&#10;u0HYXt0jwjQo0dJzRRQqm5yvrgUx8FTKmukTtDRacQiQNDh1OEZAYsdOSerzVWp1CkzSYblar5Y5&#10;TURSrijz9SrNIhPVc7VDHz4oGFnc1BxplAldHB99iN2I6vlK6h6MbvfamBRg3+wMsqOgse/TlwgQ&#10;ydtrxsbLFmLZjBhPEs3ILJrIVw20Z2KJMHuHvE6bAfAXZxP5pub+50Gg4sx8tKTU+2K5jEZLwXL1&#10;tqQAbzPNbUZYSVA1D5zN212YzXlwqPuBXioSaQv3pG6nE/GXri7NkjeSHhcfR/PdxunWy9+2/Q0A&#10;AP//AwBQSwMEFAAGAAgAAAAhACQCTvTfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyoTVNHbYhTIaSegAMtEtdt7CYR8TrEThv+nuUEx50dzbwpt7PvxdmNsQtk4H6hQDiq&#10;g+2oMfB+2N2tQcSEZLEP5Ax8uwjb6vqqxMKGC7258z41gkMoFmigTWkopIx16zzGRRgc8e8URo+J&#10;z7GRdsQLh/teLpXKpceOuKHFwT21rv7cT94A5iv79XrKXg7PU46bZlY7/aGMub2ZHx9AJDenPzP8&#10;4jM6VMx0DBPZKHoD2SbnLcnAMtMaBDvWSrFyZEWvNMiqlP83VD8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA84jrCuYBAAC1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAJAJO9N8AAAALAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4965AFF2" wp14:editId="5183F589">
             <wp:extent cx="5181600" cy="2781300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -6468,324 +6477,348 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="43E2A6E9" w14:textId="7774DE0C" w:rsidR="00431AAD" w:rsidRPr="00404464" w:rsidRDefault="00431AAD" w:rsidP="00431AAD">
+                          <w:p w14:paraId="43E2A6E9" w14:textId="5531A452" w:rsidR="00431AAD" w:rsidRPr="00404464" w:rsidRDefault="00431AAD" w:rsidP="00431AAD">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jul </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="009B7122">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">         </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Aug </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="009B7122">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">   </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">    </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Sep </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="009B7122">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">         Oct </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="009B7122">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">        Nov </w:t>
+                              <w:t xml:space="preserve">   </w:t>
+                            </w:r>
+                            <w:r w:rsidR="009B7122">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">    Nov </w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="009B7122">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="5D1BB8FE" id="Text Box 85" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:197pt;margin-top:112.3pt;width:238pt;height:30.5pt;z-index:251658276;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDL+pcr5QEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthx0suMOEXXosOA&#10;7gJ0+wBZlmxhtqhRSuzs60fJaZptb8NeBJGUD885pDc309CzvUJvwFZ8ucg5U1ZCY2xb8W9fH95c&#10;c+aDsI3owaqKH5TnN9vXrzajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+KPL/MRsDGIUjlPWXv5yLfJnytlQyftfYqsL7ixC2kE9NZxzPbbkTZonCdkUca4h9YDMJYanqC&#10;uhdBsB2av6AGIxE86LCQMGSgtZEqaSA1y/wPNU+dcCppIXO8O9nk/x+s/LR/cl+QhekdTDTAJMK7&#10;R5DfPbNw1wnbqltEGDslGmq8jJZlo/Pl8dNotS99BKnHj9DQkMUuQAKaNA7RFdLJCJ0GcDiZrqbA&#10;JCVXeVFc5lSSVFtdX60u0lQyUT5/7dCH9woGFi8VRxpqQhf7Rx8iG1E+P4nNLDyYvk+D7e1vCXoY&#10;M4l9JDxTD1M9MdOQtFXUFtXU0BxID8K8L7TfdOkAf3I20q5U3P/YCVSc9R8sefJ2uV7H5UrB+uKq&#10;oADPK/V5RVhJUBUPnM3XuzAv5M6haTvqNE/Bwi35qE2S+MLqyJ/2ISk/7m5cuPM4vXr5w7a/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAwo1jSt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhNSEMa4lQIxBXUQitxc+NtEhGvo9htwt+znOC4s6OZN+V6dr044xg6TxpuFwoEUu1t&#10;R42Gj/eXmxxEiIas6T2hhm8MsK4uL0pTWD/RBs/b2AgOoVAYDW2MQyFlqFt0Jiz8gMS/ox+diXyO&#10;jbSjmTjc9TJRKpPOdMQNrRnwqcX6a3tyGnavx899qt6aZ7ccJj8rSW4ltb6+mh8fQESc458ZfvEZ&#10;HSpmOvgT2SB6DXerlLdEDUmSZiDYkd8rVg6s5MsMZFXK/xuqHwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDL+pcr5QEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDCjWNK3wAAAAsBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="43E2A6E9" w14:textId="7774DE0C" w:rsidR="00431AAD" w:rsidRPr="00404464" w:rsidRDefault="00431AAD" w:rsidP="00431AAD">
+                    <w:p w14:paraId="43E2A6E9" w14:textId="5531A452" w:rsidR="00431AAD" w:rsidRPr="00404464" w:rsidRDefault="00431AAD" w:rsidP="00431AAD">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jul </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="009B7122">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">         </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Aug </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="009B7122">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">   </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">    </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Sep </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="009B7122">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">         Oct </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="009B7122">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">        Nov </w:t>
+                        <w:t xml:space="preserve">   </w:t>
+                      </w:r>
+                      <w:r w:rsidR="009B7122">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">    Nov </w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="009B7122">
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658278" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B94DF90" wp14:editId="747A7C20">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>70485</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>462280</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2536190" cy="260350"/>
@@ -6813,162 +6846,162 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0D0E007B" w14:textId="63140E6B" w:rsidR="006C5252" w:rsidRPr="00404464" w:rsidRDefault="00B944B8" w:rsidP="006C5252">
+                          <w:p w14:paraId="0D0E007B" w14:textId="694C0656" w:rsidR="006C5252" w:rsidRPr="00404464" w:rsidRDefault="00B944B8" w:rsidP="006C5252">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>FY20</w:t>
                             </w:r>
                             <w:r w:rsidR="005F061B">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="009B7122">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="006C5252" w:rsidRPr="00404464">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidR="00C52B89">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="002966C3">
+                            <w:r w:rsidR="009B7122">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="0B94DF90" id="Text Box 87" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:5.55pt;margin-top:36.4pt;width:199.7pt;height:20.5pt;z-index:251658278;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaSCOa5QEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvjSJFuNOEXXosOA&#10;rhvQ9QNkWbaF2aJGKbGzrx8lp2m2vg17EURSPjznkN5cTUPP9gqdBlPybJFypoyEWpu25E/f7959&#10;4Mx5YWrRg1ElPyjHr7Zv32xGW6gcOuhrhYxAjCtGW/LOe1skiZOdGoRbgFWGig3gIDyF2CY1ipHQ&#10;hz7J03SdjIC1RZDKOcrezkW+jfhNo6T/2jROedaXnLj5eGI8q3Am240oWhS20/JIQ/wDi0FoQ01P&#10;ULfCC7ZD/Qpq0BLBQeMXEoYEmkZLFTWQmiz9S81jJ6yKWsgcZ082uf8HKx/2j/YbMj99hIkGGEU4&#10;ew/yh2MGbjphWnWNCGOnRE2Ns2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA4n09Xk&#10;maRkvrpYZ5dUklTL1+nFKk4lEcXz1xad/6RgYOFScqShRnSxv3c+sBHF85PQzMCd7vs42N78kaCH&#10;IRPZB8IzdT9VE9M1SVsGbUFNBfWB9CDM+0L7TZcO8BdnI+1Kyd3PnUDFWf/ZkCeX2XIZlisGy9X7&#10;nAI8r1TnFWEkQZXcczZfb/y8kDuLuu2o0zwFA9fkY6OjxBdWR/60D1H5cXfDwp3H8dXLH7b9DQAA&#10;//8DAFBLAwQUAAYACAAAACEA/ZChoNsAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF&#10;90j8gzVI7Kid0kIJcSoEYgtqeUjspvE0iYjHUew24e+ZrmB5da7uo1hPvlNHGmIb2EI2M6CIq+Ba&#10;ri28vz1frUDFhOywC0wWfijCujw/KzB3YeQNHbepVhLCMUcLTUp9rnWsGvIYZ6EnFrYPg8ckcqi1&#10;G3CUcN/puTE32mPL0tBgT48NVd/bg7fw8bL/+lyY1/rJL/sxTEazv9PWXl5MD/egEk3pzwyn+TId&#10;Stm0Cwd2UXWis0ycFm7n8kD4IjNLULsTuF6BLgv9/0H5CwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABpII5rlAQAAqQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAP2QoaDbAAAACQEAAA8AAAAAAAAAAAAAAAAAPwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0D0E007B" w14:textId="63140E6B" w:rsidR="006C5252" w:rsidRPr="00404464" w:rsidRDefault="00B944B8" w:rsidP="006C5252">
+                    <w:p w14:paraId="0D0E007B" w14:textId="694C0656" w:rsidR="006C5252" w:rsidRPr="00404464" w:rsidRDefault="00B944B8" w:rsidP="006C5252">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>FY20</w:t>
                       </w:r>
                       <w:r w:rsidR="005F061B">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="009B7122">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="006C5252" w:rsidRPr="00404464">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidR="00C52B89">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="002966C3">
+                      <w:r w:rsidR="009B7122">
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – Profit &amp; Loss by Account and Class</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658277" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69515161" wp14:editId="477380C6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -7012,51 +7045,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="74C7DED8" id="Rectangle 86" o:spid="_x0000_s1026" style="position:absolute;margin-left:7pt;margin-top:41pt;width:198.25pt;height:8.95pt;z-index:251658277;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtd0hI5gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlF4iarlZdFSEt&#10;F2nhA1zHTiwcjxm7TcvXM3a63QreEHmwPB7PmTnHJ+u7U2/ZUWEw4GpeTqacKSehMa6t+fdvuzfv&#10;OAtRuEZYcKrmZxX43eb1q/XgKzWDDmyjkBGIC9Xga97F6KuiCLJTvQgT8MpRUgP2IlKIbdGgGAi9&#10;t8VsOl0WA2DjEaQKgU4fxiTfZHytlYxftA4qMltzmi3mFfO6T2uxWYuqReE7Iy9jiH+YohfGUdMr&#10;1IOIgh3Q/AXVG4kQQMeJhL4ArY1UmQOxKad/sHnqhFeZC4kT/FWm8P9g5efjk/+KafTgH0H+CMzB&#10;thOuVfeIMHRKNNSuTEIVgw/VtSAFgUrZfvgEDT2tOETIGpw09gmQ2LFTlvp8lVqdIpN0OFuUq9Vq&#10;wZmkXFm+XS4XuYWonqs9hvhBQc/SpuZIT5nRxfExxDSNqJ6v5OnBmmZnrM0BtvutRXYU9Oy7/F3Q&#10;w+0169JlB6lsREwnmWZilkwUqj00Z2KJMHqHvE6bDvAXZwP5pubh50Gg4sx+dKTU+3I+T0bLwXyx&#10;mlGAt5n9bUY4SVA1j5yN220czXnwaNqOOpWZtIN7UlebTPxlqsuw5I2sx8XHyXy3cb718rdtfgMA&#10;AP//AwBQSwMEFAAGAAgAAAAhAHLoDmneAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/QdrkbhRuyWNmhCnQkg9QQ+0SFy3sZtExOs0dtrw92xPcFqNZjT7pthMrhMXO4TWk4bFXIGw&#10;VHnTUq3h87B9XIMIEclg58lq+LEBNuXsrsDc+Ct92Ms+1oJLKOSooYmxz6UMVWMdhrnvLbF38oPD&#10;yHKopRnwyuWuk0ulUumwJf7QYG9fG1t970enAdPEnHenp/fD25hiVk9qu/pSWj/cTy/PIKKd4l8Y&#10;bviMDiUzHf1IJoiOdcJToob1ki/7yUKtQBw1ZFkGsizk/wHlLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAtd0hI5gEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBy6A5p3gAAAAgBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
+              <v:rect w14:anchorId="581BC3B0" id="Rectangle 86" o:spid="_x0000_s1026" style="position:absolute;margin-left:7pt;margin-top:41pt;width:198.25pt;height:8.95pt;z-index:251658277;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtd0hI5gEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlF4iarlZdFSEt&#10;F2nhA1zHTiwcjxm7TcvXM3a63QreEHmwPB7PmTnHJ+u7U2/ZUWEw4GpeTqacKSehMa6t+fdvuzfv&#10;OAtRuEZYcKrmZxX43eb1q/XgKzWDDmyjkBGIC9Xga97F6KuiCLJTvQgT8MpRUgP2IlKIbdGgGAi9&#10;t8VsOl0WA2DjEaQKgU4fxiTfZHytlYxftA4qMltzmi3mFfO6T2uxWYuqReE7Iy9jiH+YohfGUdMr&#10;1IOIgh3Q/AXVG4kQQMeJhL4ArY1UmQOxKad/sHnqhFeZC4kT/FWm8P9g5efjk/+KafTgH0H+CMzB&#10;thOuVfeIMHRKNNSuTEIVgw/VtSAFgUrZfvgEDT2tOETIGpw09gmQ2LFTlvp8lVqdIpN0OFuUq9Vq&#10;wZmkXFm+XS4XuYWonqs9hvhBQc/SpuZIT5nRxfExxDSNqJ6v5OnBmmZnrM0BtvutRXYU9Oy7/F3Q&#10;w+0169JlB6lsREwnmWZilkwUqj00Z2KJMHqHvE6bDvAXZwP5pubh50Gg4sx+dKTU+3I+T0bLwXyx&#10;mlGAt5n9bUY4SVA1j5yN220czXnwaNqOOpWZtIN7UlebTPxlqsuw5I2sx8XHyXy3cb718rdtfgMA&#10;AP//AwBQSwMEFAAGAAgAAAAhAHLoDmneAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/QdrkbhRuyWNmhCnQkg9QQ+0SFy3sZtExOs0dtrw92xPcFqNZjT7pthMrhMXO4TWk4bFXIGw&#10;VHnTUq3h87B9XIMIEclg58lq+LEBNuXsrsDc+Ct92Ms+1oJLKOSooYmxz6UMVWMdhrnvLbF38oPD&#10;yHKopRnwyuWuk0ulUumwJf7QYG9fG1t970enAdPEnHenp/fD25hiVk9qu/pSWj/cTy/PIKKd4l8Y&#10;bviMDiUzHf1IJoiOdcJToob1ki/7yUKtQBw1ZFkGsizk/wHlLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAtd0hI5gEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBy6A5p3gAAAAgBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658275" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FABEDAC" wp14:editId="216FCAF5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2514600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1510665</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2565400" cy="127000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 84"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -7089,51 +7122,51 @@
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="60114F81" id="Rectangle 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:198pt;margin-top:118.95pt;width:202pt;height:10pt;z-index:251658275;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3rwm45AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zU7kLUdLXqqghp&#10;gZUWPsBxnMTC8Zix27R8PWOn263gDZEHy+OZOZ5zfLK+O46GHRR6DbbmxSLnTFkJrbZ9zb9/2717&#10;z5kPwrbCgFU1PynP7zZv36wnV6kSBjCtQkYg1leTq/kQgquyzMtBjcIvwClLyQ5wFIFC7LMWxUTo&#10;o8nKPL/JJsDWIUjlPZ0+zEm+Sfhdp2T42nVeBWZqTrOFtGJam7hmm7WoehRu0PI8hviHKUahLV16&#10;gXoQQbA96r+gRi0RPHRhIWHMoOu0VIkDsSnyP9g8D8KpxIXE8e4ik/9/sPLL4dk9YRzdu0eQPzyz&#10;sB2E7dU9IkyDEi1dV0Shssn56tIQA0+trJk+Q0tPK/YBkgbHDscISOzYMUl9ukitjoFJOixXN6tl&#10;Ti8iKVeUtznt4xWieul26MNHBSOLm5ojPWVCF4dHH+bSl5I0PRjd7rQxKcC+2RpkB0HPvkvfGd1f&#10;lxkbiy3EthkxniSakVk0ka8aaE/EEmH2DnmdNgPgL84m8k3N/c+9QMWZ+WRJqQ/FchmNloLl6rak&#10;AK8zzXVGWElQNQ+czdttmM25d6j7gW4qEmkL96RupxPx16nOw5I3knRnH0fzXcep6vVv2/wGAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDNWbvJ3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUi9UZuGhibEqapKPQEHWiSu29hNIuJ1Gjtt+HuWExx3djTzplhPrhMXO4TWk4aHuQJhqfKm&#10;pVrDx2F3vwIRIpLBzpPV8G0DrMvbmwJz46/0bi/7WAsOoZCjhibGPpcyVI11GOa+t8S/kx8cRj6H&#10;WpoBrxzuOrlQKpUOW+KGBnu7bWz1tR+dBkwfzfntlLweXsYUs3pSu+Wn0np2N22eQUQ7xT8z/OIz&#10;OpTMdPQjmSA6DUmW8paoYZE8ZSDYsVKKlSMrS1ZkWcj/G8ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAPevCbjkAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM1Zu8nfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
+              <v:rect w14:anchorId="7336F632" id="Rectangle 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:198pt;margin-top:118.95pt;width:202pt;height:10pt;z-index:251658275;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3rwm45AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zU7kLUdLXqqghp&#10;gZUWPsBxnMTC8Zix27R8PWOn263gDZEHy+OZOZ5zfLK+O46GHRR6DbbmxSLnTFkJrbZ9zb9/2717&#10;z5kPwrbCgFU1PynP7zZv36wnV6kSBjCtQkYg1leTq/kQgquyzMtBjcIvwClLyQ5wFIFC7LMWxUTo&#10;o8nKPL/JJsDWIUjlPZ0+zEm+Sfhdp2T42nVeBWZqTrOFtGJam7hmm7WoehRu0PI8hviHKUahLV16&#10;gXoQQbA96r+gRi0RPHRhIWHMoOu0VIkDsSnyP9g8D8KpxIXE8e4ik/9/sPLL4dk9YRzdu0eQPzyz&#10;sB2E7dU9IkyDEi1dV0Shssn56tIQA0+trJk+Q0tPK/YBkgbHDscISOzYMUl9ukitjoFJOixXN6tl&#10;Ti8iKVeUtznt4xWieul26MNHBSOLm5ojPWVCF4dHH+bSl5I0PRjd7rQxKcC+2RpkB0HPvkvfGd1f&#10;lxkbiy3EthkxniSakVk0ka8aaE/EEmH2DnmdNgPgL84m8k3N/c+9QMWZ+WRJqQ/FchmNloLl6rak&#10;AK8zzXVGWElQNQ+czdttmM25d6j7gW4qEmkL96RupxPx16nOw5I3knRnH0fzXcep6vVv2/wGAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDNWbvJ3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUi9UZuGhibEqapKPQEHWiSu29hNIuJ1Gjtt+HuWExx3djTzplhPrhMXO4TWk4aHuQJhqfKm&#10;pVrDx2F3vwIRIpLBzpPV8G0DrMvbmwJz46/0bi/7WAsOoZCjhibGPpcyVI11GOa+t8S/kx8cRj6H&#10;WpoBrxzuOrlQKpUOW+KGBnu7bWz1tR+dBkwfzfntlLweXsYUs3pSu+Wn0np2N22eQUQ7xT8z/OIz&#10;OpTMdPQjmSA6DUmW8paoYZE8ZSDYsVKKlSMrS1ZkWcj/G8ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAPevCbjkAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM1Zu8nfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31C9CDDB" wp14:editId="40E0F9D4">
             <wp:extent cx="5153025" cy="2790825"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Picture 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -7313,54 +7346,62 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AA09589" w14:textId="77777777" w:rsidR="003D5E49" w:rsidRDefault="003D5E49">
       <w:r w:rsidRPr="00C42626">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Step 10:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Repeat steps 6 to 8 (step 9 optional) for each revenue and expense account </w:t>
       </w:r>
       <w:r w:rsidR="00BE2213">
         <w:t>for which</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> you want to have a budgeted amount. Select the Save button when finished. </w:t>
+        <w:t xml:space="preserve"> you want to have a budgeted amount. Select the Save button </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>when</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> finished. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9599FD" w14:textId="393ADA76" w:rsidR="003D5E49" w:rsidRDefault="003D5E49">
+    <w:p w14:paraId="2D9599FD" w14:textId="79D9E99E" w:rsidR="003D5E49" w:rsidRDefault="003D5E49">
       <w:r>
         <w:t xml:space="preserve">Once you have recorded your </w:t>
       </w:r>
       <w:r w:rsidR="004E60FD">
         <w:t>school</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> budget in QuickBooks Pro, you can send this budget</w:t>
       </w:r>
       <w:r w:rsidR="005235E2">
         <w:t xml:space="preserve"> in excel format</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by email to the Diocese of </w:t>
       </w:r>
       <w:r w:rsidR="00B86AF4">
         <w:t>Ogdensburg;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> please review</w:t>
       </w:r>
       <w:r w:rsidR="00DE5DCF">
         <w:t xml:space="preserve"> instructions for</w:t>
       </w:r>
       <w:r>
@@ -7392,73 +7433,73 @@
       </w:r>
       <w:r w:rsidR="00C42626">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Budget</w:t>
       </w:r>
       <w:r w:rsidR="008B5117">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE5DCF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Overview 20</w:t>
       </w:r>
       <w:r w:rsidR="005F061B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="002966C3">
+      <w:r w:rsidR="00093D80">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00DE5DCF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>-20</w:t>
       </w:r>
       <w:r w:rsidR="006662DA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="002966C3">
+      <w:r w:rsidR="00093D80">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00DE5DCF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C42626">
         <w:t xml:space="preserve"> Note</w:t>
       </w:r>
       <w:r w:rsidR="003F042C">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C42626">
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r w:rsidR="00B86AF4">
         <w:t xml:space="preserve"> you can compare your actual amounts with the budgeted amounts by selecting from the main menu Reports, and then select</w:t>
       </w:r>
@@ -7574,138 +7615,219 @@
       <w:r w:rsidR="000529F5" w:rsidRPr="00973FD9">
         <w:t>or Email at:</w:t>
       </w:r>
       <w:r w:rsidR="00973FD9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00227C06">
         <w:t>frary</w:t>
       </w:r>
       <w:r w:rsidR="00B063AB" w:rsidRPr="00DF0BC1">
         <w:t>@rcdony.org</w:t>
       </w:r>
       <w:r w:rsidR="0024026D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03B867EA" w14:textId="77777777" w:rsidR="00B063AB" w:rsidRPr="00973FD9" w:rsidRDefault="00B063AB" w:rsidP="00973FD9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B063AB" w:rsidRPr="00973FD9" w:rsidSect="00D51154">
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17BF186E" w14:textId="77777777" w:rsidR="00630E44" w:rsidRDefault="00630E44" w:rsidP="00B37B45">
+    <w:p w14:paraId="36FFCFEE" w14:textId="77777777" w:rsidR="001405E0" w:rsidRDefault="001405E0" w:rsidP="00B37B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D874D6E" w14:textId="77777777" w:rsidR="00630E44" w:rsidRDefault="00630E44" w:rsidP="00B37B45">
+    <w:p w14:paraId="2AFCD6A5" w14:textId="77777777" w:rsidR="001405E0" w:rsidRDefault="001405E0" w:rsidP="00B37B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="29286A1B" w14:textId="39E74A4C" w:rsidR="005E2CA4" w:rsidRPr="006D7878" w:rsidRDefault="006D7878" w:rsidP="005E2CA4">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>revised 2/</w:t>
+    </w:r>
+    <w:r w:rsidR="00741388">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>7/20</w:t>
+    </w:r>
+    <w:r w:rsidR="00741388">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>26</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B03EB57" w14:textId="77777777" w:rsidR="00630E44" w:rsidRDefault="00630E44" w:rsidP="00B37B45">
+    <w:p w14:paraId="1077990D" w14:textId="77777777" w:rsidR="001405E0" w:rsidRDefault="001405E0" w:rsidP="00B37B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C0BD2AE" w14:textId="77777777" w:rsidR="00630E44" w:rsidRDefault="00630E44" w:rsidP="00B37B45">
+    <w:p w14:paraId="00AF999F" w14:textId="77777777" w:rsidR="001405E0" w:rsidRDefault="001405E0" w:rsidP="00B37B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C2359A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="848C7C82"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="360"/>
       </w:pPr>
@@ -7797,290 +7919,319 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A23138"/>
     <w:rsid w:val="00006E17"/>
     <w:rsid w:val="0001460B"/>
     <w:rsid w:val="00031A2B"/>
     <w:rsid w:val="00033BB4"/>
     <w:rsid w:val="000423A9"/>
     <w:rsid w:val="00042531"/>
     <w:rsid w:val="000529F5"/>
     <w:rsid w:val="00064BBF"/>
     <w:rsid w:val="0007236A"/>
+    <w:rsid w:val="00082F9A"/>
+    <w:rsid w:val="00093D80"/>
     <w:rsid w:val="000A4017"/>
     <w:rsid w:val="000A7469"/>
     <w:rsid w:val="000B18B5"/>
     <w:rsid w:val="000B4503"/>
     <w:rsid w:val="000C0E58"/>
     <w:rsid w:val="000F6F53"/>
     <w:rsid w:val="00112765"/>
+    <w:rsid w:val="00114E55"/>
+    <w:rsid w:val="001405E0"/>
+    <w:rsid w:val="00154F96"/>
     <w:rsid w:val="001575EC"/>
     <w:rsid w:val="00160E8B"/>
     <w:rsid w:val="00182BF4"/>
     <w:rsid w:val="001970D8"/>
     <w:rsid w:val="001B0578"/>
     <w:rsid w:val="001C7637"/>
     <w:rsid w:val="001D14E7"/>
     <w:rsid w:val="0020101E"/>
     <w:rsid w:val="00210BF4"/>
     <w:rsid w:val="0021401D"/>
     <w:rsid w:val="0021699A"/>
     <w:rsid w:val="00221BF5"/>
     <w:rsid w:val="00227C06"/>
+    <w:rsid w:val="00230E04"/>
     <w:rsid w:val="0024026D"/>
     <w:rsid w:val="00286256"/>
     <w:rsid w:val="002966C3"/>
     <w:rsid w:val="002D2BB9"/>
+    <w:rsid w:val="002E7E19"/>
     <w:rsid w:val="002F01E3"/>
     <w:rsid w:val="002F1CA6"/>
     <w:rsid w:val="002F4E95"/>
     <w:rsid w:val="002F58B3"/>
     <w:rsid w:val="0032154D"/>
     <w:rsid w:val="00322FEE"/>
     <w:rsid w:val="00334CB4"/>
     <w:rsid w:val="00345BFA"/>
     <w:rsid w:val="0035116C"/>
     <w:rsid w:val="00366A4C"/>
     <w:rsid w:val="00367898"/>
     <w:rsid w:val="003A1B30"/>
     <w:rsid w:val="003A55A6"/>
     <w:rsid w:val="003B2FD9"/>
     <w:rsid w:val="003C678C"/>
+    <w:rsid w:val="003D56AA"/>
     <w:rsid w:val="003D5E49"/>
     <w:rsid w:val="003D772B"/>
     <w:rsid w:val="003F042C"/>
     <w:rsid w:val="004007A3"/>
     <w:rsid w:val="00404464"/>
     <w:rsid w:val="00416F53"/>
     <w:rsid w:val="00431AAD"/>
+    <w:rsid w:val="00441A53"/>
     <w:rsid w:val="004467E1"/>
     <w:rsid w:val="00483226"/>
     <w:rsid w:val="00487B0A"/>
     <w:rsid w:val="0049500F"/>
     <w:rsid w:val="004D32F8"/>
+    <w:rsid w:val="004D6E00"/>
     <w:rsid w:val="004E489F"/>
     <w:rsid w:val="004E60FD"/>
     <w:rsid w:val="004F7121"/>
+    <w:rsid w:val="0050328E"/>
     <w:rsid w:val="00510248"/>
     <w:rsid w:val="00510B12"/>
     <w:rsid w:val="005235E2"/>
     <w:rsid w:val="0052522E"/>
     <w:rsid w:val="00525CAC"/>
     <w:rsid w:val="00526A66"/>
     <w:rsid w:val="005424E5"/>
     <w:rsid w:val="00554E9C"/>
     <w:rsid w:val="00562EF3"/>
     <w:rsid w:val="005674C9"/>
     <w:rsid w:val="00583313"/>
     <w:rsid w:val="005B0B66"/>
     <w:rsid w:val="005C0D84"/>
     <w:rsid w:val="005D2E81"/>
+    <w:rsid w:val="005E2CA4"/>
     <w:rsid w:val="005F061B"/>
     <w:rsid w:val="00617A81"/>
     <w:rsid w:val="00630E44"/>
     <w:rsid w:val="006310E9"/>
     <w:rsid w:val="00647D8D"/>
     <w:rsid w:val="00651B77"/>
+    <w:rsid w:val="00656329"/>
     <w:rsid w:val="006662DA"/>
     <w:rsid w:val="00694552"/>
     <w:rsid w:val="006A02E1"/>
     <w:rsid w:val="006C2437"/>
     <w:rsid w:val="006C5252"/>
+    <w:rsid w:val="006D7878"/>
     <w:rsid w:val="006F100F"/>
     <w:rsid w:val="007021EB"/>
+    <w:rsid w:val="007230D7"/>
     <w:rsid w:val="0072424C"/>
+    <w:rsid w:val="00741388"/>
     <w:rsid w:val="0074779A"/>
     <w:rsid w:val="007A5737"/>
     <w:rsid w:val="007B08DA"/>
     <w:rsid w:val="007C2B4F"/>
     <w:rsid w:val="007D6F61"/>
+    <w:rsid w:val="007F3E25"/>
     <w:rsid w:val="00803CF4"/>
     <w:rsid w:val="0080662C"/>
     <w:rsid w:val="008138E6"/>
     <w:rsid w:val="0082056C"/>
     <w:rsid w:val="008219D1"/>
+    <w:rsid w:val="00830AD1"/>
     <w:rsid w:val="008356A0"/>
     <w:rsid w:val="008370BD"/>
     <w:rsid w:val="008403AB"/>
     <w:rsid w:val="0086227D"/>
     <w:rsid w:val="00882A4E"/>
     <w:rsid w:val="008841C0"/>
     <w:rsid w:val="0088672B"/>
     <w:rsid w:val="00894F2A"/>
     <w:rsid w:val="008A5205"/>
     <w:rsid w:val="008B006F"/>
     <w:rsid w:val="008B5117"/>
     <w:rsid w:val="008D3341"/>
+    <w:rsid w:val="008E4751"/>
     <w:rsid w:val="00900380"/>
     <w:rsid w:val="00920020"/>
     <w:rsid w:val="0093398E"/>
     <w:rsid w:val="009536BC"/>
     <w:rsid w:val="00955E4E"/>
     <w:rsid w:val="00973FD9"/>
     <w:rsid w:val="00977D28"/>
     <w:rsid w:val="009A35B3"/>
+    <w:rsid w:val="009B7122"/>
     <w:rsid w:val="009D5954"/>
     <w:rsid w:val="009F2BDD"/>
     <w:rsid w:val="00A03974"/>
     <w:rsid w:val="00A05C58"/>
     <w:rsid w:val="00A17F78"/>
     <w:rsid w:val="00A23138"/>
     <w:rsid w:val="00A3256D"/>
     <w:rsid w:val="00A43761"/>
     <w:rsid w:val="00A4540C"/>
     <w:rsid w:val="00AA6EB6"/>
     <w:rsid w:val="00AB2E6E"/>
     <w:rsid w:val="00AD028D"/>
+    <w:rsid w:val="00AD094A"/>
     <w:rsid w:val="00AE00E1"/>
     <w:rsid w:val="00AE124A"/>
+    <w:rsid w:val="00B01823"/>
     <w:rsid w:val="00B063AB"/>
+    <w:rsid w:val="00B20888"/>
     <w:rsid w:val="00B25193"/>
     <w:rsid w:val="00B30818"/>
     <w:rsid w:val="00B322E3"/>
     <w:rsid w:val="00B37090"/>
     <w:rsid w:val="00B37B45"/>
     <w:rsid w:val="00B71CEF"/>
     <w:rsid w:val="00B73DA9"/>
     <w:rsid w:val="00B86AF4"/>
     <w:rsid w:val="00B944B8"/>
     <w:rsid w:val="00B958BC"/>
     <w:rsid w:val="00BD1A49"/>
     <w:rsid w:val="00BE2213"/>
     <w:rsid w:val="00BF6100"/>
     <w:rsid w:val="00C14C9A"/>
     <w:rsid w:val="00C42626"/>
     <w:rsid w:val="00C4584D"/>
     <w:rsid w:val="00C50D6A"/>
     <w:rsid w:val="00C52B89"/>
     <w:rsid w:val="00C949F6"/>
     <w:rsid w:val="00CA7C9A"/>
+    <w:rsid w:val="00CB19BD"/>
     <w:rsid w:val="00CD2819"/>
     <w:rsid w:val="00CE4ADC"/>
     <w:rsid w:val="00CF601F"/>
+    <w:rsid w:val="00D06029"/>
     <w:rsid w:val="00D11C61"/>
     <w:rsid w:val="00D51154"/>
     <w:rsid w:val="00D76EFF"/>
     <w:rsid w:val="00D84B9F"/>
     <w:rsid w:val="00D86E3F"/>
     <w:rsid w:val="00DE5DCF"/>
     <w:rsid w:val="00DE69A9"/>
     <w:rsid w:val="00DF0BC1"/>
     <w:rsid w:val="00E035B1"/>
     <w:rsid w:val="00E1314E"/>
     <w:rsid w:val="00E14B0B"/>
+    <w:rsid w:val="00E20143"/>
     <w:rsid w:val="00E373BE"/>
     <w:rsid w:val="00E51A84"/>
+    <w:rsid w:val="00EA134C"/>
     <w:rsid w:val="00EA1E3D"/>
     <w:rsid w:val="00EA34D3"/>
     <w:rsid w:val="00EA7CB1"/>
     <w:rsid w:val="00EA7CD8"/>
     <w:rsid w:val="00ED01BB"/>
     <w:rsid w:val="00ED70AA"/>
     <w:rsid w:val="00EF2D31"/>
     <w:rsid w:val="00EF7A29"/>
     <w:rsid w:val="00F2726F"/>
     <w:rsid w:val="00F46C68"/>
     <w:rsid w:val="00F5651D"/>
     <w:rsid w:val="00F8350B"/>
     <w:rsid w:val="00F93828"/>
     <w:rsid w:val="00F958CD"/>
     <w:rsid w:val="00FA6A75"/>
     <w:rsid w:val="00FB07D9"/>
     <w:rsid w:val="00FB4511"/>
+    <w:rsid w:val="00FE1527"/>
     <w:rsid w:val="00FE526E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6DBCC114"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{761F2047-0941-47AE-8354-B3491897BB0C}"/>
+  <w15:docId w15:val="{809D35F6-B8F6-4807-A882-267251709F34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8597,51 +8748,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1849102939">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8908,72 +9059,63 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9926944a-7876-4544-842a-23459bf685f0" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="98bf7004-6a99-4dd1-80b1-0df2c71c8123">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98bf7004-6a99-4dd1-80b1-0df2c71c8123" xmlns:ns3="9926944a-7876-4544-842a-23459bf685f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f735d5e1114cf2087ab54c81a461a1fb" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004C0EF440E56FBE42B09F7F3C4308A6E5" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2e4369b932fbb196d4c30ae128969935">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98bf7004-6a99-4dd1-80b1-0df2c71c8123" xmlns:ns3="9926944a-7876-4544-842a-23459bf685f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="49a308798513b27bdf0182b90aae0617" ns2:_="" ns3:_="">
     <xsd:import namespace="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
     <xsd:import namespace="9926944a-7876-4544-842a-23459bf685f0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -9176,141 +9318,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82385365-2316-4A39-89FC-466C9898FF99}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9926944a-7876-4544-842a-23459bf685f0"/>
     <ds:schemaRef ds:uri="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA40BFAB-215F-4362-A3A8-70E62038607E}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15299409-1F9E-47F3-AAA0-6923B77CF46C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
     <ds:schemaRef ds:uri="9926944a-7876-4544-842a-23459bf685f0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{532B1C78-28B9-416D-B4B2-94292E6CDCE6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1032</Words>
-  <Characters>5885</Characters>
+  <Words>1170</Words>
+  <Characters>5747</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>117</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Diocese of Ogdensburg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6904</CharactersWithSpaces>
+  <CharactersWithSpaces>6871</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vincent M. Thouin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004C0EF440E56FBE42B09F7F3C4308A6E5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">