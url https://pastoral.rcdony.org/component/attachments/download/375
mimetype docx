--- v0 (2025-10-21)
+++ v1 (2026-02-28)
@@ -20,51 +20,51 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7262838B" w14:textId="432C168C" w:rsidR="001B1C8E" w:rsidRDefault="00173094" w:rsidP="00117109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3694"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01A84419" wp14:editId="2F492E80">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01A84419" wp14:editId="2F492E80">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-348615</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>137795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="804545" cy="1127760"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="31" name="Picture 31" descr="chancery crest clean"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 31" descr="chancery crest clean"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -211,255 +211,255 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>100 ELIZABETH</w:t>
       </w:r>
       <w:r w:rsidRPr="005C5870">
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> STREET </w:t>
       </w:r>
       <w:r w:rsidRPr="005C5870">
         <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="005C5870">
+        <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
+        <w:t xml:space="preserve"> P.O. BOX 369 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="005C5870">
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> P.O. BOX 369 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C5870">
+        <w:t xml:space="preserve"> OGDENSBURG, NEW YORK  13669</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772F590D" w14:textId="77777777" w:rsidR="001B1C8E" w:rsidRPr="005C5870" w:rsidRDefault="001B1C8E" w:rsidP="001B1C8E">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F0B7"/>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="005C5870">
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> OGDENSBURG, NEW YORK  13669</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">TELEPHONE:  315-393-2920 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> FAX:  </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C5870">
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">TELEPHONE:  315-393-2920 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C5870">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F0B7"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>-866</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C5870">
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> FAX:  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C5870">
+        <w:t>-3</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C5870">
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>-866</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C5870">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>-3</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>7296</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C5870">
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>14</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> email: ecoughlin@</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3415B">
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>7296</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C5870">
+        <w:t>rc</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C5870">
+        <w:t>don</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3415B">
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F0B7"/>
+        <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="000080"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> email: ecoughlin@</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>.org</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E782C59" w14:textId="77777777" w:rsidR="001B1C8E" w:rsidRDefault="001B1C8E" w:rsidP="001B1C8E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="134A5070" w14:textId="77777777" w:rsidR="001B1C8E" w:rsidRPr="00113169" w:rsidRDefault="001B1C8E" w:rsidP="001B1C8E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24FCA724" w14:textId="77777777" w:rsidR="001B1C8E" w:rsidRDefault="00173094" w:rsidP="001B1C8E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2589BFEA" wp14:editId="30944A10">
+              <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2589BFEA" wp14:editId="30944A10">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-634365</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>43815</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7200900" cy="113665"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="28" name="Rectangle 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7200900" cy="113665"/>
                         </a:xfrm>
@@ -498,101 +498,101 @@
                                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                   <a:srgbClr val="CCCCCC"/>
                                 </a:outerShdw>
                               </a:effectLst>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36576" tIns="36576" rIns="36576" bIns="36576" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="679A2291" id="Rectangle 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:-49.95pt;margin-top:3.45pt;width:567pt;height:8.95pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:2.88pt;mso-wrap-distance-top:2.88pt;mso-wrap-distance-right:2.88pt;mso-wrap-distance-bottom:2.88pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiy0uOJgIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2y3S5oZcYouRYYB&#10;3QfQDTsrsmwLk0WNUuJ0v36U7KTBehuWgyJKIvneI+nV7bE37KDQa7AVL2Y5Z8pKqLVtK/792/bN&#10;kjMfhK2FAasq/qQ8v12/frUaXKmuoANTK2QUxPpycBXvQnBllnnZqV74GThl6bIB7EUgE9usRjFQ&#10;9N5kV3m+yAbA2iFI5T2d3o+XfJ3iN42S4UvTeBWYqThhC2nFtO7imq1XomxRuE7LCYb4BxS90JaS&#10;nkPdiyDYHvWLUL2WCB6aMJPQZ9A0WqrEgdgU+V9sHjvhVOJC4nh3lsn/v7Dy8+HRfcUI3bsHkD89&#10;s7DphG3VHSIMnRI1pSuiUNngfHl2iIYnV7YbPkFNpRX7AEmDY4N9DEjs2DFJ/XSWWh0Dk3R4Q8V7&#10;l1NFJN0VxfViMU8pRHnydujDBwU9i5uKI5UyRReHBx8iGlGenkzC11ttDEMIP3ToknYReLr05DNu&#10;mAPik6djj+1uY5AdBHXH++1ms11OIFp/+brI4++lSzxdph4iMNEl/U2pjLaMZKz4/G18R1S9FEbV&#10;JzFTryTIMZWxcbUQKYzkxhOVenhifJI8drcvd1A/kfzEN2lMQ0ibDvA3ZwM1dMX9r71AxZn5aIny&#10;9WJ+s6AJuDTw0thdGsJKClXxwIlE3G7CODV7h7rtKNOorIU7KnujU0WeUU3NQk07ijIOWJyKSzu9&#10;ev4MrP8AAAD//wMAUEsDBBQABgAIAAAAIQC5nlyZ4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NasMwEITvhb6D2EIvJZHimhC7lkPpD4WGHur60KNibSxTa2UsJXbfvsopPQ3LDDPfFtvZ9uyE&#10;o+8cSVgtBTCkxumOWgn11+tiA8wHRVr1jlDCL3rYltdXhcq1m+gTT1VoWSwhnysJJoQh59w3Bq3y&#10;SzcgRe/gRqtCPMeW61FNsdz2PBFiza3qKC4YNeCTweanOloJ4e39WWB1uNvVH4mbEvP9Uu9SKW9v&#10;5scHYAHncAnDGT+iQxmZ9u5I2rNewiLLshiVsI5y9sV9ugK2l5CkG+Blwf9/UP4BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAIstLjiYCAABOBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAuZ5cmeEAAAAJAQAADwAAAAAAAAAAAAAAAACABAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" fillcolor="#bfccf8" stroked="f" strokecolor="navy" strokeweight="0" insetpen="t">
+              <v:rect w14:anchorId="3F21F542" id="Rectangle 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:-49.95pt;margin-top:3.45pt;width:567pt;height:8.95pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:2.88pt;mso-wrap-distance-top:2.88pt;mso-wrap-distance-right:2.88pt;mso-wrap-distance-bottom:2.88pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiy0uOJgIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2y3S5oZcYouRYYB&#10;3QfQDTsrsmwLk0WNUuJ0v36U7KTBehuWgyJKIvneI+nV7bE37KDQa7AVL2Y5Z8pKqLVtK/792/bN&#10;kjMfhK2FAasq/qQ8v12/frUaXKmuoANTK2QUxPpycBXvQnBllnnZqV74GThl6bIB7EUgE9usRjFQ&#10;9N5kV3m+yAbA2iFI5T2d3o+XfJ3iN42S4UvTeBWYqThhC2nFtO7imq1XomxRuE7LCYb4BxS90JaS&#10;nkPdiyDYHvWLUL2WCB6aMJPQZ9A0WqrEgdgU+V9sHjvhVOJC4nh3lsn/v7Dy8+HRfcUI3bsHkD89&#10;s7DphG3VHSIMnRI1pSuiUNngfHl2iIYnV7YbPkFNpRX7AEmDY4N9DEjs2DFJ/XSWWh0Dk3R4Q8V7&#10;l1NFJN0VxfViMU8pRHnydujDBwU9i5uKI5UyRReHBx8iGlGenkzC11ttDEMIP3ToknYReLr05DNu&#10;mAPik6djj+1uY5AdBHXH++1ms11OIFp/+brI4++lSzxdph4iMNEl/U2pjLaMZKz4/G18R1S9FEbV&#10;JzFTryTIMZWxcbUQKYzkxhOVenhifJI8drcvd1A/kfzEN2lMQ0ibDvA3ZwM1dMX9r71AxZn5aIny&#10;9WJ+s6AJuDTw0thdGsJKClXxwIlE3G7CODV7h7rtKNOorIU7KnujU0WeUU3NQk07ijIOWJyKSzu9&#10;ev4MrP8AAAD//wMAUEsDBBQABgAIAAAAIQC5nlyZ4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NasMwEITvhb6D2EIvJZHimhC7lkPpD4WGHur60KNibSxTa2UsJXbfvsopPQ3LDDPfFtvZ9uyE&#10;o+8cSVgtBTCkxumOWgn11+tiA8wHRVr1jlDCL3rYltdXhcq1m+gTT1VoWSwhnysJJoQh59w3Bq3y&#10;SzcgRe/gRqtCPMeW61FNsdz2PBFiza3qKC4YNeCTweanOloJ4e39WWB1uNvVH4mbEvP9Uu9SKW9v&#10;5scHYAHncAnDGT+iQxmZ9u5I2rNewiLLshiVsI5y9sV9ugK2l5CkG+Blwf9/UP4BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAIstLjiYCAABOBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAuZ5cmeEAAAAJAQAADwAAAAAAAAAAAAAAAACABAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" fillcolor="#bfccf8" stroked="f" strokecolor="navy" strokeweight="0" insetpen="t">
                 <v:fill color2="navy" rotate="t" focus="100%" type="gradient"/>
                 <v:shadow color="#ccc"/>
                 <v:textbox inset="2.88pt,2.88pt,2.88pt,2.88pt"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF4847D" w14:textId="77777777" w:rsidR="001B1C8E" w:rsidRDefault="001B1C8E" w:rsidP="001B1C8E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E8B916A" w14:textId="68DC4E83" w:rsidR="0032345B" w:rsidRDefault="0032345B">
+    <w:p w14:paraId="7E8B916A" w14:textId="7DB32651" w:rsidR="0032345B" w:rsidRDefault="0032345B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3556E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>July 1, 20</w:t>
       </w:r>
       <w:r w:rsidR="004F6D0E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00065C80">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00CF0B88">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5961EFD2" w14:textId="77777777" w:rsidR="000B230C" w:rsidRDefault="000B230C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47487AC1" w14:textId="77777777" w:rsidR="00647C0C" w:rsidRDefault="00647C0C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D3A3910" w14:textId="4A4DB5A5" w:rsidR="00112F07" w:rsidRDefault="00112F07" w:rsidP="00112F07">
@@ -916,86 +916,86 @@
         </w:rPr>
         <w:t xml:space="preserve"> Financial Report, but must never add new main accounts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In almost all situations, the numbered accounts given in the report will be sufficient for the recording of all school receipts and expenditures. If a change is needed, please consult with the Diocesan Coordinator of Parish Audits and Fiscal Support Services before making any modification. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E543852" w14:textId="77777777" w:rsidR="0069042F" w:rsidRDefault="0069042F" w:rsidP="00112F07">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F29C46" w14:textId="0F25522C" w:rsidR="00112F07" w:rsidRDefault="00112F07" w:rsidP="00112F07">
+    <w:p w14:paraId="16F29C46" w14:textId="5524A626" w:rsidR="00112F07" w:rsidRDefault="00112F07" w:rsidP="00112F07">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As a first step please complete your bank reconciliation(s) so that you know bank records are reconciled with your </w:t>
       </w:r>
       <w:r w:rsidR="00875C47">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>school</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> financial records as of June 30, 20</w:t>
       </w:r>
       <w:r w:rsidR="004F6D0E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00065C80">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00C37851">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7461EE23" w14:textId="77777777" w:rsidR="0032345B" w:rsidRDefault="0032345B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4917E225" w14:textId="77777777" w:rsidR="00FA38D6" w:rsidRDefault="00FA38D6" w:rsidP="00451084">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40B7F876" w14:textId="21F1A84D" w:rsidR="003223FE" w:rsidRPr="003223FE" w:rsidRDefault="003223FE" w:rsidP="00685D6D">
@@ -1033,144 +1033,141 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Data through QuickBooks</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC39889" w14:textId="77777777" w:rsidR="003223FE" w:rsidRDefault="003223FE" w:rsidP="003223FE"/>
     <w:p w14:paraId="30BD97C3" w14:textId="4C0D1189" w:rsidR="00E21EC2" w:rsidRDefault="003223FE" w:rsidP="00991391">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You will send us </w:t>
       </w:r>
       <w:r w:rsidR="00E21EC2">
         <w:t xml:space="preserve">the following </w:t>
       </w:r>
       <w:r w:rsidR="00875C47">
         <w:t>QuickBooks reports</w:t>
       </w:r>
       <w:r w:rsidR="00067166">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F00C60C" w14:textId="77777777" w:rsidR="00E21EC2" w:rsidRDefault="00931880" w:rsidP="00E21EC2">
+    <w:p w14:paraId="3F00C60C" w14:textId="66033C98" w:rsidR="00E21EC2" w:rsidRDefault="00931880" w:rsidP="00E21EC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">School Profit &amp; Loss </w:t>
       </w:r>
       <w:r w:rsidR="00E21EC2">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00875C47">
         <w:t>School</w:t>
       </w:r>
       <w:r w:rsidR="00067166">
         <w:t xml:space="preserve"> Profit &amp; Loss</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Class if your school has a Pre-K program</w:t>
       </w:r>
       <w:r w:rsidR="00E21EC2">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00875C47">
         <w:t xml:space="preserve"> dated July 1, 20</w:t>
       </w:r>
       <w:r w:rsidR="00D41FE2">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E347AE">
-        <w:t>4</w:t>
+      <w:r w:rsidR="0012339A">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00DC632A">
         <w:t xml:space="preserve"> to June 30, 20</w:t>
       </w:r>
       <w:r w:rsidR="001B50E5">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E347AE">
-[...3 lines deleted...]
-    <w:p w14:paraId="289F3F0C" w14:textId="77777777" w:rsidR="00DE3BEA" w:rsidRDefault="00BF3038" w:rsidP="00E21EC2">
+      <w:r w:rsidR="0012339A">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289F3F0C" w14:textId="02719678" w:rsidR="00DE3BEA" w:rsidRDefault="00BF3038" w:rsidP="00E21EC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Previous Year Comparison </w:t>
       </w:r>
       <w:r w:rsidR="00067166">
         <w:t>Balance Sheet dated June 30, 20</w:t>
       </w:r>
       <w:r w:rsidR="001B50E5">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E21EC2">
-[...3 lines deleted...]
-    <w:p w14:paraId="10B4FDBA" w14:textId="77777777" w:rsidR="00DE3BEA" w:rsidRDefault="00067166" w:rsidP="00E21EC2">
+      <w:r w:rsidR="0012339A">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B4FDBA" w14:textId="38265809" w:rsidR="00DE3BEA" w:rsidRDefault="00067166" w:rsidP="00E21EC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Trial Balance</w:t>
       </w:r>
       <w:r w:rsidR="00831319">
         <w:t xml:space="preserve"> dated June 30, 20</w:t>
       </w:r>
       <w:r w:rsidR="001B50E5">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E21EC2">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="0012339A">
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B03B86" w14:textId="77777777" w:rsidR="00DE3BEA" w:rsidRDefault="00DE3BEA" w:rsidP="00DE3BEA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F8FA87A" w14:textId="77777777" w:rsidR="00647C0C" w:rsidRDefault="00647C0C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="26BFBF86" w14:textId="5BE23171" w:rsidR="003223FE" w:rsidRDefault="003223FE" w:rsidP="00DE3BEA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>We will take you step</w:t>
       </w:r>
       <w:r w:rsidR="00067166">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>by</w:t>
@@ -1312,51 +1309,51 @@
       </w:r>
       <w:r w:rsidR="008A4214">
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60640434" w14:textId="5803E0F4" w:rsidR="003223FE" w:rsidRDefault="003223FE" w:rsidP="006038AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Send report as Excel </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78021967" w14:textId="77777777" w:rsidR="003223FE" w:rsidRDefault="003223FE" w:rsidP="003223FE"/>
     <w:p w14:paraId="03956E72" w14:textId="04B309D1" w:rsidR="00DA2646" w:rsidRDefault="0024382B" w:rsidP="003223FE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664403" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="638C4933" wp14:editId="1BDF974F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="638C4933" wp14:editId="1BDF974F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3591763</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>145694</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="694944" cy="260452"/>
                 <wp:effectExtent l="19050" t="19050" r="10160" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1428924068" name="Oval 17"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="694944" cy="260452"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -1374,67 +1371,277 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="3DCCB0AD" id="Oval 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:282.8pt;margin-top:11.45pt;width:54.7pt;height:20.5pt;z-index:251664403;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqGOX2gwIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7YDp22COkXQosOA&#10;oA2WDj2rslQLkEVNUuJkXz9KdpxgLXYYdrEpkXwkn0je3O5bTXbCeQWmosVFTokwHGpl3ir64/nh&#10;yzUlPjBTMw1GVPQgPL1dfP5009m5mEADuhaOIIjx885WtAnBzrPM80a0zF+AFQaVElzLAh7dW1Y7&#10;1iF6q7NJnl9mHbjaOuDCe7y975V0kfClFDw8SelFILqimFtIX5e+r/GbLW7Y/M0x2yg+pMH+IYuW&#10;KYNBR6h7FhjZOvUOqlXcgQcZLji0GUipuEg1YDVF/kc1m4ZZkWpBcrwdafL/D5Y/7jZ27ZCGzvq5&#10;RzFWsZeujX/Mj+wTWYeRLLEPhOPl5ayclSUlHFWTy7ycTiKZ2cnZOh++CmhJFCoqtFbWx3LYnO1W&#10;PvTWR6t4beBBaZ2eRBvSIe719GqaPDxoVUdttEvdIe60IzuG7xr2xRD6zAoT0QbzOZWVpHDQIkJo&#10;811IomosZNIHiB13wmScCxOKXtWwWvShimmep6ZB+DGLVHUCjMgSkxyxB4CPsXsCBvvoKlLDjs75&#10;3xLrnUePFBlMGJ1bZcB9BKCxqiFyb38kqacmsvQK9WHtiIN+XLzlDwrfcMV8WDOH84GThDMfnvAj&#10;NeBDwSBR0oD79dF9tMe2RS0lHc5bRf3PLXOCEv3NYEPPirKMA5oO5fRqggd3rnk915htewf49AVu&#10;F8uTGO2DPorSQfuCq2EZo6KKGY6xK8qDOx7uQr8HcLlwsVwmMxxKy8LKbCyP4JHV2KDP+xfm7NDI&#10;ASfgEY6z+a6Ze9voaWC5DSBV6vQTrwPfONCpcYblEzfG+TlZnVbk4jcAAAD//wMAUEsDBBQABgAI&#10;AAAAIQARVeFu3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqENQAk3j&#10;VIiX2BSJkA9w4mliGtvBdtPw9wwr2M1oju6cW24XM7IZfdDOCrheJcDQdk5p2wtoPp6v7oCFKK2S&#10;o7Mo4BsDbKvzs1IWyp3sO8517BmF2FBIAUOMU8F56AY0MqzchJZue+eNjLT6nisvTxRuRp4mSc6N&#10;1JY+DHLChwG7Q300Ag4vjff8dX7a1U379mm+9Py400JcXiz3G2ARl/gHw68+qUNFTq07WhXYKCDL&#10;s5xQAWm6BkZAfptRuZaGmzXwquT/G1Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKoY&#10;5faDAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ABFV4W7fAAAACQEAAA8AAAAAAAAAAAAAAAAA3QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:oval w14:anchorId="44B6EE65" id="Oval 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:282.8pt;margin-top:11.45pt;width:54.7pt;height:20.5pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqGOX2gwIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7YDp22COkXQosOA&#10;oA2WDj2rslQLkEVNUuJkXz9KdpxgLXYYdrEpkXwkn0je3O5bTXbCeQWmosVFTokwHGpl3ir64/nh&#10;yzUlPjBTMw1GVPQgPL1dfP5009m5mEADuhaOIIjx885WtAnBzrPM80a0zF+AFQaVElzLAh7dW1Y7&#10;1iF6q7NJnl9mHbjaOuDCe7y975V0kfClFDw8SelFILqimFtIX5e+r/GbLW7Y/M0x2yg+pMH+IYuW&#10;KYNBR6h7FhjZOvUOqlXcgQcZLji0GUipuEg1YDVF/kc1m4ZZkWpBcrwdafL/D5Y/7jZ27ZCGzvq5&#10;RzFWsZeujX/Mj+wTWYeRLLEPhOPl5ayclSUlHFWTy7ycTiKZ2cnZOh++CmhJFCoqtFbWx3LYnO1W&#10;PvTWR6t4beBBaZ2eRBvSIe719GqaPDxoVUdttEvdIe60IzuG7xr2xRD6zAoT0QbzOZWVpHDQIkJo&#10;811IomosZNIHiB13wmScCxOKXtWwWvShimmep6ZB+DGLVHUCjMgSkxyxB4CPsXsCBvvoKlLDjs75&#10;3xLrnUePFBlMGJ1bZcB9BKCxqiFyb38kqacmsvQK9WHtiIN+XLzlDwrfcMV8WDOH84GThDMfnvAj&#10;NeBDwSBR0oD79dF9tMe2RS0lHc5bRf3PLXOCEv3NYEPPirKMA5oO5fRqggd3rnk915htewf49AVu&#10;F8uTGO2DPorSQfuCq2EZo6KKGY6xK8qDOx7uQr8HcLlwsVwmMxxKy8LKbCyP4JHV2KDP+xfm7NDI&#10;ASfgEY6z+a6Ze9voaWC5DSBV6vQTrwPfONCpcYblEzfG+TlZnVbk4jcAAAD//wMAUEsDBBQABgAI&#10;AAAAIQARVeFu3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqENQAk3j&#10;VIiX2BSJkA9w4mliGtvBdtPw9wwr2M1oju6cW24XM7IZfdDOCrheJcDQdk5p2wtoPp6v7oCFKK2S&#10;o7Mo4BsDbKvzs1IWyp3sO8517BmF2FBIAUOMU8F56AY0MqzchJZue+eNjLT6nisvTxRuRp4mSc6N&#10;1JY+DHLChwG7Q300Ag4vjff8dX7a1U379mm+9Py400JcXiz3G2ARl/gHw68+qUNFTq07WhXYKCDL&#10;s5xQAWm6BkZAfptRuZaGmzXwquT/G1Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKoY&#10;5faDAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ABFV4W7fAAAACQEAAA8AAAAAAAAAAAAAAAAA3QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BABFCB" w14:textId="263E3FE3" w:rsidR="00DA2646" w:rsidRDefault="00173094" w:rsidP="003223FE">
+    <w:p w14:paraId="16BABFCB" w14:textId="23D3D4C6" w:rsidR="00DA2646" w:rsidRDefault="00AC68AA" w:rsidP="003223FE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43EA2609" wp14:editId="40C41CA3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660298" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FBFE5F7" wp14:editId="41C28F08">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2724150</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>374650</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="622300" cy="203200"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="755201183" name="Text Box 13"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="622300" cy="203200"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="29F279A9" w14:textId="181AA81B" w:rsidR="00AC68AA" w:rsidRPr="00AC68AA" w:rsidRDefault="00AC68AA">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00AC68AA">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>6/30/2026</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="0FBFE5F7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 13" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:214.5pt;margin-top:29.5pt;width:49pt;height:16pt;z-index:251660298;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3Tx+uKgIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+w4abcZcYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0o2flY29Owi0yK1BPJ9+TZXdcochDW1aALOh6llAjNoaz1rqA/n1ef&#10;vlDiPNMlU6BFQY/C0bv5xw+z1uQigwpUKSxBEO3y1hS08t7kSeJ4JRrmRmCExqAE2zCPrt0lpWUt&#10;ojcqydL0NmnBlsYCF87h7n0fpPOIL6Xg/lFKJzxRBcXafFxtXLdhTeYzlu8sM1XNhzLYP1TRsFrj&#10;pWeoe+YZ2dv6DVRTcwsOpB9xaBKQsuYi9oDdjNNX3WwqZkTsBYfjzHlM7v/B8ofDxjxZ4rtv0CGB&#10;YSCtcbnDzdBPJ20TvlgpwTiO8Hgem+g84bh5m2WTFCMcQ1k6QVoCSnI5bKzz3wU0JBgFtchKHBY7&#10;rJ3vU08p4S4Hqi5XtVLRCUoQS2XJgSGHyscSEfyvLKVJi4VMbtIIrCEc75GVxlouLQXLd9tu6HML&#10;5RHbt9Arwxm+qrHINXP+iVmUAvaF8vaPuEgFeAkMFiUV2N/v7Yd8ZAijlLQorYK6X3tmBSXqh0bu&#10;vo6n06DF6ExvPmfo2OvI9jqi980SsPMxPiTDoxnyvTqZ0kLzgq9gEW7FENMc7y6oP5lL3wseXxEX&#10;i0VMQvUZ5td6Y3iADpMOFDx3L8yagSePBD/ASYQsf0VXnxtOaljsPcg6chkG3E91mDsqN6pheGXh&#10;aVz7MevyL5j/AQAA//8DAFBLAwQUAAYACAAAACEAvcRHpeEAAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU/DMAyF70j8h8hIXBBL11HGStMJIWASN9YNxC1rTFvROFWTteXf453gZFvv6fl72Xqy&#10;rRiw940jBfNZBAKpdKahSsGueL6+A+GDJqNbR6jgBz2s8/OzTKfGjfSGwzZUgkPIp1pBHUKXSunL&#10;Gq32M9chsfbleqsDn30lTa9HDretjKPoVlrdEH+odYePNZbf26NV8HlVfbz66WU/LpJF97QZiuW7&#10;KZS6vJge7kEEnMKfGU74jA45Mx3ckYwXrYKbeMVdgoLkNNmQxEteDgpW8whknsn/DfJfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPdPH64qAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL3ER6XhAAAACQEAAA8AAAAAAAAAAAAAAAAAhAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="29F279A9" w14:textId="181AA81B" w:rsidR="00AC68AA" w:rsidRPr="00AC68AA" w:rsidRDefault="00AC68AA">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00AC68AA">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>6/30/2026</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659274" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37039122" wp14:editId="01C12B80">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1593850</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>381000</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="577850" cy="196850"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1732467230" name="Text Box 12"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="577850" cy="196850"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1A0932E3" w14:textId="6213971B" w:rsidR="00427CA0" w:rsidRPr="00AC68AA" w:rsidRDefault="00427CA0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00AC68AA">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>7/1/2025</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="37039122" id="Text Box 12" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:125.5pt;margin-top:30pt;width:45.5pt;height:15.5pt;z-index:251659274;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEyBcsKwIAAFoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xkebRGnCJLkWFA&#10;0BZIh54VWYoFyKImKbGzXz9KzmvdTsMuMilSfHz86NlDW2tyEM4rMAUd9PqUCMOhVGZX0O+vq093&#10;lPjATMk0GFHQo/D0Yf7xw6yxuRhCBboUjmAQ4/PGFrQKweZZ5nklauZ7YIVBowRXs4Cq22WlYw1G&#10;r3U27PcnWQOutA648B5vHzsjnaf4UgoenqX0IhBdUKwtpNOlcxvPbD5j+c4xWyl+KoP9QxU1UwaT&#10;XkI9ssDI3qk/QtWKO/AgQ49DnYGUiovUA3Yz6L/rZlMxK1IvCI63F5j8/wvLnw4b++JIaL9AiwOM&#10;gDTW5x4vYz+tdHX8YqUE7Qjh8QKbaAPheDmeTu/GaOFoGtxPooxRsutj63z4KqAmUSiow6kksNhh&#10;7UPnenaJuTxoVa6U1kmJTBBL7ciB4Qx1SCVi8N+8tCFNQSefMXV8ZCA+7yJrg7VcW4pSaLctUeVN&#10;u1soj4iCg44g3vKVwlrXzIcX5pAR2B6yPDzjITVgLjhJlFTgfv7tPvrjoNBKSYMMK6j/sWdOUKK/&#10;GRzh/WA0ipRMymg8HaLibi3bW4vZ10tAAAa4T5YnMfoHfRalg/oNl2ERs6KJGY65CxrO4jJ0vMdl&#10;4mKxSE5IQsvC2mwsj6EjdnESr+0bc/Y0roBzfoIzF1n+bmqdb4f6Yh9AqjTSiHOH6gl+JHAixWnZ&#10;4obc6snr+kuY/wIAAP//AwBQSwMEFAAGAAgAAAAhAHtFNL/hAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IfQdrkbgg6jShBUI2FUJApd5o+BE3NzZJ1HgdxW4S3p7tCU67qxnNfpOt&#10;J9uKwfS+cYSwmEcgDJVON1QhvBXPV7cgfFCkVevIIPwYD+t8dpapVLuRXs2wC5XgEPKpQqhD6FIp&#10;fVkbq/zcdYZY+3a9VYHPvpK6VyOH21bGUbSSVjXEH2rVmcfalIfd0SJ8XVafWz+9vI/JMumeNkNx&#10;86ELxIvz6eEeRDBT+DPDCZ/RIWemvTuS9qJFiJcL7hIQVhFPNiTXMS97hDsWZJ7J/w3yXwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAEyBcsKwIAAFoEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB7RTS/4QAAAAkBAAAPAAAAAAAAAAAAAAAAAIUE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1A0932E3" w14:textId="6213971B" w:rsidR="00427CA0" w:rsidRPr="00AC68AA" w:rsidRDefault="00427CA0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00AC68AA">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>7/1/2025</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00173094">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43EA2609" wp14:editId="563223BB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3650285</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>260096</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1286942" cy="260299"/>
                 <wp:effectExtent l="19050" t="19050" r="27940" b="26035"/>
                 <wp:wrapNone/>
                 <wp:docPr id="27" name="Oval 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1286942" cy="260299"/>
                         </a:xfrm>
@@ -1455,84 +1662,90 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="6E04C27A" id="Oval 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:287.4pt;margin-top:20.5pt;width:101.35pt;height:20.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5Dd6FAAIAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46NJE2MOEWRrsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx+luGm23YbpIJCi+Eg+Pa1vj71hB4Veg614PplypqyEWtu24t++Prxb&#10;cuaDsLUwYFXFT8rz283bN+vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMpSsAHsRSAX26xGMRB6&#10;b7JiOl1kA2DtEKTynk7vz0G+SfhNo2R4ahqvAjMVp95C2jHtu7hnm7UoWxSu03JsQ/xDF73Qlope&#10;oO5FEGyP+i+oXksED02YSOgzaBotVZqBpsmnf0zz3Amn0ixEjncXmvz/g5WfD8/uC8bWvXsE+d0z&#10;C9tO2FbdIcLQKVFTuTwSlQ3Ol5eE6HhKZbvhE9T0tGIfIHFwbLCPgDQdOyaqTxeq1TEwSYd5sVys&#10;ZgVnkmLFYlqsVqmEKF+yHfrwQUHPolFxZYx2PrIhSnF49CE2JMqXW/HYwoM2Jr2osWwg3OX8Zp4y&#10;PBhdx2gaFNvd1iA7iCiKtMbav11D2Ns6oUUS3o92ENqcbapu7MhKJCJqzpc7qE9ECsJZavQ1yOgA&#10;f3I2kMwq7n/sBSrOzEdLxK7y2SzqMjmz+U1BDl5HdtcRYSVBVTxwdja34azlvUPddlQpT+NauKPH&#10;aHQi6bWrsVmSUuJulH3U6rWfbr1+zs0vAAAA//8DAFBLAwQUAAYACAAAACEAPPWxhN4AAAAJAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7vb0pqS5qWIqEjAg4143iavSWj2bcxu&#10;2/jvfZ70OMww8022nVyvzjSGzjPCfGZAEVe+7rhB+Cif79agQrRc294zIXxTgG1+fZXZtPYXfqfz&#10;LjZKSjikFqGNcUi1DlVLzoaZH4jFO/jR2ShybHQ92ouUu14vjLnXznYsC60d6LGl6rg7OQQzFOVb&#10;4ShY/iyL5vhlXvXLE+LtzfSwARVpin9h+MUXdMiFae9PXAfVI6ySpaBHhOVcPkkgSZIVqD3CemFA&#10;55n+/yD/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADkN3oUAAgAA5AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADz1sYTeAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAWgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" strokeweight="2.25pt"/>
+              <v:oval w14:anchorId="315AFC99" id="Oval 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:287.4pt;margin-top:20.5pt;width:101.35pt;height:20.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5Dd6FAAIAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46NJE2MOEWRrsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx+luGm23YbpIJCi+Eg+Pa1vj71hB4Veg614PplypqyEWtu24t++Prxb&#10;cuaDsLUwYFXFT8rz283bN+vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMpSsAHsRSAX26xGMRB6&#10;b7JiOl1kA2DtEKTynk7vz0G+SfhNo2R4ahqvAjMVp95C2jHtu7hnm7UoWxSu03JsQ/xDF73Qlope&#10;oO5FEGyP+i+oXksED02YSOgzaBotVZqBpsmnf0zz3Amn0ixEjncXmvz/g5WfD8/uC8bWvXsE+d0z&#10;C9tO2FbdIcLQKVFTuTwSlQ3Ol5eE6HhKZbvhE9T0tGIfIHFwbLCPgDQdOyaqTxeq1TEwSYd5sVys&#10;ZgVnkmLFYlqsVqmEKF+yHfrwQUHPolFxZYx2PrIhSnF49CE2JMqXW/HYwoM2Jr2osWwg3OX8Zp4y&#10;PBhdx2gaFNvd1iA7iCiKtMbav11D2Ns6oUUS3o92ENqcbapu7MhKJCJqzpc7qE9ECsJZavQ1yOgA&#10;f3I2kMwq7n/sBSrOzEdLxK7y2SzqMjmz+U1BDl5HdtcRYSVBVTxwdja34azlvUPddlQpT+NauKPH&#10;aHQi6bWrsVmSUuJulH3U6rWfbr1+zs0vAAAA//8DAFBLAwQUAAYACAAAACEAPPWxhN4AAAAJAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7vb0pqS5qWIqEjAg4143iavSWj2bcxu&#10;2/jvfZ70OMww8022nVyvzjSGzjPCfGZAEVe+7rhB+Cif79agQrRc294zIXxTgG1+fZXZtPYXfqfz&#10;LjZKSjikFqGNcUi1DlVLzoaZH4jFO/jR2ShybHQ92ouUu14vjLnXznYsC60d6LGl6rg7OQQzFOVb&#10;4ShY/iyL5vhlXvXLE+LtzfSwARVpin9h+MUXdMiFae9PXAfVI6ySpaBHhOVcPkkgSZIVqD3CemFA&#10;55n+/yD/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADkN3oUAAgAA5AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADz1sYTeAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAWgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" strokeweight="2.25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0024382B" w:rsidRPr="00B7245B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D25A761" wp14:editId="445D6581">
-[...2 lines deleted...]
-            <wp:docPr id="347729210" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D25A761" wp14:editId="7EAA1AE2">
+            <wp:extent cx="5817299" cy="789889"/>
+            <wp:effectExtent l="19050" t="19050" r="12065" b="10795"/>
+            <wp:docPr id="347729210" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="347729210" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="347729210" name="Picture 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5943600" cy="789889"/>
+                      <a:ext cx="5817299" cy="789889"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="155C80F3" w14:textId="77777777" w:rsidR="00DA2646" w:rsidRDefault="00DA2646" w:rsidP="003223FE"/>
     <w:p w14:paraId="5A74D87C" w14:textId="77777777" w:rsidR="00323833" w:rsidRDefault="00323833" w:rsidP="003223FE"/>
     <w:p w14:paraId="7F096A6E" w14:textId="466EB5B4" w:rsidR="00547EA9" w:rsidRDefault="00547EA9" w:rsidP="00547EA9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -1606,97 +1819,97 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please enter your </w:t>
       </w:r>
       <w:r w:rsidR="00831319">
         <w:t>school</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A63E97">
         <w:t>name and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> city name in the subject box</w:t>
       </w:r>
       <w:r w:rsidR="00A63E97">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A523293" w14:textId="4F5C89EF" w:rsidR="00547EA9" w:rsidRDefault="00490CDF" w:rsidP="00547EA9">
+    <w:p w14:paraId="0A523293" w14:textId="778CF5EF" w:rsidR="00547EA9" w:rsidRDefault="00490CDF" w:rsidP="00547EA9">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ex. </w:t>
       </w:r>
       <w:r w:rsidR="00C44C7C">
         <w:t xml:space="preserve">Trinity Catholic </w:t>
       </w:r>
       <w:r w:rsidR="00C719F2">
         <w:t xml:space="preserve">School </w:t>
       </w:r>
       <w:r w:rsidR="00AB2C41">
         <w:t>P &amp; L June 30, 20</w:t>
       </w:r>
       <w:r w:rsidR="001B50E5">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00910E8F">
-        <w:t>5</w:t>
+      <w:r w:rsidR="00C37851">
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6AEA6D" w14:textId="3852064C" w:rsidR="00547EA9" w:rsidRDefault="005947BC" w:rsidP="00547EA9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00547EA9">
         <w:t>lick Send Now</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F0F5DD3" w14:textId="77777777" w:rsidR="007D30E0" w:rsidRDefault="007D30E0" w:rsidP="00547EA9"/>
     <w:p w14:paraId="55E46C62" w14:textId="0D5847D6" w:rsidR="00067166" w:rsidRDefault="007D3CFA" w:rsidP="003223FE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667475" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EC89B89" wp14:editId="7193D0DC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EC89B89" wp14:editId="7193D0DC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1858488</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4437990</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1092530" cy="385948"/>
                 <wp:effectExtent l="19050" t="19050" r="12700" b="14605"/>
                 <wp:wrapNone/>
                 <wp:docPr id="413593997" name="Oval 12"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1092530" cy="385948"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -1714,65 +1927,65 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="1C649D25" id="Oval 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:146.35pt;margin-top:349.45pt;width:86.05pt;height:30.4pt;z-index:251667475;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZ/f0chAIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynyZoGdYogRYYB&#10;RVu0HXpWZakWIIuapMTJfv0o2XGCNdhh2MWWRPKRfPy4vtk1mmyF8wpMSYtRTokwHCpl3kv642X9&#10;ZUaJD8xUTIMRJd0LT28Wnz9dt3YuxlCDroQjCGL8vLUlrUOw8yzzvBYN8yOwwqBQgmtYwKt7zyrH&#10;WkRvdDbO869ZC66yDrjwHl9vOyFdJHwpBQ8PUnoRiC4pxhbS16XvW/xmi2s2f3fM1or3YbB/iKJh&#10;yqDTAeqWBUY2Tn2AahR34EGGEYcmAykVFykHzKbI/8jmuWZWpFyQHG8Hmvz/g+X322f76JCG1vq5&#10;x2PMYiddE/8YH9klsvYDWWIXCMfHIr8aTy+QU46yi9n0ajKLbGZHa+t8+CagIfFQUqG1sj7mw+Zs&#10;e+dDp33Qis8G1krrVBNtSFvS8Wx6OU0WHrSqojTqpfYQK+3IlmFhw67oXZ9oYSDaYDzHvNIp7LWI&#10;ENo8CUlUhZmMOwex5Y6YjHNhQtGJalaJzlUxzfPUNQg/RJGyToARWWKQA3YPcB67I6DXj6Yidexg&#10;nP8tsM54sEiewYTBuFEG3DkAjVn1njv9A0kdNZGlN6j2j4446ObFW75WWMM75sMjczggWHYc+vCA&#10;H6kBCwX9iZIa3K9z71Ef+xallLQ4cCX1PzfMCUr0d4MdfVVMJnFC02UyvRzjxZ1K3k4lZtOsAEtf&#10;4HqxPB2jftCHo3TQvOJuWEavKGKGo++S8uAOl1XoFgFuFy6Wy6SGU2lZuDPPlkfwyGps0JfdK3O2&#10;b+SAI3APh+H80MydbrQ0sNwEkCp1+pHXnm+c6NQ4/faJK+P0nrSOO3LxGwAA//8DAFBLAwQUAAYA&#10;CAAAACEACkaLi+EAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP3U6EMBCF7018h2ZMvHOLZIUF&#10;GTbGv3izJiIPUKAL3aVTbLssvr31Si8n8+Wc7xTbRY9sltYpQwi3qwiYpNZ0inqE+vPlZgPMeUGd&#10;GA1JhG/pYFteXhQi78yZPuRc+Z6FEHK5QBi8n3LOXTtILdzKTJLCb2+sFj6ctuedFecQrkceR1HC&#10;tVAUGgYxycdBtsfqpBGOr7W1/G1+3lV1837QX2p+2inE66vl4R6Yl4v/g+FXP6hDGZwac6LOsREh&#10;zuI0oAhJtsmABWKdrMOYBiG9y1LgZcH/byh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFn9/RyEAgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAApGi4vhAAAACwEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:oval w14:anchorId="347E507D" id="Oval 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:146.35pt;margin-top:349.45pt;width:86.05pt;height:30.4pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZ/f0chAIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynyZoGdYogRYYB&#10;RVu0HXpWZakWIIuapMTJfv0o2XGCNdhh2MWWRPKRfPy4vtk1mmyF8wpMSYtRTokwHCpl3kv642X9&#10;ZUaJD8xUTIMRJd0LT28Wnz9dt3YuxlCDroQjCGL8vLUlrUOw8yzzvBYN8yOwwqBQgmtYwKt7zyrH&#10;WkRvdDbO869ZC66yDrjwHl9vOyFdJHwpBQ8PUnoRiC4pxhbS16XvW/xmi2s2f3fM1or3YbB/iKJh&#10;yqDTAeqWBUY2Tn2AahR34EGGEYcmAykVFykHzKbI/8jmuWZWpFyQHG8Hmvz/g+X322f76JCG1vq5&#10;x2PMYiddE/8YH9klsvYDWWIXCMfHIr8aTy+QU46yi9n0ajKLbGZHa+t8+CagIfFQUqG1sj7mw+Zs&#10;e+dDp33Qis8G1krrVBNtSFvS8Wx6OU0WHrSqojTqpfYQK+3IlmFhw67oXZ9oYSDaYDzHvNIp7LWI&#10;ENo8CUlUhZmMOwex5Y6YjHNhQtGJalaJzlUxzfPUNQg/RJGyToARWWKQA3YPcB67I6DXj6Yidexg&#10;nP8tsM54sEiewYTBuFEG3DkAjVn1njv9A0kdNZGlN6j2j4446ObFW75WWMM75sMjczggWHYc+vCA&#10;H6kBCwX9iZIa3K9z71Ef+xallLQ4cCX1PzfMCUr0d4MdfVVMJnFC02UyvRzjxZ1K3k4lZtOsAEtf&#10;4HqxPB2jftCHo3TQvOJuWEavKGKGo++S8uAOl1XoFgFuFy6Wy6SGU2lZuDPPlkfwyGps0JfdK3O2&#10;b+SAI3APh+H80MydbrQ0sNwEkCp1+pHXnm+c6NQ4/faJK+P0nrSOO3LxGwAA//8DAFBLAwQUAAYA&#10;CAAAACEACkaLi+EAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP3U6EMBCF7018h2ZMvHOLZIUF&#10;GTbGv3izJiIPUKAL3aVTbLssvr31Si8n8+Wc7xTbRY9sltYpQwi3qwiYpNZ0inqE+vPlZgPMeUGd&#10;GA1JhG/pYFteXhQi78yZPuRc+Z6FEHK5QBi8n3LOXTtILdzKTJLCb2+sFj6ctuedFecQrkceR1HC&#10;tVAUGgYxycdBtsfqpBGOr7W1/G1+3lV1837QX2p+2inE66vl4R6Yl4v/g+FXP6hDGZwac6LOsREh&#10;zuI0oAhJtsmABWKdrMOYBiG9y1LgZcH/byh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFn9/RyEAgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAApGi4vhAAAACwEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00EC0C66">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666451" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55B6160D" wp14:editId="56FC7D56">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55B6160D" wp14:editId="56FC7D56">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>30925</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1665102</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="515340" cy="219693"/>
                 <wp:effectExtent l="19050" t="19050" r="18415" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1989687" name="Oval 10"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="515340" cy="219693"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -1790,65 +2003,65 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="40F9F0B5" id="Oval 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.45pt;margin-top:131.1pt;width:40.6pt;height:17.3pt;z-index:251666451;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBILaOrggIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X2ynSR9BnCJokWFA&#10;0BZrh54VWaoFyKImKXGyXz9KdpxgLXYYdrElkfxIfnzMb/eNJjvhvAJT0mKUUyIMh0qZt5L+eFl9&#10;uabEB2YqpsGIkh6Ep7eLz5/mrZ2JMdSgK+EIghg/a21J6xDsLMs8r0XD/AisMCiU4BoW8Oressqx&#10;FtEbnY3z/DJrwVXWARfe4+t9J6SLhC+l4OFRSi8C0SXF2EL6uvTdxG+2mLPZm2O2VrwPg/1DFA1T&#10;Bp0OUPcsMLJ16h1Uo7gDDzKMODQZSKm4SDlgNkX+RzbPNbMi5YLkeDvQ5P8fLH/YPdsnhzS01s88&#10;HmMWe+ma+Mf4yD6RdRjIEvtAOD5Oi+nFBCnlKBoXN5c3F5HM7GRsnQ9fBTQkHkoqtFbWx3TYjO3W&#10;PnTaR634bGCltE4l0Ya0iHs9vZomCw9aVVEa9VJ3iDvtyI5hXcO+6F2faWEg2mA8p7TSKRy0iBDa&#10;fBeSqAoTGXcOYsedMBnnwoSiE9WsEp2rYprnqWkQfogiZZ0AI7LEIAfsHuBj7I6AXj+aitSwg3H+&#10;t8A648EieQYTBuNGGXAfAWjMqvfc6R9J6qiJLG2gOjw54qAbF2/5SmEN18yHJ+ZwPrDsOPPhET9S&#10;AxYK+hMlNbhfH71HfWxblFLS4ryV1P/cMico0d8MNvRNMYndFNJlMr0a48WdSzbnErNt7gBLX+B2&#10;sTwdo37Qx6N00LzialhGryhihqPvkvLgjpe70O0BXC5cLJdJDYfSsrA2z5ZH8MhqbNCX/Stztm/k&#10;gBPwAMfZfNfMnW60NLDcBpAqdfqJ155vHOjUOP3yiRvj/J60Tity8RsAAP//AwBQSwMEFAAGAAgA&#10;AAAhAMUuBk7eAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo0whFaYhT&#10;VfyJS5EIeQAnNonbeB1sNw1vz3Kix9kZzXxbbhc7sln7YBwKWK8SYBo7pwz2AprPl7scWIgSlRwd&#10;agE/OsC2ur4qZaHcGT/0XMeeUQmGQgoYYpwKzkM3aCvDyk0ayfty3spI0vdceXmmcjvyNEkybqVB&#10;WhjkpB8H3R3rkxVwfG2852/z875u2veD/Tbz094IcXuz7B6ARb3E/zD84RM6VMTUuhOqwEYB9xsK&#10;CkizNAVGfp6tgbV02GQ58Krklw9UvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBILaOr&#10;ggIAAGoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDF&#10;LgZO3gAAAAgBAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:oval w14:anchorId="6899E89A" id="Oval 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.45pt;margin-top:131.1pt;width:40.6pt;height:17.3pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBILaOrggIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X2ynSR9BnCJokWFA&#10;0BZrh54VWaoFyKImKXGyXz9KdpxgLXYYdrElkfxIfnzMb/eNJjvhvAJT0mKUUyIMh0qZt5L+eFl9&#10;uabEB2YqpsGIkh6Ep7eLz5/mrZ2JMdSgK+EIghg/a21J6xDsLMs8r0XD/AisMCiU4BoW8Oressqx&#10;FtEbnY3z/DJrwVXWARfe4+t9J6SLhC+l4OFRSi8C0SXF2EL6uvTdxG+2mLPZm2O2VrwPg/1DFA1T&#10;Bp0OUPcsMLJ16h1Uo7gDDzKMODQZSKm4SDlgNkX+RzbPNbMi5YLkeDvQ5P8fLH/YPdsnhzS01s88&#10;HmMWe+ma+Mf4yD6RdRjIEvtAOD5Oi+nFBCnlKBoXN5c3F5HM7GRsnQ9fBTQkHkoqtFbWx3TYjO3W&#10;PnTaR634bGCltE4l0Ya0iHs9vZomCw9aVVEa9VJ3iDvtyI5hXcO+6F2faWEg2mA8p7TSKRy0iBDa&#10;fBeSqAoTGXcOYsedMBnnwoSiE9WsEp2rYprnqWkQfogiZZ0AI7LEIAfsHuBj7I6AXj+aitSwg3H+&#10;t8A648EieQYTBuNGGXAfAWjMqvfc6R9J6qiJLG2gOjw54qAbF2/5SmEN18yHJ+ZwPrDsOPPhET9S&#10;AxYK+hMlNbhfH71HfWxblFLS4ryV1P/cMico0d8MNvRNMYndFNJlMr0a48WdSzbnErNt7gBLX+B2&#10;sTwdo37Qx6N00LzialhGryhihqPvkvLgjpe70O0BXC5cLJdJDYfSsrA2z5ZH8MhqbNCX/Stztm/k&#10;gBPwAMfZfNfMnW60NLDcBpAqdfqJ155vHOjUOP3yiRvj/J60Tity8RsAAP//AwBQSwMEFAAGAAgA&#10;AAAhAMUuBk7eAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo0whFaYhT&#10;VfyJS5EIeQAnNonbeB1sNw1vz3Kix9kZzXxbbhc7sln7YBwKWK8SYBo7pwz2AprPl7scWIgSlRwd&#10;agE/OsC2ur4qZaHcGT/0XMeeUQmGQgoYYpwKzkM3aCvDyk0ayfty3spI0vdceXmmcjvyNEkybqVB&#10;WhjkpB8H3R3rkxVwfG2852/z875u2veD/Tbz094IcXuz7B6ARb3E/zD84RM6VMTUuhOqwEYB9xsK&#10;CkizNAVGfp6tgbV02GQ58Krklw9UvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBILaOr&#10;ggIAAGoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDF&#10;LgZO3gAAAAgBAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D13BB5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665427" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44FB1F3C" wp14:editId="07DF3739">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44FB1F3C" wp14:editId="07DF3739">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>29688</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>697263</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="273133" cy="255319"/>
                 <wp:effectExtent l="19050" t="19050" r="12700" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1071110335" name="Oval 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="273133" cy="255319"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -1866,51 +2079,51 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="11675F7E" id="Oval 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.35pt;margin-top:54.9pt;width:21.5pt;height:20.1pt;z-index:251665427;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIUk4XggIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTZm2DOEXQosOA&#10;oA2aDj2rslQLkEVNUuJkXz9KdpxgLXYYdrEpkXwkn0jOb/aNJjvhvAJT0mKUUyIMh0qZt5L+eL7/&#10;ckWJD8xUTIMRJT0IT28Wnz/NWzsTY6hBV8IRBDF+1tqS1iHYWZZ5XouG+RFYYVApwTUs4NG9ZZVj&#10;LaI3Ohvn+desBVdZB1x4j7d3nZIuEr6UgodHKb0IRJcUcwvp69L3NX6zxZzN3hyzteJ9GuwfsmiY&#10;Mhh0gLpjgZGtU++gGsUdeJBhxKHJQErFRaoBqynyP6rZ1MyKVAuS4+1Ak/9/sPxht7FrhzS01s88&#10;irGKvXRN/GN+ZJ/IOgxkiX0gHC/Hl5NiMqGEo2o8nU6K60hmdnK2zodvAhoShZIKrZX1sRw2Y7uV&#10;D5310SpeG7hXWqcn0Ya0iHs1vZwmDw9aVVEb7VJ3iFvtyI7hu4Z90Yc+s8JEtMF8TmUlKRy0iBDa&#10;PAlJVBUL6QLEjjthMs6FCUWnqlklulDFNM9T0yD8kEWqOgFGZIlJDtg9wMfYHQG9fXQVqWEH5/xv&#10;iXXOg0eKDCYMzo0y4D4C0FhVH7mzP5LUURNZeoXqsHbEQTcu3vJ7hW+4Yj6smcP5wEnCmQ+P+JEa&#10;8KGglyipwf366D7aY9uilpIW562k/ueWOUGJ/m6woa+Li4s4oOlwMb0c48Gda17PNWbb3AI+fYHb&#10;xfIkRvugj6J00LzgaljGqKhihmPskvLgjofb0O0BXC5cLJfJDIfSsrAyG8sjeGQ1Nujz/oU52zdy&#10;wAl4gONsvmvmzjZ6GlhuA0iVOv3Ea883DnRqnH75xI1xfk5WpxW5+A0AAP//AwBQSwMEFAAGAAgA&#10;AAAhALB3dU7cAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoDSqUpnEq&#10;xJ+4FImQB3CSJTGN18F20/D2LCc47sxo9pt8O7tBTBii9aThcqFAIDW+tdRpqN6fLm5BxGSoNYMn&#10;1PCNEbbF6UlustYf6Q2nMnWCSyhmRkOf0phJGZsenYkLPyKx9+GDM4nP0Mk2mCOXu0FeKXUjnbHE&#10;H3oz4n2Pzb48OA375yoE+TI97sqqfv10X3Z62Fmtz8/muw2IhHP6C8MvPqNDwUy1P1AbxaBhueIg&#10;y2rNC9hfrlioWbhWCmSRy/8Dih8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACFJOF4IC&#10;AABqBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAsHd1&#10;TtwAAAAIAQAADwAAAAAAAAAAAAAAAADcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:oval w14:anchorId="1CCF1ADA" id="Oval 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.35pt;margin-top:54.9pt;width:21.5pt;height:20.1pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIUk4XggIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTZm2DOEXQosOA&#10;oA2aDj2rslQLkEVNUuJkXz9KdpxgLXYYdrEpkXwkn0jOb/aNJjvhvAJT0mKUUyIMh0qZt5L+eL7/&#10;ckWJD8xUTIMRJT0IT28Wnz/NWzsTY6hBV8IRBDF+1tqS1iHYWZZ5XouG+RFYYVApwTUs4NG9ZZVj&#10;LaI3Ohvn+desBVdZB1x4j7d3nZIuEr6UgodHKb0IRJcUcwvp69L3NX6zxZzN3hyzteJ9GuwfsmiY&#10;Mhh0gLpjgZGtU++gGsUdeJBhxKHJQErFRaoBqynyP6rZ1MyKVAuS4+1Ak/9/sPxht7FrhzS01s88&#10;irGKvXRN/GN+ZJ/IOgxkiX0gHC/Hl5NiMqGEo2o8nU6K60hmdnK2zodvAhoShZIKrZX1sRw2Y7uV&#10;D5310SpeG7hXWqcn0Ya0iHs1vZwmDw9aVVEb7VJ3iFvtyI7hu4Z90Yc+s8JEtMF8TmUlKRy0iBDa&#10;PAlJVBUL6QLEjjthMs6FCUWnqlklulDFNM9T0yD8kEWqOgFGZIlJDtg9wMfYHQG9fXQVqWEH5/xv&#10;iXXOg0eKDCYMzo0y4D4C0FhVH7mzP5LUURNZeoXqsHbEQTcu3vJ7hW+4Yj6smcP5wEnCmQ+P+JEa&#10;8KGglyipwf366D7aY9uilpIW562k/ueWOUGJ/m6woa+Li4s4oOlwMb0c48Gda17PNWbb3AI+fYHb&#10;xfIkRvugj6J00LzgaljGqKhihmPskvLgjofb0O0BXC5cLJfJDIfSsrAyG8sjeGQ1Nujz/oU52zdy&#10;wAl4gONsvmvmzjZ6GlhuA0iVOv3Ea883DnRqnH75xI1xfk5WpxW5+A0AAP//AwBQSwMEFAAGAAgA&#10;AAAhALB3dU7cAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoDSqUpnEq&#10;xJ+4FImQB3CSJTGN18F20/D2LCc47sxo9pt8O7tBTBii9aThcqFAIDW+tdRpqN6fLm5BxGSoNYMn&#10;1PCNEbbF6UlustYf6Q2nMnWCSyhmRkOf0phJGZsenYkLPyKx9+GDM4nP0Mk2mCOXu0FeKXUjnbHE&#10;H3oz4n2Pzb48OA375yoE+TI97sqqfv10X3Z62Fmtz8/muw2IhHP6C8MvPqNDwUy1P1AbxaBhueIg&#10;y2rNC9hfrlioWbhWCmSRy/8Dih8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACFJOF4IC&#10;AABqBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAsHd1&#10;TtwAAAAIAQAADwAAAAAAAAAAAAAAAADcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="005B39B7" w:rsidRPr="007B43F2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="245D8167" wp14:editId="382492FA">
             <wp:extent cx="5591175" cy="4852112"/>
             <wp:effectExtent l="19050" t="19050" r="9525" b="24765"/>
             <wp:docPr id="1894606625" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1894606625" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
@@ -1997,204 +2210,214 @@
         <w:t>(circled below)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="414D91FC" w14:textId="3885F4FB" w:rsidR="00547EA9" w:rsidRDefault="00816C70" w:rsidP="0047245F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Repeat </w:t>
       </w:r>
       <w:r w:rsidR="00913BB1">
         <w:t xml:space="preserve">Report 1 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Step 3 </w:t>
       </w:r>
       <w:r w:rsidR="00547EA9">
         <w:t>(Page 2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397B613B" w14:textId="77777777" w:rsidR="003223FE" w:rsidRDefault="003223FE" w:rsidP="003223FE"/>
-    <w:p w14:paraId="4D4DEE7F" w14:textId="72AEB6C2" w:rsidR="003223FE" w:rsidRDefault="000A5BA9" w:rsidP="003223FE">
+    <w:p w14:paraId="4D4DEE7F" w14:textId="7F323F86" w:rsidR="003223FE" w:rsidRDefault="003F65B7" w:rsidP="003223FE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D586719" wp14:editId="7E814AE1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D586719" wp14:editId="13508052">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2708275</wp:posOffset>
+                  <wp:posOffset>2365375</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>632765</wp:posOffset>
+                  <wp:posOffset>647700</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="381000" cy="377190"/>
+                <wp:extent cx="612775" cy="377190"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="Text Box 29"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="381000" cy="377190"/>
+                          <a:ext cx="612775" cy="377190"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="22EC25A1" w14:textId="43568F66" w:rsidR="007848D8" w:rsidRPr="000A5BA9" w:rsidRDefault="00A519C2">
+                          <w:p w14:paraId="22EC25A1" w14:textId="2F70792D" w:rsidR="007848D8" w:rsidRPr="000B0A07" w:rsidRDefault="003F65B7">
                             <w:pPr>
                               <w:rPr>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="16"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="000B0A07">
                               <w:rPr>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="16"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>6/30/20</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00A519C2" w:rsidRPr="000B0A07">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="009667F0">
+                            <w:r w:rsidR="00C37851" w:rsidRPr="000B0A07">
                               <w:rPr>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="16"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="14"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="0D586719" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 29" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:213.25pt;margin-top:49.8pt;width:30pt;height:29.7pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwtVx13wEAAKADAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6Qreo6TQ2DSGN&#10;gTT4AY5jJxaJz5zdJuXXc3a6rsAb4sWy7y7ffd93l831NPRsr9AbsBUvFjlnykpojG0r/u3r/ZtL&#10;znwQthE9WFXxg/L8evv61WZ0pVpCB32jkBGI9eXoKt6F4Mos87JTg/ALcMpSUgMOItAT26xBMRL6&#10;0GfLPH+XjYCNQ5DKe4rezUm+TfhaKxk+a+1VYH3FiVtIJ6azjme23YiyReE6I480xD+wGISx1PQE&#10;dSeCYDs0f0ENRiJ40GEhYchAayNV0kBqivwPNU+dcCppIXO8O9nk/x+sfNw/uS/IwvQeJhpgEuHd&#10;A8jvnlm47YRt1Q0ijJ0SDTUuomXZ6Hx5/DRa7UsfQerxEzQ0ZLELkIAmjUN0hXQyQqcBHE6mqykw&#10;ScGLyyLPKSMpdbFeF1dpKJkonz926MMHBQOLl4ojzTSBi/2DD5GMKJ9LYi8L96bv01x7+1uACmMk&#10;kY98Z+ZhqieqjiJqaA4kA2FeE1prunSAPzkbaUUq7n/sBCrO+o+WrLgqVqu4U+mxerte0gPPM/V5&#10;RlhJUBUPnM3X2zDv4c6haTvqNJtv4Ybs0yZJe2F15E1rkBQfVzbu2fk7Vb38WNtfAAAA//8DAFBL&#10;AwQUAAYACAAAACEA/Jyom90AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j7D5En&#10;7cYSprZaS9MJgbgOMT4kblnjtRWNUzXZWv493gmOth+9ft5yN7teXHAMnScNd2sFAqn2tqNGw/vb&#10;8+0WRIiGrOk9oYYfDLCrFjelKayf6BUvh9gIDqFQGA1tjEMhZahbdCas/YDEt5MfnYk8jo20o5k4&#10;3PVyo1QmnemIP7RmwMcW6+/D2Wn42J++PhP10jy5dJj8rCS5XGq9Ws4P9yAizvEPhqs+q0PFTkd/&#10;JhtEryHZZCmjGvI8A8FAsr0ujkymuQJZlfJ/heoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAMLVcdd8BAACgAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA/Jyom90AAAAKAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="0D586719" id="Text Box 29" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:186.25pt;margin-top:51pt;width:48.25pt;height:29.7pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBE+H3j5AEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lCt7Ko6TQ2DSGN&#10;gTT4AY5jJxaJz5zdJuXXc3a6rsAb4sXy3Tnffd93l831NPRsr9AbsBXPF0vOlJXQGNtW/NvX+zfv&#10;OPNB2Eb0YFXFD8rz6+3rV5vRlaqADvpGISMQ68vRVbwLwZVZ5mWnBuEX4JSlogYcRKAQ26xBMRL6&#10;0GfFcnmZjYCNQ5DKe8rezUW+TfhaKxk+a+1VYH3FiVtIJ6azjme23YiyReE6I480xD+wGISx1PQE&#10;dSeCYDs0f0ENRiJ40GEhYchAayNV0kBq8uUfap464VTSQuZ4d7LJ/z9Y+bh/cl+Qhek9TDTAJMK7&#10;B5DfPbNw2wnbqhtEGDslGmqcR8uy0fny+Gm02pc+gtTjJ2hoyGIXIAFNGofoCulkhE4DOJxMV1Ng&#10;kpKXebFeX3AmqfR2vc6v0lAyUT5/7NCHDwoGFi8VR5ppAhf7Bx8iGVE+P4m9LNybvk9z7e1vCXoY&#10;M4l85DszD1M9MdNUvIjKopYamgOpQZi3hbabLh3gT85G2pSK+x87gYqz/qMlR67y1SquVgpWF+uC&#10;Ajyv1OcVYSVBVTxwNl9vw7yOO4em7ajTPAMLN+SiNknhC6sjfdqGJPy4uXHdzuP06uX/2v4CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDkxonz3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SH0Ha5G4UbshDTTEqRCIK6jlR+LmxtskaryOYrcJb9/tCW67O6PZb4r15DpxwiG0njQs5goEUuVt&#10;S7WGz4/X2wcQIRqypvOEGn4xwLqcXRUmt36kDZ62sRYcQiE3GpoY+1zKUDXoTJj7Hom1vR+cibwO&#10;tbSDGTncdTJRKpPOtMQfGtPjc4PVYXt0Gr7e9j/fqXqvX9yyH/2kJLmV1Prmenp6BBFxin9muOAz&#10;OpTMtPNHskF0Gu7ukyVbWVAJl2JHmq142PElW6Qgy0L+71CeAQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAET4fePkAQAApwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOTGifPfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="22EC25A1" w14:textId="43568F66" w:rsidR="007848D8" w:rsidRPr="000A5BA9" w:rsidRDefault="00A519C2">
+                    <w:p w14:paraId="22EC25A1" w14:textId="2F70792D" w:rsidR="007848D8" w:rsidRPr="000B0A07" w:rsidRDefault="003F65B7">
                       <w:pPr>
                         <w:rPr>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="16"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="000B0A07">
                         <w:rPr>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="16"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>6/30/20</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00A519C2" w:rsidRPr="000B0A07">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="009667F0">
+                      <w:r w:rsidR="00C37851" w:rsidRPr="000B0A07">
                         <w:rPr>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="16"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="14"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B13B7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78112D67" wp14:editId="1E79A585">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78112D67" wp14:editId="754236C4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2806065</wp:posOffset>
+                  <wp:posOffset>2483485</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>686641</wp:posOffset>
+                  <wp:posOffset>1435735</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="182880" cy="123825"/>
                 <wp:effectExtent l="0" t="0" r="7620" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="AutoShape 26"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="182880" cy="123825"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
@@ -2211,63 +2434,63 @@
                               </a:solidFill>
                               <a:round/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="278C83D6" id="AutoShape 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:220.95pt;margin-top:54.05pt;width:14.4pt;height:9.75pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDu0GGRBAIAAOUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjj20jQz4hRFigwD&#10;ugvW9QMUSb5ssqhRSpzs60cpThasb8P8IIgieUgeHi/vDr1he42+A1vxfDLlTFsJqrNNxZ+/bd4s&#10;OPNBWCUMWF3xo/b8bvX61XJwpS6gBaM0MgKxvhxcxdsQXJllXra6F34CTlty1oC9CGRikykUA6H3&#10;Jium03k2ACqHILX39PpwcvJVwq9rLcPnuvY6MFNx6i2kE9O5jWe2WoqyQeHaTo5tiH/oohedpaIX&#10;qAcRBNth9wKq7ySChzpMJPQZ1HUndZqBpsmnf03z1Aqn0yxEjncXmvz/g5Wf9k/uC8bWvXsE+cMz&#10;C+tW2EbfI8LQaqGoXB6Jygbny0tCNDylsu3wERStVuwCJA4ONfYRkKZjh0T18UK1PgQm6TFfFIsF&#10;LUSSKy/eLoqbVEGU52SHPrzX0LN4qTjCzqqvtM5UQewffUh0K2ZFH4ur75zVvaHl7YVh+Xw+vx0R&#10;x+BMlGfMNC2YTm06Y5KBzXZtkFFqxTfpG5P9dZixMdhCTIt8iDK+JFoiE1F0vtyCOhIrCCet0b9B&#10;lxbwF2cD6azi/udOoObMfLDE7Lt8NovCTMbs5rYgA68922uPsJKgKh44O13X4STmncOuaalSngiy&#10;cE/bqLtwXtupq7FZ0lLqftR9FOu1naL+/J2r3wAAAP//AwBQSwMEFAAGAAgAAAAhABpjL+TdAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOhDAQhu8mvkMzJt7cwi5ZdpGyMSYm3gyo90JHINKW&#10;tF0ob+940uPM/+Wfb8pL1BNb0PnRGgHpLgGGprNqNL2Aj/eXhxMwH6RRcrIGBWzo4VLd3pSyUHY1&#10;NS5N6BmVGF9IAUMIc8G57wbU0u/sjIayL+u0DDS6nisnVyrXE98nyZFrORq6MMgZnwfsvpurFvBp&#10;l/UcD/Z1a97arXaHWHdtFOL+Lj49AgsYwx8Mv/qkDhU5tfZqlGeTgCxLz4RSkJxSYERkeZIDa2mz&#10;z4/Aq5L//6H6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO7QYZEEAgAA5QMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABpjL+TdAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAXgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" stroked="f"/>
+              <v:roundrect w14:anchorId="53CC2907" id="AutoShape 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:195.55pt;margin-top:113.05pt;width:14.4pt;height:9.75pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDu0GGRBAIAAOUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjj20jQz4hRFigwD&#10;ugvW9QMUSb5ssqhRSpzs60cpThasb8P8IIgieUgeHi/vDr1he42+A1vxfDLlTFsJqrNNxZ+/bd4s&#10;OPNBWCUMWF3xo/b8bvX61XJwpS6gBaM0MgKxvhxcxdsQXJllXra6F34CTlty1oC9CGRikykUA6H3&#10;Jium03k2ACqHILX39PpwcvJVwq9rLcPnuvY6MFNx6i2kE9O5jWe2WoqyQeHaTo5tiH/oohedpaIX&#10;qAcRBNth9wKq7ySChzpMJPQZ1HUndZqBpsmnf03z1Aqn0yxEjncXmvz/g5Wf9k/uC8bWvXsE+cMz&#10;C+tW2EbfI8LQaqGoXB6Jygbny0tCNDylsu3wERStVuwCJA4ONfYRkKZjh0T18UK1PgQm6TFfFIsF&#10;LUSSKy/eLoqbVEGU52SHPrzX0LN4qTjCzqqvtM5UQewffUh0K2ZFH4ur75zVvaHl7YVh+Xw+vx0R&#10;x+BMlGfMNC2YTm06Y5KBzXZtkFFqxTfpG5P9dZixMdhCTIt8iDK+JFoiE1F0vtyCOhIrCCet0b9B&#10;lxbwF2cD6azi/udOoObMfLDE7Lt8NovCTMbs5rYgA68922uPsJKgKh44O13X4STmncOuaalSngiy&#10;cE/bqLtwXtupq7FZ0lLqftR9FOu1naL+/J2r3wAAAP//AwBQSwMEFAAGAAgAAAAhAG5+fZndAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj01PhDAQhu8m/odmTLy55WMlwlI2xsTEmwH1XugsEGlL&#10;aBfKv3c86W0+nrzzTHkOemIrLm60RkB8iICh6awaTS/g8+P14QmY89IoOVmDAnZ0cK5ub0pZKLuZ&#10;GtfG94xCjCukgMH7ueDcdQNq6Q52RkO7i1209NQuPVeL3ChcTzyJooxrORq6MMgZXwbsvpurFvBl&#10;1y0PqX3bm/d2r5c01F0bhLi/C88nYB6D/4PhV5/UoSKn1l6NcmwSkOZxTKiAJMmoIOIY5zmwlibH&#10;xwx4VfL/P1Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO7QYZEEAgAA5QMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG5+fZndAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAXgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00173094">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3371AFE4" wp14:editId="2B7598CB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3371AFE4" wp14:editId="2B7598CB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-171450</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>390525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2466975" cy="638175"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Rectangle 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2466975" cy="638175"/>
                         </a:xfrm>
@@ -2288,51 +2511,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5B391531" id="Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:-13.5pt;margin-top:30.75pt;width:194.25pt;height:50.25pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAd0X/mAwIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46zJE2NOEWRrsOA&#10;rhvQ7QMUWbaFSaJGKXG6rx8lp2mw3Yb5IJAm9Ug+Pq1vjtawg8KgwdW8nEw5U05Co11X8+/f7t+t&#10;OAtRuEYYcKrmzyrwm83bN+vBV2oGPZhGISMQF6rB17yP0VdFEWSvrAgT8MpRsAW0IpKLXdGgGAjd&#10;mmI2nS6LAbDxCFKFQH/vxiDfZPy2VTJ+adugIjM1p95iPjGfu3QWm7WoOhS+1/LUhviHLqzQjoqe&#10;oe5EFGyP+i8oqyVCgDZOJNgC2lZLlWegacrpH9M89cKrPAuRE/yZpvD/YOXj4cl/xdR68A8gfwTm&#10;YNsL16lbRBh6JRoqVyaiisGH6nwhOYGust3wGRpardhHyBwcW7QJkKZjx0z185lqdYxM0s/ZfLm8&#10;vlpwJim2fL8qyU4lRPVy22OIHxVYloyaI60yo4vDQ4hj6ktKKubgXhuT12kcG6jCakGYeTAwuknR&#10;7GC32xpkB5EUkb9T4XCZZnUkXRpta746J4kq0fHBNblMFNqMNnVt3ImfRElSX6h20DwTPQij6OiR&#10;kNED/uJsIMHVPPzcC1ScmU+OKL4u5/Ok0OzMF1czcvAysruMCCcJquaRs9HcxlHVe4+666lSmWd3&#10;cEtraXVm7LWrU7Mkqsz56QEk1V76Oev1mW5+AwAA//8DAFBLAwQUAAYACAAAACEACA0yf+AAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkblvSjHWoNJ1GJU5wWUFiu2VNaCsa&#10;p2qyrfD0mF3gZsuffn9/vp5cz052DJ1HBclcALNYe9Nho+Dt9Wl2DyxEjUb3Hq2CLxtgXVxf5Toz&#10;/oxbe6piwygEQ6YVtDEOGeehbq3TYe4Hi3T78KPTkdax4WbUZwp3PZdCpNzpDulDqwdbtrb+rI5O&#10;wXb5uNnvVot39y2eq7vyxckykUrd3kybB2DRTvEPhl99UoeCnA7+iCawXsFMrqhLVJAmS2AELC7D&#10;gchUCuBFzv9XKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHdF/5gMCAADuAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACA0yf+AAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" strokeweight="2.25pt"/>
+              <v:rect w14:anchorId="7005BABF" id="Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:-13.5pt;margin-top:30.75pt;width:194.25pt;height:50.25pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAd0X/mAwIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46zJE2NOEWRrsOA&#10;rhvQ7QMUWbaFSaJGKXG6rx8lp2mw3Yb5IJAm9Ug+Pq1vjtawg8KgwdW8nEw5U05Co11X8+/f7t+t&#10;OAtRuEYYcKrmzyrwm83bN+vBV2oGPZhGISMQF6rB17yP0VdFEWSvrAgT8MpRsAW0IpKLXdGgGAjd&#10;mmI2nS6LAbDxCFKFQH/vxiDfZPy2VTJ+adugIjM1p95iPjGfu3QWm7WoOhS+1/LUhviHLqzQjoqe&#10;oe5EFGyP+i8oqyVCgDZOJNgC2lZLlWegacrpH9M89cKrPAuRE/yZpvD/YOXj4cl/xdR68A8gfwTm&#10;YNsL16lbRBh6JRoqVyaiisGH6nwhOYGust3wGRpardhHyBwcW7QJkKZjx0z185lqdYxM0s/ZfLm8&#10;vlpwJim2fL8qyU4lRPVy22OIHxVYloyaI60yo4vDQ4hj6ktKKubgXhuT12kcG6jCakGYeTAwuknR&#10;7GC32xpkB5EUkb9T4XCZZnUkXRpta746J4kq0fHBNblMFNqMNnVt3ImfRElSX6h20DwTPQij6OiR&#10;kNED/uJsIMHVPPzcC1ScmU+OKL4u5/Ok0OzMF1czcvAysruMCCcJquaRs9HcxlHVe4+666lSmWd3&#10;cEtraXVm7LWrU7Mkqsz56QEk1V76Oev1mW5+AwAA//8DAFBLAwQUAAYACAAAACEACA0yf+AAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkblvSjHWoNJ1GJU5wWUFiu2VNaCsa&#10;p2qyrfD0mF3gZsuffn9/vp5cz052DJ1HBclcALNYe9Nho+Dt9Wl2DyxEjUb3Hq2CLxtgXVxf5Toz&#10;/oxbe6piwygEQ6YVtDEOGeehbq3TYe4Hi3T78KPTkdax4WbUZwp3PZdCpNzpDulDqwdbtrb+rI5O&#10;wXb5uNnvVot39y2eq7vyxckykUrd3kybB2DRTvEPhl99UoeCnA7+iCawXsFMrqhLVJAmS2AELC7D&#10;gchUCuBFzv9XKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHdF/5gMCAADuAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACA0yf+AAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" strokeweight="2.25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00173094">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59736ADA" wp14:editId="674B6B0B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-104775</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2089785</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2466975" cy="638175"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Oval 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2365,93 +2588,92 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="4748A51D" id="Oval 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:-8.25pt;margin-top:164.55pt;width:194.25pt;height:50.25pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAw09n9/gEAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46zJE2NOEWRrsOA&#10;rhvQ9QMUWbaFyaJGKXGyrx8lu2mw3YrpIJAi9Ug+Pa1vjp1hB4Vegy15PplypqyEStum5M8/7j+s&#10;OPNB2EoYsKrkJ+X5zeb9u3XvCjWDFkylkBGI9UXvSt6G4Ios87JVnfATcMpSsAbsRCAXm6xC0RN6&#10;Z7LZdLrMesDKIUjlPZ3eDUG+Sfh1rWT4VtdeBWZKTr2FtGPad3HPNmtRNChcq+XYhnhDF53Qloqe&#10;oe5EEGyP+h+oTksED3WYSOgyqGstVZqBpsmnf03z1Aqn0ixEjndnmvz/g5WPhyf3HWPr3j2A/OmZ&#10;hW0rbKNuEaFvlaioXB6Jynrni/OF6Hi6ynb9V6joacU+QOLgWGMXAWk6dkxUn85Uq2Ngkg5n8+Xy&#10;+mrBmaTY8uMqJzuWEMXLbYc+fFbQsWiUXBmjnY9siEIcHnwYsl+y4rGFe21MelFjWU9FVguCTbOB&#10;0VWMJgeb3dYgO4goirTG2v4yDWFvq4QWSfg02kFoM9jUq7EjK5GIqDlf7KA6ESkIg9Toa5DRAv7m&#10;rCeZldz/2gtUnJkvloi9zufzqMvkzBdXM3LwMrK7jAgrCarkgbPB3IZBy3uHummpUp7GtXBLj1Hr&#10;RNJrV2OzJKXE9Cj7qNVLP2W9fs7NHwAAAP//AwBQSwMEFAAGAAgAAAAhAMHM2oTgAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaOykEGuJUCAFCkTjQIM7beEmixusQu234&#10;e8wJjqt9mnlTbGY7iCNNvnesIVkqEMSNMz23Gt7rp8UtCB+QDQ6OScM3ediU52cF5sad+I2O29CK&#10;GMI+Rw1dCGMupW86suiXbiSOv083WQzxnFppJjzFcDvIVKlMWuw5NnQ40kNHzX57sBrUWNWvlSWP&#10;/FFX7f5LvcjnR60vL+b7OxCB5vAHw69+VIcyOu3cgY0Xg4ZFkl1HVMMqXScgIrG6SeO6nYardJ2B&#10;LAv5f0P5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADDT2f3+AQAA5AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMHM2oTgAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAWAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" strokeweight="2.25pt"/>
+              <v:oval w14:anchorId="10C1290D" id="Oval 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:-8.25pt;margin-top:164.55pt;width:194.25pt;height:50.25pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAw09n9/gEAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46zJE2NOEWRrsOA&#10;rhvQ9QMUWbaFyaJGKXGyrx8lu2mw3YrpIJAi9Ug+Pa1vjp1hB4Vegy15PplypqyEStum5M8/7j+s&#10;OPNB2EoYsKrkJ+X5zeb9u3XvCjWDFkylkBGI9UXvSt6G4Ios87JVnfATcMpSsAbsRCAXm6xC0RN6&#10;Z7LZdLrMesDKIUjlPZ3eDUG+Sfh1rWT4VtdeBWZKTr2FtGPad3HPNmtRNChcq+XYhnhDF53Qloqe&#10;oe5EEGyP+h+oTksED3WYSOgyqGstVZqBpsmnf03z1Aqn0ixEjndnmvz/g5WPhyf3HWPr3j2A/OmZ&#10;hW0rbKNuEaFvlaioXB6Jynrni/OF6Hi6ynb9V6joacU+QOLgWGMXAWk6dkxUn85Uq2Ngkg5n8+Xy&#10;+mrBmaTY8uMqJzuWEMXLbYc+fFbQsWiUXBmjnY9siEIcHnwYsl+y4rGFe21MelFjWU9FVguCTbOB&#10;0VWMJgeb3dYgO4goirTG2v4yDWFvq4QWSfg02kFoM9jUq7EjK5GIqDlf7KA6ESkIg9Toa5DRAv7m&#10;rCeZldz/2gtUnJkvloi9zufzqMvkzBdXM3LwMrK7jAgrCarkgbPB3IZBy3uHummpUp7GtXBLj1Hr&#10;RNJrV2OzJKXE9Cj7qNVLP2W9fs7NHwAAAP//AwBQSwMEFAAGAAgAAAAhAMHM2oTgAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaOykEGuJUCAFCkTjQIM7beEmixusQu234&#10;e8wJjqt9mnlTbGY7iCNNvnesIVkqEMSNMz23Gt7rp8UtCB+QDQ6OScM3ediU52cF5sad+I2O29CK&#10;GMI+Rw1dCGMupW86suiXbiSOv083WQzxnFppJjzFcDvIVKlMWuw5NnQ40kNHzX57sBrUWNWvlSWP&#10;/FFX7f5LvcjnR60vL+b7OxCB5vAHw69+VIcyOu3cgY0Xg4ZFkl1HVMMqXScgIrG6SeO6nYardJ2B&#10;LAv5f0P5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADDT2f3+AQAA5AMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMHM2oTgAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAWAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" strokeweight="2.25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00173094">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45607CFB" wp14:editId="56DFBCFB">
-[...1 lines deleted...]
-            <wp:effectExtent l="19050" t="19050" r="12065" b="13335"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45607CFB" wp14:editId="7EDFA478">
+            <wp:extent cx="3180783" cy="3434715"/>
+            <wp:effectExtent l="19050" t="19050" r="19685" b="13335"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPr id="7" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3188335" cy="3434715"/>
+                      <a:ext cx="3180783" cy="3434715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C364B7" w14:textId="77777777" w:rsidR="003223FE" w:rsidRDefault="003223FE" w:rsidP="003223FE"/>
     <w:p w14:paraId="7FFB8D81" w14:textId="76A4B5EC" w:rsidR="001E31DC" w:rsidRDefault="001E31DC" w:rsidP="001E31DC">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -2845,129 +3067,171 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Click on Excel link for the School Financial Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Signature Page</w:t>
       </w:r>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32AF573B" w14:textId="77777777" w:rsidR="00C75CFC" w:rsidRPr="000A5BA9" w:rsidRDefault="00C75CFC" w:rsidP="00C75CFC">
+    <w:p w14:paraId="32AF573B" w14:textId="73926D2D" w:rsidR="00C75CFC" w:rsidRPr="000A5BA9" w:rsidRDefault="00C75CFC" w:rsidP="00C75CFC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Click the downloads link at the top right of your screen and click Catholic School Financial Report signature sheet 2024-2025.xlsx.</w:t>
+        <w:t>Click the downloads link at the top right of your screen and click Catholic School Financial Report signature sheet 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37851">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37851">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.xlsx.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB24CBA" w14:textId="77777777" w:rsidR="00C75CFC" w:rsidRPr="000A5BA9" w:rsidRDefault="00C75CFC" w:rsidP="00C75CFC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Click Enable Editing at the top if it appears.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52362A53" w14:textId="77777777" w:rsidR="00C75CFC" w:rsidRPr="000A5BA9" w:rsidRDefault="00C75CFC" w:rsidP="00C75CFC">
+    <w:p w14:paraId="52362A53" w14:textId="47AC5F4B" w:rsidR="00C75CFC" w:rsidRPr="000A5BA9" w:rsidRDefault="00C75CFC" w:rsidP="00C75CFC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Click File, Save As and save the document to the “My Documents” folder on your computer using the school name and location as the File Name (example: “St. Mary’s School, Canton School Financial Report for 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37851">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37851">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0302992F" w14:textId="77777777" w:rsidR="00C75CFC" w:rsidRPr="000A5BA9" w:rsidRDefault="00C75CFC" w:rsidP="00C75CFC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3032,72 +3296,72 @@
         <w:t xml:space="preserve">Be sure to answer all questions. If one does not apply to your school, mark </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>N/A (no answer)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the space so that we know that you have considered the question.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="513AF4DF" w14:textId="77777777" w:rsidR="00B8702D" w:rsidRDefault="00B8702D" w:rsidP="00B8702D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DD0F73C" w14:textId="48230374" w:rsidR="00B8702D" w:rsidRDefault="00B8702D" w:rsidP="00B8702D">
+    <w:p w14:paraId="5DD0F73C" w14:textId="6DB186D0" w:rsidR="00B8702D" w:rsidRDefault="00B8702D" w:rsidP="00B8702D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>School Bank Accounts and Cash Statement June 30, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00420743">
+      <w:r w:rsidR="00C37851">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C39BD0B" w14:textId="7B32310A" w:rsidR="00B8702D" w:rsidRDefault="00B8702D" w:rsidP="00B8702D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>All accounts in the name of the school are to be included here.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E163EC9" w14:textId="77777777" w:rsidR="00B8702D" w:rsidRDefault="00B8702D" w:rsidP="00B8702D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3673A586" w14:textId="1ABF7FF4" w:rsidR="00B8702D" w:rsidRDefault="00B8702D" w:rsidP="00B8702D">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Other </w:t>
@@ -3318,104 +3582,118 @@
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00E22D59">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vlalonde@rcdony.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E22D59">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Click the “Insert” option from the top-title-menu bar, then Click the “File” option. At the “Look in” location navigate to the “My Documents” folder; Click the folder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B60AA3D" w14:textId="77777777" w:rsidR="00052707" w:rsidRDefault="00BF0070" w:rsidP="00BF0070">
+    <w:p w14:paraId="2B60AA3D" w14:textId="63836B2F" w:rsidR="00052707" w:rsidRDefault="00BF0070" w:rsidP="00BF0070">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Double</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Click the “(your school) (your location) School Financial Report for 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007A0F55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007A0F55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="000A5BA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>” file; the Insert File dialogue box should disappear.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41A8EA9D" w14:textId="355224F5" w:rsidR="00BF0070" w:rsidRPr="00052707" w:rsidRDefault="00BF0070" w:rsidP="00BF0070">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052707">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3478,65 +3756,65 @@
     </w:p>
     <w:p w14:paraId="594E4A1D" w14:textId="77777777" w:rsidR="00A70882" w:rsidRDefault="00A70882">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A70882" w:rsidSect="007050E0">
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="432" w:right="1440" w:bottom="288" w:left="1440" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3493E187" w14:textId="77777777" w:rsidR="007511B2" w:rsidRDefault="007511B2">
+    <w:p w14:paraId="791B79DE" w14:textId="77777777" w:rsidR="004901E4" w:rsidRDefault="004901E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30783E66" w14:textId="77777777" w:rsidR="007511B2" w:rsidRDefault="007511B2">
+    <w:p w14:paraId="7CC20B8C" w14:textId="77777777" w:rsidR="004901E4" w:rsidRDefault="004901E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3729704C" w14:textId="77777777" w:rsidR="007511B2" w:rsidRDefault="007511B2"/>
+    <w:p w14:paraId="69EA0E99" w14:textId="77777777" w:rsidR="004901E4" w:rsidRDefault="004901E4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3576,65 +3854,65 @@
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C521065" w14:textId="77777777" w:rsidR="007511B2" w:rsidRDefault="007511B2">
+    <w:p w14:paraId="30085346" w14:textId="77777777" w:rsidR="004901E4" w:rsidRDefault="004901E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4076322F" w14:textId="77777777" w:rsidR="007511B2" w:rsidRDefault="007511B2">
+    <w:p w14:paraId="2DC599DC" w14:textId="77777777" w:rsidR="004901E4" w:rsidRDefault="004901E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1399F171" w14:textId="77777777" w:rsidR="007511B2" w:rsidRDefault="007511B2"/>
+    <w:p w14:paraId="412E55AB" w14:textId="77777777" w:rsidR="004901E4" w:rsidRDefault="004901E4"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56C731C7" w14:textId="77777777" w:rsidR="007848D8" w:rsidRDefault="007848D8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Instructions for </w:t>
     </w:r>
     <w:r w:rsidR="007307CD">
       <w:t>School</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> Financial Reports</w:t>
     </w:r>
     <w:r>
       <w:tab/>
@@ -5758,51 +6036,51 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="918947345">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1914003227">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1230113009">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="840463821">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="314918021">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1224830678">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5812,500 +6090,536 @@
   <w:rsids>
     <w:rsidRoot w:val="0015548E"/>
     <w:rsid w:val="00004FB7"/>
     <w:rsid w:val="00015D87"/>
     <w:rsid w:val="00023FF1"/>
     <w:rsid w:val="00026333"/>
     <w:rsid w:val="00032EB6"/>
     <w:rsid w:val="00045D33"/>
     <w:rsid w:val="00052707"/>
     <w:rsid w:val="00053CAF"/>
     <w:rsid w:val="000577C9"/>
     <w:rsid w:val="00061421"/>
     <w:rsid w:val="00061973"/>
     <w:rsid w:val="000638D0"/>
     <w:rsid w:val="00065587"/>
     <w:rsid w:val="00065C80"/>
     <w:rsid w:val="00067166"/>
     <w:rsid w:val="00072288"/>
     <w:rsid w:val="00074145"/>
     <w:rsid w:val="00076017"/>
     <w:rsid w:val="00077FE2"/>
     <w:rsid w:val="00087500"/>
     <w:rsid w:val="000875F3"/>
     <w:rsid w:val="00094772"/>
     <w:rsid w:val="000A5BA9"/>
+    <w:rsid w:val="000B0A07"/>
     <w:rsid w:val="000B230C"/>
     <w:rsid w:val="000B4D2A"/>
     <w:rsid w:val="000C4A10"/>
     <w:rsid w:val="000E30C8"/>
     <w:rsid w:val="0011254F"/>
     <w:rsid w:val="00112F07"/>
     <w:rsid w:val="00117109"/>
     <w:rsid w:val="001232C2"/>
+    <w:rsid w:val="0012339A"/>
     <w:rsid w:val="00147E93"/>
     <w:rsid w:val="001529AB"/>
     <w:rsid w:val="001529EA"/>
     <w:rsid w:val="0015548E"/>
     <w:rsid w:val="00160870"/>
     <w:rsid w:val="00160ECF"/>
     <w:rsid w:val="00161EE2"/>
     <w:rsid w:val="001678B2"/>
     <w:rsid w:val="00173094"/>
     <w:rsid w:val="001916CD"/>
     <w:rsid w:val="00192615"/>
     <w:rsid w:val="0019272D"/>
     <w:rsid w:val="001A00E3"/>
     <w:rsid w:val="001B1C8E"/>
     <w:rsid w:val="001B50E5"/>
     <w:rsid w:val="001B63BA"/>
     <w:rsid w:val="001C4088"/>
     <w:rsid w:val="001C50D2"/>
     <w:rsid w:val="001C5626"/>
     <w:rsid w:val="001D23D2"/>
     <w:rsid w:val="001D68E5"/>
     <w:rsid w:val="001E31DC"/>
+    <w:rsid w:val="001E5ECB"/>
     <w:rsid w:val="001F18DC"/>
+    <w:rsid w:val="001F3A6C"/>
     <w:rsid w:val="001F711D"/>
     <w:rsid w:val="001F7535"/>
     <w:rsid w:val="00203531"/>
+    <w:rsid w:val="002144F4"/>
     <w:rsid w:val="00225ECC"/>
     <w:rsid w:val="00230585"/>
     <w:rsid w:val="00235D2A"/>
     <w:rsid w:val="002373CD"/>
     <w:rsid w:val="00242361"/>
     <w:rsid w:val="0024382B"/>
+    <w:rsid w:val="00260E91"/>
     <w:rsid w:val="00261B8B"/>
     <w:rsid w:val="002656EF"/>
     <w:rsid w:val="00265D80"/>
     <w:rsid w:val="0026741E"/>
     <w:rsid w:val="002763C4"/>
     <w:rsid w:val="002765FF"/>
     <w:rsid w:val="00282544"/>
     <w:rsid w:val="0028567E"/>
     <w:rsid w:val="0028580C"/>
     <w:rsid w:val="002A1AFF"/>
     <w:rsid w:val="002B0661"/>
     <w:rsid w:val="002B1BEA"/>
     <w:rsid w:val="002D098B"/>
+    <w:rsid w:val="002D29D0"/>
     <w:rsid w:val="002D6F61"/>
     <w:rsid w:val="002F1E4B"/>
     <w:rsid w:val="002F2E90"/>
     <w:rsid w:val="002F7734"/>
     <w:rsid w:val="00301597"/>
     <w:rsid w:val="00304E5B"/>
     <w:rsid w:val="00314149"/>
     <w:rsid w:val="003223FE"/>
     <w:rsid w:val="0032345B"/>
     <w:rsid w:val="00323833"/>
     <w:rsid w:val="0032481C"/>
     <w:rsid w:val="00334D1F"/>
     <w:rsid w:val="00342704"/>
     <w:rsid w:val="0034430D"/>
     <w:rsid w:val="00345FB1"/>
     <w:rsid w:val="00350340"/>
     <w:rsid w:val="00364CCA"/>
     <w:rsid w:val="00370654"/>
     <w:rsid w:val="00397ECC"/>
     <w:rsid w:val="003B4E66"/>
     <w:rsid w:val="003E4A3B"/>
     <w:rsid w:val="003E61CF"/>
     <w:rsid w:val="003E7107"/>
     <w:rsid w:val="003F29A9"/>
+    <w:rsid w:val="003F65B7"/>
     <w:rsid w:val="00403684"/>
     <w:rsid w:val="00404DBF"/>
     <w:rsid w:val="00416537"/>
     <w:rsid w:val="00420743"/>
     <w:rsid w:val="004219B1"/>
     <w:rsid w:val="00421A37"/>
     <w:rsid w:val="00426474"/>
+    <w:rsid w:val="00427CA0"/>
     <w:rsid w:val="00437233"/>
     <w:rsid w:val="004460D8"/>
     <w:rsid w:val="00451084"/>
     <w:rsid w:val="00465A50"/>
     <w:rsid w:val="0047245F"/>
     <w:rsid w:val="00474AC5"/>
     <w:rsid w:val="0047663C"/>
     <w:rsid w:val="00476AD7"/>
     <w:rsid w:val="00483237"/>
     <w:rsid w:val="00486FAA"/>
     <w:rsid w:val="004900CA"/>
+    <w:rsid w:val="004901E4"/>
     <w:rsid w:val="00490CDF"/>
     <w:rsid w:val="0049376E"/>
     <w:rsid w:val="004A2310"/>
     <w:rsid w:val="004B5B00"/>
     <w:rsid w:val="004C4CB0"/>
     <w:rsid w:val="004D0BED"/>
     <w:rsid w:val="004E0D46"/>
     <w:rsid w:val="004E59D3"/>
     <w:rsid w:val="004E71F2"/>
     <w:rsid w:val="004F6CE8"/>
     <w:rsid w:val="004F6D0E"/>
     <w:rsid w:val="004F7574"/>
     <w:rsid w:val="005129B0"/>
     <w:rsid w:val="00515B11"/>
     <w:rsid w:val="00520021"/>
     <w:rsid w:val="00527A45"/>
     <w:rsid w:val="00531149"/>
     <w:rsid w:val="00547EA9"/>
     <w:rsid w:val="005512FA"/>
     <w:rsid w:val="00555275"/>
     <w:rsid w:val="0055786B"/>
     <w:rsid w:val="00563352"/>
     <w:rsid w:val="0056619D"/>
     <w:rsid w:val="00572EB5"/>
     <w:rsid w:val="00575EA5"/>
     <w:rsid w:val="0058566F"/>
     <w:rsid w:val="005865B1"/>
     <w:rsid w:val="005947BC"/>
     <w:rsid w:val="005A1588"/>
     <w:rsid w:val="005B2D48"/>
     <w:rsid w:val="005B39B7"/>
+    <w:rsid w:val="005D5D67"/>
     <w:rsid w:val="005E36CF"/>
     <w:rsid w:val="005E771F"/>
     <w:rsid w:val="005F72C4"/>
     <w:rsid w:val="006038AF"/>
     <w:rsid w:val="0061128C"/>
     <w:rsid w:val="006143C5"/>
     <w:rsid w:val="006206D2"/>
     <w:rsid w:val="0062420F"/>
     <w:rsid w:val="00633FAF"/>
+    <w:rsid w:val="00635C35"/>
     <w:rsid w:val="00643412"/>
     <w:rsid w:val="0064520D"/>
     <w:rsid w:val="00647C0C"/>
     <w:rsid w:val="0065416F"/>
     <w:rsid w:val="0065637A"/>
     <w:rsid w:val="006608E9"/>
     <w:rsid w:val="006647FE"/>
     <w:rsid w:val="00664DD5"/>
     <w:rsid w:val="0067094D"/>
     <w:rsid w:val="00672952"/>
     <w:rsid w:val="006735FC"/>
     <w:rsid w:val="00676F1D"/>
     <w:rsid w:val="00677D11"/>
     <w:rsid w:val="0068230F"/>
     <w:rsid w:val="00683428"/>
     <w:rsid w:val="00685D6D"/>
     <w:rsid w:val="006901C2"/>
     <w:rsid w:val="0069042F"/>
     <w:rsid w:val="006933DC"/>
     <w:rsid w:val="00695C0A"/>
     <w:rsid w:val="0069606A"/>
     <w:rsid w:val="006A60FA"/>
+    <w:rsid w:val="006B13B7"/>
     <w:rsid w:val="006B3FF8"/>
     <w:rsid w:val="006B4951"/>
     <w:rsid w:val="006C6FDD"/>
     <w:rsid w:val="006D41A2"/>
     <w:rsid w:val="006D5042"/>
     <w:rsid w:val="006E098C"/>
     <w:rsid w:val="006E7039"/>
     <w:rsid w:val="006F2202"/>
     <w:rsid w:val="006F5F57"/>
     <w:rsid w:val="006F6573"/>
     <w:rsid w:val="007050E0"/>
     <w:rsid w:val="007307CD"/>
     <w:rsid w:val="007321DB"/>
     <w:rsid w:val="007335D5"/>
     <w:rsid w:val="007338CE"/>
     <w:rsid w:val="007345E1"/>
     <w:rsid w:val="00743A32"/>
     <w:rsid w:val="007511B2"/>
     <w:rsid w:val="00753D39"/>
+    <w:rsid w:val="00754D9D"/>
     <w:rsid w:val="00770697"/>
+    <w:rsid w:val="00775A19"/>
     <w:rsid w:val="00781A0B"/>
     <w:rsid w:val="007848D8"/>
     <w:rsid w:val="007910A0"/>
     <w:rsid w:val="0079637C"/>
+    <w:rsid w:val="007A0F55"/>
     <w:rsid w:val="007A3109"/>
     <w:rsid w:val="007B1EC7"/>
     <w:rsid w:val="007B69F2"/>
     <w:rsid w:val="007C165A"/>
     <w:rsid w:val="007C1793"/>
     <w:rsid w:val="007C3F93"/>
     <w:rsid w:val="007C442B"/>
     <w:rsid w:val="007C4DBD"/>
     <w:rsid w:val="007C7837"/>
     <w:rsid w:val="007D30E0"/>
     <w:rsid w:val="007D3CFA"/>
     <w:rsid w:val="007D642F"/>
     <w:rsid w:val="007D7209"/>
     <w:rsid w:val="007D7969"/>
     <w:rsid w:val="007E2605"/>
     <w:rsid w:val="007E6534"/>
     <w:rsid w:val="008055F9"/>
     <w:rsid w:val="00810765"/>
     <w:rsid w:val="00811FC8"/>
     <w:rsid w:val="00812152"/>
     <w:rsid w:val="008127AF"/>
     <w:rsid w:val="00812900"/>
     <w:rsid w:val="00812F86"/>
     <w:rsid w:val="00814072"/>
     <w:rsid w:val="00816C70"/>
     <w:rsid w:val="0082134A"/>
     <w:rsid w:val="00824636"/>
     <w:rsid w:val="0082634D"/>
     <w:rsid w:val="00831319"/>
     <w:rsid w:val="008332A1"/>
     <w:rsid w:val="00833D0E"/>
     <w:rsid w:val="008355F0"/>
     <w:rsid w:val="00840796"/>
     <w:rsid w:val="0084233B"/>
     <w:rsid w:val="008423E0"/>
     <w:rsid w:val="00851388"/>
     <w:rsid w:val="0085211D"/>
     <w:rsid w:val="00857A9C"/>
+    <w:rsid w:val="0087093F"/>
     <w:rsid w:val="00875C47"/>
     <w:rsid w:val="00880308"/>
     <w:rsid w:val="00884565"/>
     <w:rsid w:val="00895056"/>
     <w:rsid w:val="00896375"/>
     <w:rsid w:val="008A4214"/>
     <w:rsid w:val="008A5CAF"/>
     <w:rsid w:val="008B3D14"/>
     <w:rsid w:val="008B3D47"/>
     <w:rsid w:val="008B7DE8"/>
     <w:rsid w:val="008C0DE1"/>
     <w:rsid w:val="008C2D1F"/>
     <w:rsid w:val="008C565D"/>
     <w:rsid w:val="008D166D"/>
     <w:rsid w:val="008D43EB"/>
     <w:rsid w:val="008D6843"/>
     <w:rsid w:val="008E1C77"/>
     <w:rsid w:val="008E2611"/>
     <w:rsid w:val="008F5B8F"/>
     <w:rsid w:val="008F64FF"/>
     <w:rsid w:val="00901C13"/>
     <w:rsid w:val="009049F2"/>
     <w:rsid w:val="00907F6A"/>
     <w:rsid w:val="00910E8F"/>
     <w:rsid w:val="00913BB1"/>
     <w:rsid w:val="0092024F"/>
     <w:rsid w:val="00923AC0"/>
     <w:rsid w:val="009257C0"/>
     <w:rsid w:val="009309AF"/>
     <w:rsid w:val="00930B09"/>
     <w:rsid w:val="00931880"/>
     <w:rsid w:val="009527A5"/>
     <w:rsid w:val="00955C57"/>
     <w:rsid w:val="00961A3B"/>
     <w:rsid w:val="009635C9"/>
     <w:rsid w:val="00963981"/>
     <w:rsid w:val="00965109"/>
     <w:rsid w:val="00965FBA"/>
     <w:rsid w:val="009667F0"/>
+    <w:rsid w:val="009854FC"/>
     <w:rsid w:val="009865E4"/>
+    <w:rsid w:val="00990BED"/>
     <w:rsid w:val="00991391"/>
     <w:rsid w:val="009B03A3"/>
+    <w:rsid w:val="009B045A"/>
     <w:rsid w:val="009B4378"/>
     <w:rsid w:val="009C070C"/>
     <w:rsid w:val="009C19A2"/>
     <w:rsid w:val="009D376C"/>
     <w:rsid w:val="009D3D93"/>
     <w:rsid w:val="009D702C"/>
     <w:rsid w:val="00A058FB"/>
     <w:rsid w:val="00A07633"/>
     <w:rsid w:val="00A079B9"/>
     <w:rsid w:val="00A12B2F"/>
     <w:rsid w:val="00A13A7E"/>
     <w:rsid w:val="00A14651"/>
     <w:rsid w:val="00A17862"/>
     <w:rsid w:val="00A2721A"/>
     <w:rsid w:val="00A31763"/>
     <w:rsid w:val="00A36484"/>
     <w:rsid w:val="00A4531F"/>
     <w:rsid w:val="00A519C2"/>
     <w:rsid w:val="00A62E47"/>
     <w:rsid w:val="00A63E97"/>
+    <w:rsid w:val="00A70676"/>
     <w:rsid w:val="00A70882"/>
     <w:rsid w:val="00A729AC"/>
+    <w:rsid w:val="00A76AF6"/>
     <w:rsid w:val="00A77355"/>
     <w:rsid w:val="00A80050"/>
     <w:rsid w:val="00A808AB"/>
     <w:rsid w:val="00A80F96"/>
     <w:rsid w:val="00A93D8D"/>
     <w:rsid w:val="00AA3753"/>
     <w:rsid w:val="00AA480D"/>
     <w:rsid w:val="00AA768C"/>
+    <w:rsid w:val="00AB0934"/>
     <w:rsid w:val="00AB0DF9"/>
     <w:rsid w:val="00AB2C41"/>
     <w:rsid w:val="00AB4883"/>
+    <w:rsid w:val="00AC68AA"/>
     <w:rsid w:val="00AE648A"/>
     <w:rsid w:val="00AE7F9D"/>
     <w:rsid w:val="00AF2027"/>
+    <w:rsid w:val="00AF30C7"/>
     <w:rsid w:val="00AF6AE9"/>
     <w:rsid w:val="00B013A3"/>
     <w:rsid w:val="00B05682"/>
     <w:rsid w:val="00B20E51"/>
     <w:rsid w:val="00B3415B"/>
     <w:rsid w:val="00B342E7"/>
     <w:rsid w:val="00B42E5A"/>
     <w:rsid w:val="00B430E7"/>
     <w:rsid w:val="00B4390D"/>
     <w:rsid w:val="00B46CD2"/>
     <w:rsid w:val="00B475E3"/>
+    <w:rsid w:val="00B539F1"/>
     <w:rsid w:val="00B60A30"/>
     <w:rsid w:val="00B65D59"/>
     <w:rsid w:val="00B66061"/>
     <w:rsid w:val="00B66D6F"/>
     <w:rsid w:val="00B80579"/>
     <w:rsid w:val="00B831B1"/>
     <w:rsid w:val="00B8702D"/>
     <w:rsid w:val="00BA3E8B"/>
     <w:rsid w:val="00BB0B76"/>
     <w:rsid w:val="00BB155D"/>
     <w:rsid w:val="00BB3E53"/>
     <w:rsid w:val="00BB598E"/>
     <w:rsid w:val="00BC5370"/>
     <w:rsid w:val="00BD43F0"/>
     <w:rsid w:val="00BD6035"/>
     <w:rsid w:val="00BF0070"/>
     <w:rsid w:val="00BF3038"/>
+    <w:rsid w:val="00C16942"/>
     <w:rsid w:val="00C20C65"/>
     <w:rsid w:val="00C303B5"/>
     <w:rsid w:val="00C31C19"/>
+    <w:rsid w:val="00C37851"/>
     <w:rsid w:val="00C4496E"/>
     <w:rsid w:val="00C44C7C"/>
     <w:rsid w:val="00C529A1"/>
     <w:rsid w:val="00C53DC6"/>
     <w:rsid w:val="00C62F7D"/>
     <w:rsid w:val="00C70DA2"/>
     <w:rsid w:val="00C719F2"/>
     <w:rsid w:val="00C75CFC"/>
     <w:rsid w:val="00C80E1E"/>
     <w:rsid w:val="00C83017"/>
     <w:rsid w:val="00C912D3"/>
+    <w:rsid w:val="00CA6516"/>
     <w:rsid w:val="00CB4778"/>
     <w:rsid w:val="00CC05B1"/>
     <w:rsid w:val="00CC2C99"/>
     <w:rsid w:val="00CD3E13"/>
     <w:rsid w:val="00CD5777"/>
     <w:rsid w:val="00CD5955"/>
     <w:rsid w:val="00CD70AF"/>
     <w:rsid w:val="00CD74D6"/>
+    <w:rsid w:val="00CF0B88"/>
     <w:rsid w:val="00D02906"/>
     <w:rsid w:val="00D0452D"/>
     <w:rsid w:val="00D12493"/>
     <w:rsid w:val="00D13BB5"/>
     <w:rsid w:val="00D22AE4"/>
     <w:rsid w:val="00D236F3"/>
     <w:rsid w:val="00D300A5"/>
     <w:rsid w:val="00D32D48"/>
     <w:rsid w:val="00D3556E"/>
     <w:rsid w:val="00D40260"/>
     <w:rsid w:val="00D415F6"/>
     <w:rsid w:val="00D41FE2"/>
     <w:rsid w:val="00D54B25"/>
     <w:rsid w:val="00D55503"/>
-    <w:rsid w:val="00D55DA1"/>
     <w:rsid w:val="00D664C6"/>
     <w:rsid w:val="00D76EEB"/>
     <w:rsid w:val="00D830D1"/>
     <w:rsid w:val="00DA2646"/>
     <w:rsid w:val="00DA725A"/>
     <w:rsid w:val="00DB2E8C"/>
     <w:rsid w:val="00DC632A"/>
+    <w:rsid w:val="00DC7648"/>
     <w:rsid w:val="00DD7DE7"/>
     <w:rsid w:val="00DE0A8C"/>
     <w:rsid w:val="00DE1C2A"/>
     <w:rsid w:val="00DE2941"/>
     <w:rsid w:val="00DE3BEA"/>
+    <w:rsid w:val="00DE62DF"/>
     <w:rsid w:val="00DE6B03"/>
     <w:rsid w:val="00DF142D"/>
     <w:rsid w:val="00DF66F8"/>
     <w:rsid w:val="00E10050"/>
     <w:rsid w:val="00E118F3"/>
     <w:rsid w:val="00E1542F"/>
     <w:rsid w:val="00E21EC2"/>
     <w:rsid w:val="00E22321"/>
     <w:rsid w:val="00E22D59"/>
     <w:rsid w:val="00E26692"/>
     <w:rsid w:val="00E26B97"/>
     <w:rsid w:val="00E347AE"/>
     <w:rsid w:val="00E37AFA"/>
     <w:rsid w:val="00E44805"/>
     <w:rsid w:val="00E545B9"/>
     <w:rsid w:val="00E57841"/>
     <w:rsid w:val="00E67B68"/>
     <w:rsid w:val="00E70517"/>
     <w:rsid w:val="00E74879"/>
     <w:rsid w:val="00E852F4"/>
+    <w:rsid w:val="00E85AE4"/>
+    <w:rsid w:val="00EB2DD9"/>
     <w:rsid w:val="00EC0C66"/>
     <w:rsid w:val="00ED11BF"/>
     <w:rsid w:val="00EE3EE5"/>
     <w:rsid w:val="00EE4C70"/>
     <w:rsid w:val="00EF4B4D"/>
     <w:rsid w:val="00F0092F"/>
     <w:rsid w:val="00F04E25"/>
     <w:rsid w:val="00F115D7"/>
     <w:rsid w:val="00F13B9B"/>
+    <w:rsid w:val="00F1421E"/>
     <w:rsid w:val="00F147F0"/>
     <w:rsid w:val="00F148FC"/>
     <w:rsid w:val="00F33544"/>
     <w:rsid w:val="00F407BA"/>
     <w:rsid w:val="00F4354B"/>
     <w:rsid w:val="00F51795"/>
     <w:rsid w:val="00F5527A"/>
     <w:rsid w:val="00F65D33"/>
     <w:rsid w:val="00F7530D"/>
     <w:rsid w:val="00F77924"/>
     <w:rsid w:val="00F80C8A"/>
     <w:rsid w:val="00F812DF"/>
-    <w:rsid w:val="00F81DBF"/>
     <w:rsid w:val="00FA38D6"/>
+    <w:rsid w:val="00FC20FE"/>
     <w:rsid w:val="00FC2381"/>
+    <w:rsid w:val="00FC58D4"/>
     <w:rsid w:val="00FC64FF"/>
     <w:rsid w:val="00FF2192"/>
     <w:rsid w:val="00FF4AE1"/>
     <w:rsid w:val="00FF5422"/>
+    <w:rsid w:val="671C565C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="628F56D9"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D2FD9748-4A66-4BC8-9C79-E4116F1C28AB}"/>
+  <w15:docId w15:val="{DE1CA15A-7CF6-465D-853E-D08A410B5D84}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6866,50 +7180,52 @@
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00BC5370"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E21EC2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlalonde@rcdony.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlalonde@rcdony.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlalonde@rcdony.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastoral.rcdony.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -7181,52 +7497,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004C0EF440E56FBE42B09F7F3C4308A6E5" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3458c67ad2d73c538d1a3c25def4ad31">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98bf7004-6a99-4dd1-80b1-0df2c71c8123" xmlns:ns3="9926944a-7876-4544-842a-23459bf685f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f735d5e1114cf2087ab54c81a461a1fb" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9926944a-7876-4544-842a-23459bf685f0" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="98bf7004-6a99-4dd1-80b1-0df2c71c8123">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004C0EF440E56FBE42B09F7F3C4308A6E5" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2e4369b932fbb196d4c30ae128969935">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98bf7004-6a99-4dd1-80b1-0df2c71c8123" xmlns:ns3="9926944a-7876-4544-842a-23459bf685f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="49a308798513b27bdf0182b90aae0617" ns2:_="" ns3:_="">
     <xsd:import namespace="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
     <xsd:import namespace="9926944a-7876-4544-842a-23459bf685f0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -7429,209 +7765,189 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2998DEDC-F1FD-4349-9F11-FF4692985992}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19A4E6C6-F583-4879-A78F-76BD859A56E6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9926944a-7876-4544-842a-23459bf685f0"/>
+    <ds:schemaRef ds:uri="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E994E0A-E1FE-4867-9109-87ED251911C8}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40CB2083-9FB1-487C-89A2-3CD4CA265F02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
     <ds:schemaRef ds:uri="9926944a-7876-4544-842a-23459bf685f0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1037</Words>
-  <Characters>5913</Characters>
+  <Words>1122</Words>
+  <Characters>5672</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>156</Lines>
+  <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DIOCESE  OF  OGDENSBURG</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>R. C. Diocese of Ogdensburg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6937</CharactersWithSpaces>
+  <CharactersWithSpaces>6749</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
-        <vt:i4>5177466</vt:i4>
+        <vt:i4>4391013</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:gkimble@rcdony.org</vt:lpwstr>
+        <vt:lpwstr>mailto:vlalonde@rcdony.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8323196</vt:i4>
+        <vt:i4>4391013</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://pastoral.rcdony.org/ParishAdmSer/index.html</vt:lpwstr>
+        <vt:lpwstr>mailto:vlalonde@rcdony.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5177466</vt:i4>
+        <vt:i4>1114142</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:gkimble@rcdony.org</vt:lpwstr>
+        <vt:lpwstr>https://pastoral.rcdony.org/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5177466</vt:i4>
+        <vt:i4>4391013</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:gkimble@rcdony.org</vt:lpwstr>
+        <vt:lpwstr>mailto:vlalonde@rcdony.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dianna L. Shaver</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 