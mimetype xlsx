--- v0 (2025-10-21)
+++ v1 (2026-02-28)
@@ -1,227 +1,232 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Temp\web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9A989895-1A07-4368-A309-2955F5835820}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1A75ADC4-29B6-46E7-9237-F272918F69C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="1590" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="7" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="3" r:id="rId2"/>
-[...1 lines deleted...]
-    <sheet name="Sheet4" sheetId="5" r:id="rId4"/>
   </sheets>
-  <calcPr calcId="144525"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
+    <t xml:space="preserve">                                            Catholic School Financial Report</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                 July 1, 2025 - June 30, 2026</t>
+  </si>
+  <si>
+    <t>School:</t>
+  </si>
+  <si>
+    <t>Address:</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Diocese of Ogdensburg</t>
+  </si>
+  <si>
+    <t>Number of students reported in September:</t>
+  </si>
+  <si>
     <t>Department of Education</t>
   </si>
   <si>
+    <t>Pre-School:                      K-12:</t>
+  </si>
+  <si>
     <t xml:space="preserve">     Catholic Schools</t>
   </si>
   <si>
-    <t>School:</t>
-[...7 lines deleted...]
-  <si>
     <t>Signature of Pastor or President of Education Council:</t>
   </si>
   <si>
     <t>Signature of Principal:</t>
   </si>
   <si>
-    <t xml:space="preserve">                                            Catholic School Financial Report</t>
+    <t xml:space="preserve">When the School Financial Report is filed electronically, it is still required by the Department of Education </t>
+  </si>
+  <si>
+    <t>that it be reviewed and accepted by the Pastor or President of the Education Council and the Principal</t>
+  </si>
+  <si>
+    <t>before it is filed.  Only when this review has been completed should the applicable signatures be typed</t>
+  </si>
+  <si>
+    <t xml:space="preserve">above where the form asks for the signatures.  The inclusion of the names here will serve as verification </t>
+  </si>
+  <si>
+    <t xml:space="preserve">to the Department of Education that the School Financial Report has been approved by the Pastor or </t>
+  </si>
+  <si>
+    <t>Education Council President and the Principal.</t>
+  </si>
+  <si>
+    <t>SUMMARY  FOR  PERIOD  ENDING  JUNE  30,  2026</t>
+  </si>
+  <si>
+    <t>SCHOOL  BANK  ACCOUNTS  AND  CASH  STATEMENT  JUNE  30,  2026</t>
   </si>
   <si>
     <t>(Include all Checking and Savings Accounts, Certificates of Deposit, Petty Cash and Cash)</t>
   </si>
   <si>
     <t>Name of Bank</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
+    <t>Type of Acct*</t>
+  </si>
+  <si>
     <t>Acct. No.</t>
   </si>
   <si>
     <t>Balance</t>
-  </si>
-[...1 lines deleted...]
-    <t>Type of Acct*</t>
   </si>
   <si>
     <t>* Indicate by CK (Checking); S (Savings); CD (Certificate of Deposit); or C (Cash)</t>
   </si>
   <si>
     <t>OTHER  SCHOOL  BANK  ACCOUNTS</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Please list other accounts </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>not included elsewhere in this report.</t>
     </r>
   </si>
   <si>
     <t>Include Principal Accounts, Home School Association Accounts, etc.</t>
   </si>
   <si>
+    <t>Unpaid bills as of June 30, 2026:  $</t>
+  </si>
+  <si>
     <t>(Please attach list)</t>
   </si>
   <si>
     <t>CAPITAL  EXPENSES</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>AMOUNT</t>
-  </si>
-[...34 lines deleted...]
-    <t>SCHOOL  BANK  ACCOUNTS  AND  CASH  STATEMENT  JUNE  30,  2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <name val="Arial"/>
-[...3 lines deleted...]
-      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -248,109 +253,108 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1076325</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2084" name="Picture 1" descr="Chancery Crest Good">
           <a:extLst>
@@ -681,555 +685,433 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:E56"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="A27" sqref="A27:E27"/>
+      <selection activeCell="B62" sqref="B62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26" customWidth="1"/>
     <col min="2" max="2" width="25.85546875" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
     <col min="5" max="5" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="6" t="s">
-        <v>7</v>
+      <c r="B2" s="5" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B3" s="15" t="s">
-        <v>30</v>
+      <c r="B3" s="14" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="B5" s="13" t="s">
+      <c r="B5" s="12" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="B7" s="13" t="s">
-        <v>4</v>
+      <c r="B7" s="12" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A9" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>4</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>6</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="B13" s="4" t="s">
-[...4 lines deleted...]
-      <c r="E13" s="10"/>
+      <c r="B13" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="9"/>
+      <c r="D13" s="9"/>
+      <c r="E13" s="9"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="B15" s="4" t="s">
-[...4 lines deleted...]
-      <c r="E15" s="10"/>
+      <c r="B15" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="9"/>
+      <c r="D15" s="9"/>
+      <c r="E15" s="9"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A17" s="14" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="14"/>
+      <c r="A17" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B17" s="13"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A18" s="14" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="14"/>
+      <c r="A18" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="13"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A19" s="14" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="14"/>
+      <c r="A19" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B19" s="13"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A20" s="14" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="14"/>
+      <c r="A20" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B20" s="13"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A21" s="14" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="14"/>
+      <c r="A21" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B21" s="13"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A22" s="14" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="14"/>
+      <c r="A22" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" s="13"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A24" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E24" s="19"/>
+      <c r="A24" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" s="17"/>
+      <c r="C24" s="17"/>
+      <c r="D24" s="17"/>
+      <c r="E24" s="18"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A26" s="18" t="s">
+      <c r="A26" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B26" s="17"/>
+      <c r="C26" s="17"/>
+      <c r="D26" s="17"/>
+      <c r="E26" s="18"/>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A27" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="B27" s="19"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="18"/>
+    </row>
+    <row r="29" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B29" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E29" s="8" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A30" s="7"/>
+      <c r="B30" s="7"/>
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="10"/>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A31" s="7"/>
+      <c r="B31" s="7"/>
+      <c r="C31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="10"/>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A32" s="7"/>
+      <c r="B32" s="7"/>
+      <c r="C32" s="7"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="10"/>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A33" s="7"/>
+      <c r="B33" s="7"/>
+      <c r="C33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="10"/>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A34" s="7"/>
+      <c r="B34" s="7"/>
+      <c r="C34" s="7"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="10"/>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A35" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="B35" s="20"/>
+      <c r="C35" s="20"/>
+      <c r="D35" s="20"/>
+      <c r="E35" s="20"/>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A37" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="B37" s="17"/>
+      <c r="C37" s="17"/>
+      <c r="D37" s="17"/>
+      <c r="E37" s="17"/>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A38" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B38" s="19"/>
+      <c r="C38" s="19"/>
+      <c r="D38" s="19"/>
+      <c r="E38" s="19"/>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A39" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B39" s="19"/>
+      <c r="C39" s="19"/>
+      <c r="D39" s="19"/>
+      <c r="E39" s="19"/>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A41" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B41" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A42" s="7"/>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="10"/>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A43" s="7"/>
+      <c r="B43" s="7"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="10"/>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A44" s="7"/>
+      <c r="B44" s="7"/>
+      <c r="C44" s="7"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="10"/>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A45" s="7"/>
+      <c r="B45" s="7"/>
+      <c r="C45" s="7"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="10"/>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A46" s="7"/>
+      <c r="B46" s="7"/>
+      <c r="C46" s="7"/>
+      <c r="D46" s="7"/>
+      <c r="E46" s="10"/>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A47" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="B47" s="20"/>
+      <c r="C47" s="20"/>
+      <c r="D47" s="20"/>
+      <c r="E47" s="20"/>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A49" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B49" s="18"/>
+      <c r="C49" s="18"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A50" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B50" s="9"/>
+      <c r="C50" s="9"/>
+      <c r="D50" s="9"/>
+      <c r="E50" s="9"/>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A52" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B52" s="17"/>
+      <c r="C52" s="17"/>
+      <c r="D52" s="17"/>
+      <c r="E52" s="17"/>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A53" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D53" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="B26" s="18"/>
-[...195 lines deleted...]
-      </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A54" s="10"/>
-[...2 lines deleted...]
-      <c r="E54" s="12"/>
+      <c r="A54" s="9"/>
+      <c r="B54" s="9"/>
+      <c r="D54" s="11"/>
+      <c r="E54" s="11"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A55" s="10"/>
-[...2 lines deleted...]
-      <c r="E55" s="12"/>
+      <c r="A55" s="9"/>
+      <c r="B55" s="9"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A56" s="10"/>
-[...2 lines deleted...]
-      <c r="E56" s="12"/>
+      <c r="A56" s="9"/>
+      <c r="B56" s="9"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A49:E49"/>
     <mergeCell ref="A52:E52"/>
     <mergeCell ref="A38:E38"/>
     <mergeCell ref="A39:E39"/>
     <mergeCell ref="A47:E47"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A26:E26"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A37:E37"/>
     <mergeCell ref="A35:E35"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="0.5" bottom="0.5" header="0.5" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...88 lines deleted...]
-
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98bf7004-6a99-4dd1-80b1-0df2c71c8123" xmlns:ns3="9926944a-7876-4544-842a-23459bf685f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f735d5e1114cf2087ab54c81a461a1fb" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004C0EF440E56FBE42B09F7F3C4308A6E5" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2e4369b932fbb196d4c30ae128969935">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98bf7004-6a99-4dd1-80b1-0df2c71c8123" xmlns:ns3="9926944a-7876-4544-842a-23459bf685f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="49a308798513b27bdf0182b90aae0617" ns2:_="" ns3:_="">
     <xsd:import namespace="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
     <xsd:import namespace="9926944a-7876-4544-842a-23459bf685f0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -1432,120 +1314,139 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9926944a-7876-4544-842a-23459bf685f0" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="98bf7004-6a99-4dd1-80b1-0df2c71c8123">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA5C09F6-A08A-4617-90B8-98619A258EE1}">
-[...24 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40F50E49-5CF8-49BC-B68E-EE1A98FAE3B7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79F23457-DF53-4BA2-A6B3-9A2894BEDC27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
     <ds:schemaRef ds:uri="9926944a-7876-4544-842a-23459bf685f0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA5C09F6-A08A-4617-90B8-98619A258EE1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCDE7F39-C234-4BC4-9E6C-A8A44BF35DD0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9926944a-7876-4544-842a-23459bf685f0"/>
+    <ds:schemaRef ds:uri="98bf7004-6a99-4dd1-80b1-0df2c71c8123"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
-      <vt:lpstr>Sheet2</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Sheet4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>Diocese of Ogdensburg</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Dianna Shaver</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004C0EF440E56FBE42B09F7F3C4308A6E5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>